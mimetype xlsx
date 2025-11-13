--- v0 (2025-10-08)
+++ v1 (2025-11-13)
@@ -8,82 +8,82 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://zmgovlv-my.sharepoint.com/personal/dace_ikere_zm_gov_lv/Documents/Darbvirsma/LAPAI/vestule/veti/Agita/BICEKS/MONTA/Publiceeet/ZM_timeklvietne/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="53" documentId="13_ncr:1_{D5E88BA7-78A9-48F3-9B25-EEF8946FC29A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5FCC8B13-CD0E-46D0-869B-C3E3436A6C36}"/>
+  <xr:revisionPtr revIDLastSave="82" documentId="13_ncr:1_{D5E88BA7-78A9-48F3-9B25-EEF8946FC29A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{063E688C-F446-48BF-B2BC-6D7FEFA5484D}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="25820" windowHeight="13900" xr2:uid="{6115FE8E-029A-4BD3-922D-BE3C791E55FE}"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId1"/>
     <sheet name="Export_countries" sheetId="2" r:id="rId2"/>
     <sheet name="Import" sheetId="3" r:id="rId3"/>
     <sheet name="Import_countries" sheetId="4" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="763" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="763" uniqueCount="86">
   <si>
     <r>
       <t>Forest Industry Pr</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="18"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">oducts </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="18"/>
         <color rgb="FF0000FF"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Export</t>
     </r>
     <r>
@@ -410,57 +410,60 @@
   <si>
     <t>-</t>
   </si>
   <si>
     <t>(t)</t>
   </si>
   <si>
     <t>(m3)</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t xml:space="preserve">    Fuel wood, in logs, billets, twigs, faggots or similar forms</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>2025/2024</t>
   </si>
   <si>
-    <t>2024 January- July</t>
+    <t>USA</t>
   </si>
   <si>
-    <t>2025 January-  July</t>
+    <t>2024 January- September</t>
   </si>
   <si>
-    <t>2025 January- July</t>
+    <t>2025 January-  September</t>
+  </si>
+  <si>
+    <t>2025 January- September</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color indexed="10"/>
       <name val="Times New Roman Baltic"/>
       <family val="1"/>
@@ -1419,56 +1422,60 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CF04C837-F983-4C27-A519-9E98E78F6737}">
   <dimension ref="A1:M48"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="G4" sqref="G4:J4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="24.08984375" customWidth="1"/>
     <col min="2" max="2" width="55.36328125" customWidth="1"/>
     <col min="3" max="3" width="11.36328125" customWidth="1"/>
     <col min="4" max="4" width="5.453125" customWidth="1"/>
     <col min="5" max="5" width="16.08984375" customWidth="1"/>
     <col min="6" max="6" width="10.08984375" customWidth="1"/>
     <col min="7" max="7" width="11.08984375" customWidth="1"/>
     <col min="8" max="8" width="6" customWidth="1"/>
     <col min="9" max="9" width="16.453125" customWidth="1"/>
     <col min="10" max="10" width="11.453125" customWidth="1"/>
     <col min="11" max="11" width="11" customWidth="1"/>
     <col min="12" max="12" width="11.6328125" customWidth="1"/>
   </cols>
@@ -1494,57 +1501,57 @@
       <c r="M2" s="3"/>
     </row>
     <row r="3" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
       <c r="H3" s="5"/>
       <c r="I3" s="5"/>
       <c r="J3" s="5"/>
       <c r="K3" s="5"/>
       <c r="L3" s="6"/>
       <c r="M3" s="3"/>
     </row>
     <row r="4" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="107" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="109" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="111" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D4" s="112"/>
       <c r="E4" s="112"/>
       <c r="F4" s="113"/>
       <c r="G4" s="111" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H4" s="112"/>
       <c r="I4" s="112"/>
       <c r="J4" s="113"/>
       <c r="K4" s="114" t="s">
         <v>81</v>
       </c>
       <c r="L4" s="115"/>
       <c r="M4" s="7"/>
     </row>
     <row r="5" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="108"/>
       <c r="B5" s="110"/>
       <c r="C5" s="114" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="115"/>
       <c r="E5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G5" s="114" t="s">
         <v>3</v>
@@ -1554,1437 +1561,1437 @@
         <v>4</v>
       </c>
       <c r="J5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K5" s="10" t="s">
         <v>6</v>
       </c>
       <c r="L5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="M5" s="7"/>
     </row>
     <row r="6" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="11">
         <v>3605</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="13" t="s">
         <v>74</v>
       </c>
       <c r="D6" s="14"/>
       <c r="E6" s="14">
-        <v>39.718000000000004</v>
+        <v>44.694000000000003</v>
       </c>
       <c r="F6" s="14">
-        <v>1.9605276752290728E-3</v>
+        <v>1.7450760165112213E-3</v>
       </c>
       <c r="G6" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H6" s="16"/>
       <c r="I6" s="16">
-        <v>8.0619999999999994</v>
+        <v>9.6489999999999991</v>
       </c>
       <c r="J6" s="17">
-        <v>4.045346796117677E-4</v>
+        <v>3.7719765236653277E-4</v>
       </c>
       <c r="K6" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L6" s="17">
-        <v>-79.701898383604416</v>
+        <v>-78.410972390029983</v>
       </c>
       <c r="M6" s="18"/>
     </row>
     <row r="7" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="11">
         <v>44</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D7" s="16"/>
       <c r="E7" s="16">
-        <v>1788311.986</v>
+        <v>2248360.6320000002</v>
       </c>
       <c r="F7" s="16">
-        <v>88.273204604886104</v>
+        <v>87.78717983110063</v>
       </c>
       <c r="G7" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H7" s="16"/>
       <c r="I7" s="16">
-        <v>1763582.41</v>
+        <v>2260026.466</v>
       </c>
       <c r="J7" s="17">
-        <v>88.49296020817404</v>
+        <v>88.348707354278332</v>
       </c>
       <c r="K7" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L7" s="17">
-        <v>-1.3828446151229965</v>
+        <v>0.51885955633472403</v>
       </c>
       <c r="M7" s="18"/>
     </row>
     <row r="8" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="19">
         <v>4401</v>
       </c>
       <c r="B8" s="20" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="21">
-        <v>2985.6971269999999</v>
+        <v>3587.346207</v>
       </c>
       <c r="D8" s="22" t="s">
         <v>75</v>
       </c>
       <c r="E8" s="23">
-        <v>382959.20500000002</v>
+        <v>466986.288</v>
       </c>
       <c r="F8" s="23">
-        <v>18.903321413118082</v>
+        <v>18.233466935794553</v>
       </c>
       <c r="G8" s="21">
-        <v>2568.1241340000001</v>
+        <v>3323.0150950000002</v>
       </c>
       <c r="H8" s="22" t="s">
         <v>75</v>
       </c>
       <c r="I8" s="23">
-        <v>315826.79599999997</v>
+        <v>427648.79300000001</v>
       </c>
       <c r="J8" s="23">
-        <v>15.847543008269799</v>
+        <v>16.717599829721355</v>
       </c>
       <c r="K8" s="21">
-        <v>-13.985778705543824</v>
+        <v>-7.3684304984060285</v>
       </c>
       <c r="L8" s="24">
-        <v>-17.529911312616196</v>
+        <v>-8.4236938023327994</v>
       </c>
       <c r="M8" s="25"/>
     </row>
     <row r="9" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="26">
         <v>44011</v>
       </c>
       <c r="B9" s="27" t="s">
         <v>79</v>
       </c>
       <c r="C9" s="28">
-        <v>289.65666700000003</v>
+        <v>375.33823100000001</v>
       </c>
       <c r="D9" s="29" t="s">
         <v>75</v>
       </c>
       <c r="E9" s="30">
-        <v>48418.553999999996</v>
+        <v>70731.820000000007</v>
       </c>
       <c r="F9" s="30">
-        <v>2.3899973591714918</v>
+        <v>2.7617219914572138</v>
       </c>
       <c r="G9" s="28">
-        <v>169.20058599999999</v>
+        <v>236.45597000000001</v>
       </c>
       <c r="H9" s="29" t="s">
         <v>75</v>
       </c>
       <c r="I9" s="31">
-        <v>40412.457999999999</v>
+        <v>58569.684000000001</v>
       </c>
       <c r="J9" s="31">
-        <v>2.0278145310535871</v>
+        <v>2.2895996792050659</v>
       </c>
       <c r="K9" s="28">
-        <v>-41.585813386439341</v>
+        <v>-37.00189576478288</v>
       </c>
       <c r="L9" s="32">
-        <v>-16.535181946986683</v>
+        <v>-17.194716607037687</v>
       </c>
       <c r="M9" s="25"/>
     </row>
     <row r="10" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="26">
         <v>44012</v>
       </c>
       <c r="B10" s="27" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="28">
-        <v>1543.14204</v>
+        <v>1844.860739</v>
       </c>
       <c r="D10" s="29" t="s">
         <v>75</v>
       </c>
       <c r="E10" s="30">
-        <v>112697.599</v>
+        <v>133297.30300000001</v>
       </c>
       <c r="F10" s="30">
-        <v>5.5628874004574316</v>
+        <v>5.2045895764740067</v>
       </c>
       <c r="G10" s="28">
-        <v>1436.7269530000001</v>
+        <v>1747.0612699999999</v>
       </c>
       <c r="H10" s="29" t="s">
         <v>75</v>
       </c>
       <c r="I10" s="31">
-        <v>97284.202999999994</v>
+        <v>117215.21799999999</v>
       </c>
       <c r="J10" s="31">
-        <v>4.8815224375950352</v>
+        <v>4.5821644783118822</v>
       </c>
       <c r="K10" s="28">
-        <v>-6.8960007725536316</v>
+        <v>-5.3011843621872456</v>
       </c>
       <c r="L10" s="32">
-        <v>-13.676774072178777</v>
+        <v>-12.064823997226725</v>
       </c>
       <c r="M10" s="25"/>
     </row>
     <row r="11" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="26">
         <v>440131</v>
       </c>
       <c r="B11" s="27" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="28">
-        <v>1025.7672339999999</v>
+        <v>1202.8652959999999</v>
       </c>
       <c r="D11" s="29" t="s">
         <v>75</v>
       </c>
       <c r="E11" s="30">
-        <v>206286.43900000001</v>
+        <v>241597.55600000001</v>
       </c>
       <c r="F11" s="30">
-        <v>10.182543750540159</v>
+        <v>9.433170014394026</v>
       </c>
       <c r="G11" s="28">
-        <v>862.44908699999996</v>
+        <v>1214.7858120000001</v>
       </c>
       <c r="H11" s="29" t="s">
         <v>75</v>
       </c>
       <c r="I11" s="31">
-        <v>163060.17300000001</v>
+        <v>231635.21799999999</v>
       </c>
       <c r="J11" s="31">
-        <v>8.1820261525669089</v>
+        <v>9.0550586003741369</v>
       </c>
       <c r="K11" s="28">
-        <v>-15.921560134372548</v>
+        <v>0.9910100523841312</v>
       </c>
       <c r="L11" s="32">
-        <v>-20.954487463909345</v>
+        <v>-4.1235259846751173</v>
       </c>
       <c r="M11" s="25"/>
     </row>
     <row r="12" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="26" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="27" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="28">
-        <v>127.131186</v>
+        <v>164.28194099999999</v>
       </c>
       <c r="D12" s="29" t="s">
         <v>75</v>
       </c>
       <c r="E12" s="30">
-        <v>15556.612999999999</v>
+        <v>21359.609</v>
       </c>
       <c r="F12" s="30">
-        <v>0.7678929029489997</v>
+        <v>0.83398535346930736</v>
       </c>
       <c r="G12" s="28">
-        <v>99.747507999999996</v>
+        <v>124.71204299999999</v>
       </c>
       <c r="H12" s="29" t="s">
         <v>75</v>
       </c>
       <c r="I12" s="31">
-        <v>15069.962</v>
+        <v>20228.672999999999</v>
       </c>
       <c r="J12" s="31">
-        <v>0.75617988705426875</v>
+        <v>0.79077707183026924</v>
       </c>
       <c r="K12" s="28">
-        <v>-21.539701517454578</v>
+        <v>-24.086578085901721</v>
       </c>
       <c r="L12" s="32">
-        <v>-3.1282580597717504</v>
+        <v>-5.2947411162816769</v>
       </c>
       <c r="M12" s="25"/>
     </row>
     <row r="13" spans="1:13" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="19">
         <v>4402</v>
       </c>
       <c r="B13" s="20" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="33">
-        <v>4.9463990000000004</v>
+        <v>5.8770550000000004</v>
       </c>
       <c r="D13" s="22" t="s">
         <v>75</v>
       </c>
       <c r="E13" s="34">
-        <v>4754.4470000000001</v>
+        <v>5643.3230000000003</v>
       </c>
       <c r="F13" s="34">
-        <v>0.23468515342942342</v>
+        <v>0.2203433933128866</v>
       </c>
       <c r="G13" s="33">
-        <v>4.6167109999999996</v>
+        <v>5.1738710000000001</v>
       </c>
       <c r="H13" s="22" t="s">
         <v>75</v>
       </c>
       <c r="I13" s="23">
-        <v>4145.5829999999996</v>
+        <v>4615.0929999999998</v>
       </c>
       <c r="J13" s="23">
-        <v>0.2080168805146354</v>
+        <v>0.1804127106491055</v>
       </c>
       <c r="K13" s="33">
-        <v>-6.6652124100785404</v>
+        <v>-11.96490419095959</v>
       </c>
       <c r="L13" s="24">
-        <v>-12.806200174278953</v>
+        <v>-18.220293256295989</v>
       </c>
       <c r="M13" s="18"/>
     </row>
     <row r="14" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="19">
         <v>4403</v>
       </c>
       <c r="B14" s="20" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="21">
-        <v>2829.0070000000001</v>
+        <v>3635.49</v>
       </c>
       <c r="D14" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E14" s="23">
-        <v>231756.33199999999</v>
+        <v>300480.17499999999</v>
       </c>
       <c r="F14" s="23">
-        <v>11.439767933822882</v>
+        <v>11.732240274524422</v>
       </c>
       <c r="G14" s="21">
-        <v>2369.873</v>
+        <v>2938.105</v>
       </c>
       <c r="H14" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I14" s="23">
-        <v>199438.647</v>
+        <v>247304.47700000001</v>
       </c>
       <c r="J14" s="24">
-        <v>10.007423612794522</v>
+        <v>9.667599558931828</v>
       </c>
       <c r="K14" s="23">
-        <v>-16.229510920262836</v>
+        <v>-19.182696142748291</v>
       </c>
       <c r="L14" s="24">
-        <v>-13.944682641939638</v>
+        <v>-17.696907291803853</v>
       </c>
       <c r="M14" s="25"/>
     </row>
     <row r="15" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="26"/>
       <c r="B15" s="27" t="s">
         <v>16</v>
       </c>
       <c r="C15" s="37">
-        <v>461.54199999999997</v>
+        <v>598.87599999999998</v>
       </c>
       <c r="D15" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E15" s="31">
-        <v>57367.612000000001</v>
+        <v>73977.126000000004</v>
       </c>
       <c r="F15" s="31">
-        <v>2.8317334958407643</v>
+        <v>2.8884348761137666</v>
       </c>
       <c r="G15" s="37">
-        <v>523.255</v>
+        <v>778.44100000000003</v>
       </c>
       <c r="H15" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I15" s="31">
-        <v>63381.606</v>
+        <v>94972.020999999993</v>
       </c>
       <c r="J15" s="32">
-        <v>3.1803594240249682</v>
+        <v>3.7126358546694007</v>
       </c>
       <c r="K15" s="31">
-        <v>13.371047488635925</v>
+        <v>29.983669407356455</v>
       </c>
       <c r="L15" s="32">
-        <v>10.483256650111214</v>
+        <v>28.380252295824508</v>
       </c>
       <c r="M15" s="25"/>
     </row>
     <row r="16" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="26"/>
       <c r="B16" s="27" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="37">
-        <v>306.74900000000002</v>
+        <v>388.714</v>
       </c>
       <c r="D16" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E16" s="31">
-        <v>35397.411999999997</v>
+        <v>44803.466</v>
       </c>
       <c r="F16" s="31">
-        <v>1.7472583175760532</v>
+        <v>1.749350113509105</v>
       </c>
       <c r="G16" s="37">
-        <v>370.154</v>
+        <v>541.74</v>
       </c>
       <c r="H16" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I16" s="31">
-        <v>41849.883000000002</v>
+        <v>62717.012999999999</v>
       </c>
       <c r="J16" s="32">
-        <v>2.0999415791608738</v>
+        <v>2.4517266107411455</v>
       </c>
       <c r="K16" s="31">
-        <v>20.669994034210369</v>
+        <v>39.36724687044974</v>
       </c>
       <c r="L16" s="32">
-        <v>18.228651857373091</v>
+        <v>39.982502692983616</v>
       </c>
       <c r="M16" s="25"/>
     </row>
     <row r="17" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="26"/>
       <c r="B17" s="27" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="37">
-        <v>154.79300000000001</v>
+        <v>210.16200000000001</v>
       </c>
       <c r="D17" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E17" s="31">
-        <v>21970.2</v>
+        <v>29173.66</v>
       </c>
       <c r="F17" s="31">
-        <v>1.0844751782647108</v>
+        <v>1.1390847626046616</v>
       </c>
       <c r="G17" s="37">
-        <v>153.101</v>
+        <v>236.70099999999999</v>
       </c>
       <c r="H17" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I17" s="31">
-        <v>21531.723000000002</v>
+        <v>32255.008000000002</v>
       </c>
       <c r="J17" s="32">
-        <v>1.0804178448640946</v>
+        <v>1.2609092439282552</v>
       </c>
       <c r="K17" s="31">
-        <v>-1.0930726841653093</v>
+        <v>12.627877542086575</v>
       </c>
       <c r="L17" s="32">
-        <v>-1.9957806483327369</v>
+        <v>10.562089227063048</v>
       </c>
       <c r="M17" s="25"/>
     </row>
     <row r="18" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="26"/>
       <c r="B18" s="27" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="37">
-        <v>2367.4650000000001</v>
+        <v>3036.614</v>
       </c>
       <c r="D18" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E18" s="31">
-        <v>174388.72</v>
+        <v>226503.049</v>
       </c>
       <c r="F18" s="31">
-        <v>8.6080344379821181</v>
+        <v>8.8438053984106553</v>
       </c>
       <c r="G18" s="37">
-        <v>1846.6179999999999</v>
+        <v>2159.6640000000002</v>
       </c>
       <c r="H18" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I18" s="31">
-        <v>136057.041</v>
+        <v>152332.45600000001</v>
       </c>
       <c r="J18" s="32">
-        <v>6.8270641887695538</v>
+        <v>5.9549637042624264</v>
       </c>
       <c r="K18" s="31">
-        <v>-22.000198524582206</v>
+        <v>-28.879205588856529</v>
       </c>
       <c r="L18" s="32">
-        <v>-21.980595419245009</v>
+        <v>-32.745957870085888</v>
       </c>
       <c r="M18" s="25"/>
     </row>
     <row r="19" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="26"/>
       <c r="B19" s="27" t="s">
         <v>17</v>
       </c>
       <c r="C19" s="37">
-        <v>781.452</v>
+        <v>1021.764</v>
       </c>
       <c r="D19" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E19" s="31">
-        <v>60284.616999999998</v>
+        <v>80125.732000000004</v>
       </c>
       <c r="F19" s="31">
-        <v>2.9757203287951324</v>
+        <v>3.1285070304426914</v>
       </c>
       <c r="G19" s="37">
-        <v>633.48900000000003</v>
+        <v>743.99699999999996</v>
       </c>
       <c r="H19" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I19" s="31">
-        <v>47167.048999999999</v>
+        <v>52361.572</v>
       </c>
       <c r="J19" s="32">
-        <v>2.3667460996585898</v>
+        <v>2.0469128440896651</v>
       </c>
       <c r="K19" s="31">
-        <v>-18.934368329724663</v>
+        <v>-27.185044687422931</v>
       </c>
       <c r="L19" s="32">
-        <v>-21.759395104061124</v>
+        <v>-34.65074116265172</v>
       </c>
       <c r="M19" s="25"/>
     </row>
     <row r="20" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="26"/>
       <c r="B20" s="27" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="37">
-        <v>1586.0129999999999</v>
+        <v>2014.85</v>
       </c>
       <c r="D20" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E20" s="31">
-        <v>114104.103</v>
+        <v>146377.31700000001</v>
       </c>
       <c r="F20" s="31">
-        <v>5.6323141091869857</v>
+        <v>5.7152983679679643</v>
       </c>
       <c r="G20" s="37">
-        <v>1213.1289999999999</v>
+        <v>1415.6669999999999</v>
       </c>
       <c r="H20" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I20" s="31">
-        <v>88889.991999999998</v>
+        <v>99970.884000000005</v>
       </c>
       <c r="J20" s="32">
-        <v>4.4603180891109639</v>
+        <v>3.9080508601727613</v>
       </c>
       <c r="K20" s="31">
-        <v>-23.510778284919482</v>
+        <v>-29.738342804675288</v>
       </c>
       <c r="L20" s="32">
-        <v>-22.097462174519706</v>
+        <v>-31.703295258513315</v>
       </c>
       <c r="M20" s="25"/>
     </row>
     <row r="21" spans="1:13" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="19">
         <v>4404</v>
       </c>
       <c r="B21" s="20" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="21">
-        <v>42.844189999999998</v>
+        <v>50.890805</v>
       </c>
       <c r="D21" s="22" t="s">
         <v>75</v>
       </c>
       <c r="E21" s="23">
-        <v>19367.785</v>
+        <v>23275.005000000001</v>
       </c>
       <c r="F21" s="23">
-        <v>0.95601688152440978</v>
+        <v>0.90877193828430558</v>
       </c>
       <c r="G21" s="21">
-        <v>43.038530999999999</v>
+        <v>58.254443000000002</v>
       </c>
       <c r="H21" s="22" t="s">
         <v>75</v>
       </c>
       <c r="I21" s="23">
-        <v>19391.722000000002</v>
+        <v>26570.804</v>
       </c>
       <c r="J21" s="24">
-        <v>0.97303696928683547</v>
+        <v>1.0387029630315348</v>
       </c>
       <c r="K21" s="23">
-        <v>0.45359942619991522</v>
+        <v>14.469486187141275</v>
       </c>
       <c r="L21" s="24">
-        <v>0.12359183045454974</v>
+        <v>14.160250448925785</v>
       </c>
       <c r="M21" s="18"/>
     </row>
     <row r="22" spans="1:13" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="19">
         <v>4406</v>
       </c>
       <c r="B22" s="20" t="s">
         <v>21</v>
       </c>
       <c r="C22" s="21">
-        <v>2.1909999999999998</v>
+        <v>3.0640000000000001</v>
       </c>
       <c r="D22" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E22" s="23">
-        <v>849.86099999999999</v>
+        <v>1127.097</v>
       </c>
       <c r="F22" s="23">
-        <v>4.195014881408568E-2</v>
+        <v>4.4007471763139294E-2</v>
       </c>
       <c r="G22" s="21">
-        <v>2.3410000000000002</v>
+        <v>3.302</v>
       </c>
       <c r="H22" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I22" s="23">
-        <v>1067.2370000000001</v>
+        <v>1461.404</v>
       </c>
       <c r="J22" s="24">
-        <v>5.3551771007792626E-2</v>
+        <v>5.7129045285424444E-2</v>
       </c>
       <c r="K22" s="23">
-        <v>6.8461889548151706</v>
+        <v>7.7676240208877285</v>
       </c>
       <c r="L22" s="24">
-        <v>25.577829786282706</v>
+        <v>29.660889879043246</v>
       </c>
       <c r="M22" s="18"/>
     </row>
     <row r="23" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="19">
         <v>4407</v>
       </c>
       <c r="B23" s="20" t="s">
         <v>22</v>
       </c>
       <c r="C23" s="21">
-        <v>2024.8030000000001</v>
+        <v>2559.8519999999999</v>
       </c>
       <c r="D23" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E23" s="23">
-        <v>480591.00599999999</v>
+        <v>610098.88600000006</v>
       </c>
       <c r="F23" s="23">
-        <v>23.722543122241337</v>
+        <v>23.821294439048053</v>
       </c>
       <c r="G23" s="21">
-        <v>1851.6489999999999</v>
+        <v>2333.5430000000001</v>
       </c>
       <c r="H23" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I23" s="23">
-        <v>518092.45899999997</v>
+        <v>655636.36699999997</v>
       </c>
       <c r="J23" s="24">
-        <v>25.996820504941439</v>
+        <v>25.630065129912165</v>
       </c>
       <c r="K23" s="23">
-        <v>-8.5516467527952216</v>
+        <v>-8.8407064158396569</v>
       </c>
       <c r="L23" s="24">
-        <v>7.8031949270394749</v>
+        <v>7.4639508520590718</v>
       </c>
       <c r="M23" s="25"/>
     </row>
     <row r="24" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="26">
         <v>44071</v>
       </c>
       <c r="B24" s="27" t="s">
         <v>23</v>
       </c>
       <c r="C24" s="37">
-        <v>1748.5340000000001</v>
+        <v>2199.8829999999998</v>
       </c>
       <c r="D24" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="31">
-        <v>422028.505</v>
+        <v>532901.804</v>
       </c>
       <c r="F24" s="31">
-        <v>20.831828485524227</v>
+        <v>20.807136468339454</v>
       </c>
       <c r="G24" s="37">
-        <v>1600.3309999999999</v>
+        <v>2002.7059999999999</v>
       </c>
       <c r="H24" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I24" s="31">
-        <v>461352</v>
+        <v>580596.11100000003</v>
       </c>
       <c r="J24" s="32">
-        <v>23.149700261504371</v>
+        <v>22.696599652019781</v>
       </c>
       <c r="K24" s="31">
-        <v>-8.4758431920683392</v>
+        <v>-8.9630675813213667</v>
       </c>
       <c r="L24" s="32">
-        <v>9.3177343554080547</v>
+        <v>8.949924102715185</v>
       </c>
       <c r="M24" s="25"/>
     </row>
     <row r="25" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="26" t="s">
         <v>24</v>
       </c>
       <c r="B25" s="27" t="s">
         <v>25</v>
       </c>
       <c r="C25" s="37">
-        <v>276.26900000000001</v>
+        <v>359.96899999999999</v>
       </c>
       <c r="D25" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E25" s="31">
-        <v>58562.500999999997</v>
+        <v>77197.081999999995</v>
       </c>
       <c r="F25" s="31">
-        <v>2.8907146367171119</v>
+        <v>3.0141579707085979</v>
       </c>
       <c r="G25" s="37">
-        <v>251.31800000000001</v>
+        <v>330.83699999999999</v>
       </c>
       <c r="H25" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I25" s="31">
-        <v>56740.459000000003</v>
+        <v>75040.255999999994</v>
       </c>
       <c r="J25" s="32">
-        <v>2.8471202434370682</v>
+        <v>2.9334654778923852</v>
       </c>
       <c r="K25" s="31">
-        <v>-9.0314150338981189</v>
+        <v>-8.092919112479132</v>
       </c>
       <c r="L25" s="32">
-        <v>-3.1112776416430612</v>
+        <v>-2.7939216666246542</v>
       </c>
       <c r="M25" s="25"/>
     </row>
     <row r="26" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="19">
         <v>4408</v>
       </c>
       <c r="B26" s="20" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="21">
-        <v>50.234000000000002</v>
+        <v>61.822000000000003</v>
       </c>
       <c r="D26" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E26" s="23">
-        <v>21155.501</v>
+        <v>26044.404999999999</v>
       </c>
       <c r="F26" s="23">
-        <v>1.0442606675521509</v>
+        <v>1.016903086092203</v>
       </c>
       <c r="G26" s="21">
-        <v>46.25</v>
+        <v>69.072999999999993</v>
       </c>
       <c r="H26" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I26" s="23">
-        <v>19835.006000000001</v>
+        <v>29200.064999999999</v>
       </c>
       <c r="J26" s="24">
-        <v>0.99528005424305266</v>
+        <v>1.1414857463934251</v>
       </c>
       <c r="K26" s="23">
-        <v>-7.9308834653820162</v>
+        <v>11.728834395522615</v>
       </c>
       <c r="L26" s="24">
-        <v>-6.2418517056154759</v>
+        <v>12.116460329963385</v>
       </c>
       <c r="M26" s="18"/>
     </row>
     <row r="27" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="19">
         <v>4409</v>
       </c>
       <c r="B27" s="20" t="s">
         <v>27</v>
       </c>
       <c r="C27" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D27" s="36"/>
       <c r="E27" s="23">
-        <v>32536.421999999999</v>
+        <v>40583.93</v>
       </c>
       <c r="F27" s="23">
-        <v>1.6060364515819543</v>
+        <v>1.5845984449539141</v>
       </c>
       <c r="G27" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H27" s="36"/>
       <c r="I27" s="23">
-        <v>30945.471000000001</v>
+        <v>38703.040999999997</v>
       </c>
       <c r="J27" s="24">
-        <v>1.5527804758645807</v>
+        <v>1.512975044527481</v>
       </c>
       <c r="K27" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L27" s="24">
-        <v>-4.8897540116734328</v>
+        <v>-4.6345659476546581</v>
       </c>
       <c r="M27" s="18"/>
     </row>
     <row r="28" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="26">
         <v>44091</v>
       </c>
       <c r="B28" s="27" t="s">
         <v>23</v>
       </c>
       <c r="C28" s="37" t="s">
         <v>74</v>
       </c>
       <c r="D28" s="38"/>
       <c r="E28" s="31">
-        <v>20116.644</v>
+        <v>24656.602999999999</v>
       </c>
       <c r="F28" s="31">
-        <v>0.99298145160206652</v>
+        <v>0.96271639468247694</v>
       </c>
       <c r="G28" s="37" t="s">
         <v>74</v>
       </c>
       <c r="H28" s="38"/>
       <c r="I28" s="31">
-        <v>17449.831999999999</v>
+        <v>21561.024000000001</v>
       </c>
       <c r="J28" s="32">
-        <v>0.87559689870989466</v>
+        <v>0.84286119135853144</v>
       </c>
       <c r="K28" s="31" t="s">
         <v>74</v>
       </c>
       <c r="L28" s="32">
-        <v>-13.256744017540905</v>
+        <v>-12.554766769777645</v>
       </c>
       <c r="M28" s="25"/>
     </row>
     <row r="29" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="26">
         <v>44092</v>
       </c>
       <c r="B29" s="27" t="s">
         <v>25</v>
       </c>
       <c r="C29" s="37" t="s">
         <v>74</v>
       </c>
       <c r="D29" s="38"/>
       <c r="E29" s="31">
-        <v>12419.778</v>
+        <v>15927.326999999999</v>
       </c>
       <c r="F29" s="31">
-        <v>0.61305499997988788</v>
+        <v>0.62188205027143717</v>
       </c>
       <c r="G29" s="37" t="s">
         <v>74</v>
       </c>
       <c r="H29" s="38"/>
       <c r="I29" s="31">
-        <v>13495.638999999999</v>
+        <v>17142.017</v>
       </c>
       <c r="J29" s="32">
-        <v>0.67718357715468569</v>
+        <v>0.67011385316894967</v>
       </c>
       <c r="K29" s="31" t="s">
         <v>74</v>
       </c>
       <c r="L29" s="32">
-        <v>8.6624817287394276</v>
+        <v>7.6264523231048154</v>
       </c>
       <c r="M29" s="25"/>
     </row>
     <row r="30" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="19">
         <v>4410</v>
       </c>
       <c r="B30" s="20" t="s">
         <v>28</v>
       </c>
       <c r="C30" s="21">
-        <v>603.66300000000001</v>
+        <v>746.21100000000001</v>
       </c>
       <c r="D30" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E30" s="23">
-        <v>150309.948</v>
+        <v>183936.74400000001</v>
       </c>
       <c r="F30" s="23">
-        <v>7.4194776402699745</v>
+        <v>7.1818051754052945</v>
       </c>
       <c r="G30" s="21">
-        <v>627.31500000000005</v>
+        <v>812.4</v>
       </c>
       <c r="H30" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I30" s="23">
-        <v>144587.42199999999</v>
+        <v>184641.304</v>
       </c>
       <c r="J30" s="24">
-        <v>7.2551012694941024</v>
+        <v>7.2179776555804018</v>
       </c>
       <c r="K30" s="23">
-        <v>3.9180801208621441</v>
+        <v>8.8700112970728071</v>
       </c>
       <c r="L30" s="24">
-        <v>-3.8071505420253433</v>
+        <v>0.38304472759395897</v>
       </c>
       <c r="M30" s="18"/>
     </row>
     <row r="31" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="19">
         <v>4411</v>
       </c>
       <c r="B31" s="39" t="s">
         <v>29</v>
       </c>
       <c r="C31" s="21">
-        <v>20.498999999999999</v>
+        <v>27.402000000000001</v>
       </c>
       <c r="D31" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E31" s="23">
-        <v>14663.24</v>
+        <v>19520.563999999998</v>
       </c>
       <c r="F31" s="23">
-        <v>0.72379495011143435</v>
+        <v>0.76217989137629971</v>
       </c>
       <c r="G31" s="21">
-        <v>16.047999999999998</v>
+        <v>20.853999999999999</v>
       </c>
       <c r="H31" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I31" s="23">
-        <v>12270.078</v>
+        <v>15971.587</v>
       </c>
       <c r="J31" s="24">
-        <v>0.61568743147375338</v>
+        <v>0.62435953165797842</v>
       </c>
       <c r="K31" s="23">
-        <v>-21.713254305088057</v>
+        <v>-23.896065980585366</v>
       </c>
       <c r="L31" s="24">
-        <v>-16.320826774982887</v>
+        <v>-18.180709327865728</v>
       </c>
       <c r="M31" s="25"/>
     </row>
     <row r="32" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="19">
         <v>4412</v>
       </c>
       <c r="B32" s="20" t="s">
         <v>30</v>
       </c>
       <c r="C32" s="21">
-        <v>189.292</v>
+        <v>243.43899999999999</v>
       </c>
       <c r="D32" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E32" s="23">
-        <v>210228.79300000001</v>
+        <v>270859.45299999998</v>
       </c>
       <c r="F32" s="23">
-        <v>10.377143028513622</v>
+        <v>10.57569998826796</v>
       </c>
       <c r="G32" s="21">
-        <v>197.262</v>
+        <v>254.626</v>
       </c>
       <c r="H32" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I32" s="23">
-        <v>219358.21299999999</v>
+        <v>282735.41899999999</v>
       </c>
       <c r="J32" s="24">
-        <v>11.00694671497952</v>
+        <v>11.052662067330084</v>
       </c>
       <c r="K32" s="23">
-        <v>4.2104262198085491</v>
+        <v>4.5954017228135235</v>
       </c>
       <c r="L32" s="24">
-        <v>4.342611623137647</v>
+        <v>4.3845492075183419</v>
       </c>
       <c r="M32" s="25"/>
     </row>
     <row r="33" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="19">
         <v>4413</v>
       </c>
       <c r="B33" s="20" t="s">
         <v>31</v>
       </c>
       <c r="C33" s="21">
-        <v>6.2629999999999999</v>
+        <v>8.2720000000000002</v>
       </c>
       <c r="D33" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E33" s="23">
-        <v>4913.6310000000003</v>
+        <v>6563.4790000000003</v>
       </c>
       <c r="F33" s="23">
-        <v>0.2425426648210762</v>
+        <v>0.25627085934969018</v>
       </c>
       <c r="G33" s="21">
-        <v>8.6199999999999992</v>
+        <v>10.865</v>
       </c>
       <c r="H33" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I33" s="23">
-        <v>5790.0749999999998</v>
+        <v>7053.1279999999997</v>
       </c>
       <c r="J33" s="24">
-        <v>0.29053412739433215</v>
+        <v>0.27572010813977188</v>
       </c>
       <c r="K33" s="23">
-        <v>37.633721858534237</v>
+        <v>31.346711798839454</v>
       </c>
       <c r="L33" s="24">
-        <v>17.836992643525722</v>
+        <v>7.4602051747251634</v>
       </c>
       <c r="M33" s="25"/>
     </row>
     <row r="34" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="19" t="s">
         <v>32</v>
       </c>
       <c r="B34" s="39" t="s">
         <v>33</v>
       </c>
       <c r="C34" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D34" s="36"/>
       <c r="E34" s="23">
-        <v>77820.256999999998</v>
+        <v>98429.157999999996</v>
       </c>
       <c r="F34" s="23">
-        <v>3.8413003560586882</v>
+        <v>3.8431638016555589</v>
       </c>
       <c r="G34" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H34" s="36"/>
       <c r="I34" s="23">
-        <v>72765.5</v>
+        <v>100648.61199999999</v>
       </c>
       <c r="J34" s="24">
-        <v>3.6512240423331779</v>
+        <v>3.9345445290030097</v>
       </c>
       <c r="K34" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L34" s="24">
-        <v>-6.4954257347158304</v>
+        <v>2.2548745159437389</v>
       </c>
       <c r="M34" s="25"/>
     </row>
     <row r="35" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="19">
         <v>4418</v>
       </c>
       <c r="B35" s="39" t="s">
         <v>34</v>
       </c>
       <c r="C35" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D35" s="36"/>
       <c r="E35" s="23">
-        <v>97705.123999999996</v>
+        <v>121809.689</v>
       </c>
       <c r="F35" s="23">
-        <v>4.8228410195298927</v>
+        <v>4.7560559997447243</v>
       </c>
       <c r="G35" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H35" s="36"/>
       <c r="I35" s="23">
-        <v>91532.989000000001</v>
+        <v>120950.587</v>
       </c>
       <c r="J35" s="24">
-        <v>4.5929382757408161</v>
+        <v>4.7281871145977901</v>
       </c>
       <c r="K35" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L35" s="24">
-        <v>-6.3171047201168227</v>
+        <v>-0.7052821553464429</v>
       </c>
       <c r="M35" s="25"/>
     </row>
     <row r="36" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="19" t="s">
         <v>35</v>
       </c>
       <c r="B36" s="20" t="s">
         <v>36</v>
       </c>
       <c r="C36" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D36" s="36"/>
       <c r="E36" s="23">
-        <v>7276.9340000000002</v>
+        <v>9275.42</v>
       </c>
       <c r="F36" s="23">
-        <v>0.35919810911464317</v>
+        <v>0.36215852206265964</v>
       </c>
       <c r="G36" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H36" s="36"/>
       <c r="I36" s="23">
-        <v>5748.8040000000001</v>
+        <v>7361.5770000000002</v>
       </c>
       <c r="J36" s="24">
-        <v>0.28846323298075521</v>
+        <v>0.28777796270240058</v>
       </c>
       <c r="K36" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L36" s="24">
-        <v>-20.999640782780222</v>
+        <v>-20.63349152922455</v>
       </c>
       <c r="M36" s="25"/>
     </row>
     <row r="37" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="19">
         <v>44219910</v>
       </c>
       <c r="B37" s="20" t="s">
         <v>37</v>
       </c>
       <c r="C37" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D37" s="36"/>
       <c r="E37" s="23">
-        <v>7663.7470000000003</v>
+        <v>8235.3330000000005</v>
       </c>
       <c r="F37" s="23">
-        <v>0.37829165842826379</v>
+        <v>0.32154835338710797</v>
       </c>
       <c r="G37" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H37" s="36"/>
       <c r="I37" s="23">
-        <v>6129.7049999999999</v>
+        <v>6927.4459999999999</v>
       </c>
       <c r="J37" s="24">
-        <v>0.3075760665206711</v>
+        <v>0.27080696114581077</v>
       </c>
       <c r="K37" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L37" s="24">
-        <v>-20.016866423173944</v>
+        <v>-15.881410017056998</v>
       </c>
       <c r="M37" s="25"/>
     </row>
     <row r="38" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" s="19" t="s">
         <v>38</v>
       </c>
       <c r="B38" s="20" t="s">
         <v>39</v>
       </c>
       <c r="C38" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D38" s="36"/>
       <c r="E38" s="23">
-        <v>43759.753000000077</v>
+        <v>55491.683000000121</v>
       </c>
       <c r="F38" s="23">
-        <v>2.1600334059541919</v>
+        <v>2.1666712560778549</v>
       </c>
       <c r="G38" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H38" s="36"/>
       <c r="I38" s="23">
-        <v>96656.702999999936</v>
+        <v>102596.76199999994</v>
       </c>
       <c r="J38" s="24">
-        <v>4.8500357703342543</v>
+        <v>4.0107013956687618</v>
       </c>
       <c r="K38" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L38" s="24">
-        <v>120.88036694356974</v>
+        <v>84.886736990838287</v>
       </c>
       <c r="M38" s="25"/>
     </row>
     <row r="39" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="11">
         <v>47</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D39" s="40"/>
       <c r="E39" s="16">
-        <v>23587.358</v>
+        <v>34021.771000000001</v>
       </c>
       <c r="F39" s="16">
-        <v>1.1643000187455528</v>
+        <v>1.3283791249683847</v>
       </c>
       <c r="G39" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H39" s="40"/>
       <c r="I39" s="16">
-        <v>12421.766</v>
+        <v>15436.355</v>
       </c>
       <c r="J39" s="16">
-        <v>0.62329882523224367</v>
+        <v>0.60343630087018252</v>
       </c>
       <c r="K39" s="15" t="s">
         <v>74</v>
       </c>
       <c r="L39" s="17">
-        <v>-47.337187997061818</v>
+        <v>-54.628008635999578</v>
       </c>
       <c r="M39" s="18"/>
     </row>
     <row r="40" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A40" s="11">
         <v>48</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D40" s="40"/>
       <c r="E40" s="16">
-        <v>77453.638000000006</v>
+        <v>100211.973</v>
       </c>
       <c r="F40" s="16">
-        <v>3.8232036065807491</v>
+        <v>3.9127737649252707</v>
       </c>
       <c r="G40" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H40" s="40"/>
       <c r="I40" s="16">
-        <v>75794.221999999994</v>
+        <v>97040.15</v>
       </c>
       <c r="J40" s="17">
-        <v>3.803199120961696</v>
+        <v>3.7934829272770441</v>
       </c>
       <c r="K40" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L40" s="17">
-        <v>-2.1424635986756515</v>
+        <v>-3.1651138132965446</v>
       </c>
       <c r="M40" s="18"/>
     </row>
     <row r="41" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D41" s="16"/>
       <c r="E41" s="16">
-        <v>108219.019</v>
+        <v>140727.478</v>
       </c>
       <c r="F41" s="16">
-        <v>5.341819369949163</v>
+        <v>5.4947005576119956</v>
       </c>
       <c r="G41" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H41" s="16"/>
       <c r="I41" s="16">
-        <v>114339.36500000001</v>
+        <v>149217.878</v>
       </c>
       <c r="J41" s="17">
-        <v>5.7373156024916856</v>
+        <v>5.8332089618318683</v>
       </c>
       <c r="K41" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L41" s="17">
-        <v>5.6555179085480392</v>
+        <v>6.033221173763943</v>
       </c>
       <c r="M41" s="18"/>
     </row>
     <row r="42" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D42" s="41"/>
       <c r="E42" s="16">
-        <v>28271.439999999999</v>
+        <v>37782.627</v>
       </c>
       <c r="F42" s="16">
-        <v>1.395511872163206</v>
+        <v>1.4752216453772165</v>
       </c>
       <c r="G42" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H42" s="41"/>
       <c r="I42" s="16">
-        <v>26761.187999999998</v>
+        <v>36344.807999999997</v>
       </c>
       <c r="J42" s="17">
-        <v>1.3428217084607148</v>
+        <v>1.4207872580902041</v>
       </c>
       <c r="K42" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L42" s="17">
-        <v>-5.3419705540290856</v>
+        <v>-3.8055029895089167</v>
       </c>
       <c r="M42" s="25"/>
     </row>
     <row r="43" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" s="42"/>
       <c r="B43" s="43" t="s">
         <v>46</v>
       </c>
       <c r="C43" s="44"/>
       <c r="D43" s="45"/>
       <c r="E43" s="45">
-        <v>2025883.159</v>
+        <v>2561149.1749999998</v>
       </c>
       <c r="F43" s="46">
         <v>100</v>
       </c>
       <c r="G43" s="44"/>
       <c r="H43" s="45"/>
       <c r="I43" s="45">
-        <v>1992907.013</v>
+        <v>2558075.3059999999</v>
       </c>
       <c r="J43" s="46">
         <v>100</v>
       </c>
       <c r="K43" s="44"/>
       <c r="L43" s="46">
-        <v>-1.6277417507274885</v>
+        <v>-0.12001913164624424</v>
       </c>
       <c r="M43" s="47"/>
     </row>
     <row r="44" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A44" s="3"/>
       <c r="B44" s="48"/>
       <c r="C44" s="3"/>
       <c r="D44" s="3"/>
       <c r="E44" s="3"/>
       <c r="F44" s="49"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3"/>
       <c r="I44" s="50"/>
       <c r="J44" s="3"/>
       <c r="K44" s="3"/>
       <c r="L44" s="3"/>
       <c r="M44" s="3"/>
     </row>
     <row r="45" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A45" s="3"/>
       <c r="B45" s="48"/>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
@@ -3041,51 +3048,51 @@
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
       <c r="M48" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:F4"/>
     <mergeCell ref="G4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="G5:H5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="90" verticalDpi="90" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ABDD9527-05DE-4BA3-891C-C9C8A509B515}">
   <dimension ref="A1:N71"/>
   <sheetViews>
-    <sheetView topLeftCell="A37" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
       <selection activeCell="M69" sqref="M69"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="14.08984375" customWidth="1"/>
     <col min="2" max="2" width="34" customWidth="1"/>
     <col min="3" max="3" width="13.6328125" customWidth="1"/>
     <col min="4" max="4" width="5" customWidth="1"/>
     <col min="5" max="5" width="15.453125" customWidth="1"/>
     <col min="6" max="7" width="12.453125" customWidth="1"/>
     <col min="8" max="8" width="5.08984375" customWidth="1"/>
     <col min="9" max="9" width="15.36328125" customWidth="1"/>
     <col min="10" max="10" width="10.36328125" customWidth="1"/>
     <col min="11" max="12" width="12" customWidth="1"/>
     <col min="14" max="14" width="10.6328125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
     </row>
     <row r="2" spans="1:14" ht="24" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A2" s="116" t="s">
         <v>48</v>
       </c>
@@ -3103,57 +3110,57 @@
       <c r="M2" s="3"/>
     </row>
     <row r="3" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="51"/>
       <c r="B3" s="52"/>
       <c r="C3" s="52"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="52"/>
       <c r="J3" s="52"/>
       <c r="K3" s="52"/>
       <c r="L3" s="53"/>
       <c r="M3" s="3"/>
     </row>
     <row r="4" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="117" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="118" t="s">
         <v>49</v>
       </c>
       <c r="C4" s="111" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D4" s="112"/>
       <c r="E4" s="112"/>
       <c r="F4" s="113"/>
       <c r="G4" s="111" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H4" s="112"/>
       <c r="I4" s="112"/>
       <c r="J4" s="113"/>
       <c r="K4" s="114" t="s">
         <v>81</v>
       </c>
       <c r="L4" s="115"/>
     </row>
     <row r="5" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="108"/>
       <c r="B5" s="119"/>
       <c r="C5" s="114" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="115"/>
       <c r="E5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G5" s="114" t="s">
         <v>3</v>
       </c>
@@ -3173,2233 +3180,2234 @@
     </row>
     <row r="6" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="54"/>
       <c r="B6" s="55"/>
       <c r="C6" s="56"/>
       <c r="D6" s="57"/>
       <c r="E6" s="57"/>
       <c r="F6" s="58"/>
       <c r="G6" s="56"/>
       <c r="H6" s="57"/>
       <c r="I6" s="57"/>
       <c r="J6" s="58"/>
       <c r="K6" s="59"/>
       <c r="L6" s="60"/>
     </row>
     <row r="7" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="61"/>
       <c r="B7" s="61" t="s">
         <v>46</v>
       </c>
       <c r="C7" s="62" t="s">
         <v>74</v>
       </c>
       <c r="D7" s="63"/>
       <c r="E7" s="63">
-        <v>2025883.159</v>
+        <v>2561149.1749999998</v>
       </c>
       <c r="F7" s="64">
         <v>100</v>
       </c>
       <c r="G7" s="62" t="s">
         <v>74</v>
       </c>
       <c r="H7" s="63"/>
       <c r="I7" s="63">
-        <v>1992907.013</v>
+        <v>2558075.3059999999</v>
       </c>
       <c r="J7" s="64">
         <v>100</v>
       </c>
       <c r="K7" s="65" t="s">
         <v>74</v>
       </c>
       <c r="L7" s="66">
-        <v>-1.6277417507274885</v>
+        <v>-0.12001913164624424</v>
       </c>
       <c r="N7" s="67"/>
     </row>
     <row r="8" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="68"/>
       <c r="B8" s="69" t="s">
         <v>51</v>
       </c>
       <c r="C8" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D8" s="71"/>
       <c r="E8" s="71">
-        <v>387723.94400000002</v>
+        <v>503974.67099999997</v>
       </c>
       <c r="F8" s="72">
-        <v>19.138514591897053</v>
+        <v>19.677677345756322</v>
       </c>
       <c r="G8" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H8" s="71"/>
       <c r="I8" s="71">
-        <v>412318.755</v>
+        <v>565123.33299999998</v>
       </c>
       <c r="J8" s="72">
-        <v>20.68931226145472</v>
+        <v>22.091739507218399</v>
       </c>
       <c r="K8" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L8" s="74">
-        <v>6.3433820326556836</v>
+        <v>12.133280801328212</v>
       </c>
       <c r="N8" s="67"/>
     </row>
     <row r="9" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="68"/>
       <c r="B9" s="69" t="s">
         <v>52</v>
       </c>
       <c r="C9" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D9" s="71"/>
       <c r="E9" s="71">
-        <v>139439.60200000001</v>
+        <v>177674.62700000001</v>
       </c>
       <c r="F9" s="72">
-        <v>6.8829044449349714</v>
+        <v>6.9373009871633116</v>
       </c>
       <c r="G9" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H9" s="71"/>
       <c r="I9" s="71">
-        <v>137042.16200000001</v>
+        <v>180213.14600000001</v>
       </c>
       <c r="J9" s="72">
-        <v>6.8764955467593616</v>
+        <v>7.044872587499972</v>
       </c>
       <c r="K9" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L9" s="74">
-        <v>-1.7193393882463908</v>
+        <v>1.4287459289277136</v>
       </c>
     </row>
     <row r="10" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="68"/>
       <c r="B10" s="69" t="s">
         <v>53</v>
       </c>
       <c r="C10" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D10" s="71"/>
       <c r="E10" s="71">
-        <v>133703.223</v>
+        <v>169330.78099999999</v>
       </c>
       <c r="F10" s="72">
-        <v>6.5997499611970465</v>
+        <v>6.6115157466374441</v>
       </c>
       <c r="G10" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H10" s="71"/>
       <c r="I10" s="71">
-        <v>134166.49</v>
+        <v>170559.98</v>
       </c>
       <c r="J10" s="72">
-        <v>6.7322002042651246</v>
+        <v>6.6675120783172135</v>
       </c>
       <c r="K10" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L10" s="74">
-        <v>0.34648902966235345</v>
+        <v>0.72591586286962351</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="68"/>
       <c r="B11" s="69" t="s">
         <v>54</v>
       </c>
       <c r="C11" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D11" s="71"/>
       <c r="E11" s="71">
-        <v>247757.26</v>
+        <v>308073.06900000002</v>
       </c>
       <c r="F11" s="72">
-        <v>12.229592753132708</v>
+        <v>12.028704614599423</v>
       </c>
       <c r="G11" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H11" s="71"/>
       <c r="I11" s="71">
-        <v>194297.95499999999</v>
+        <v>239276.34700000001</v>
       </c>
       <c r="J11" s="72">
-        <v>9.7494741968676077</v>
+        <v>9.3537647792765952</v>
       </c>
       <c r="K11" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="74">
-        <v>-21.577291014600348</v>
+        <v>-22.331300240982767</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="68"/>
       <c r="B12" s="69" t="s">
         <v>55</v>
       </c>
       <c r="C12" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D12" s="71"/>
       <c r="E12" s="71">
-        <v>144793.679</v>
+        <v>190041.48800000001</v>
       </c>
       <c r="F12" s="72">
-        <v>7.1471880476795064</v>
+        <v>7.42016473913512</v>
       </c>
       <c r="G12" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H12" s="75"/>
       <c r="I12" s="71">
-        <v>159580.6</v>
+        <v>206878.12299999999</v>
       </c>
       <c r="J12" s="72">
-        <v>8.0074282923906797</v>
+        <v>8.0872569511446599</v>
       </c>
       <c r="K12" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L12" s="74">
-        <v>10.212407822029304</v>
+        <v>8.8594523107501555</v>
       </c>
     </row>
     <row r="13" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="68"/>
       <c r="B13" s="69" t="s">
         <v>56</v>
       </c>
       <c r="C13" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D13" s="71"/>
       <c r="E13" s="71">
-        <v>165906.74400000001</v>
+        <v>194748.08799999999</v>
       </c>
       <c r="F13" s="72">
-        <v>8.189354023846743</v>
+        <v>7.6039338083460128</v>
       </c>
       <c r="G13" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H13" s="71"/>
       <c r="I13" s="71">
-        <v>151797.59400000001</v>
+        <v>177427.033</v>
       </c>
       <c r="J13" s="72">
-        <v>7.6168929613777223</v>
+        <v>6.9359581629142237</v>
       </c>
       <c r="K13" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L13" s="74">
-        <v>-8.5042655047223352</v>
+        <v>-8.8940821847760549</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="68"/>
       <c r="B14" s="69" t="s">
         <v>57</v>
       </c>
       <c r="C14" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D14" s="71"/>
       <c r="E14" s="71">
-        <v>71935.934999999998</v>
+        <v>90111.976999999999</v>
       </c>
       <c r="F14" s="72">
-        <v>3.5508432300463189</v>
+        <v>3.5184196953307101</v>
       </c>
       <c r="G14" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H14" s="71"/>
       <c r="I14" s="71">
-        <v>82064.073000000004</v>
+        <v>101991.21799999999</v>
       </c>
       <c r="J14" s="72">
-        <v>4.1178074272750829</v>
+        <v>3.9870295358693397</v>
       </c>
       <c r="K14" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L14" s="74">
-        <v>14.079386053715723</v>
+        <v>13.182754829582747</v>
       </c>
     </row>
     <row r="15" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="68"/>
       <c r="B15" s="69" t="s">
         <v>58</v>
       </c>
       <c r="C15" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D15" s="71"/>
       <c r="E15" s="71">
-        <v>42566.624000000003</v>
+        <v>57979.186000000002</v>
       </c>
       <c r="F15" s="72">
-        <v>2.1011391407691744</v>
+        <v>2.2637957431745463</v>
       </c>
       <c r="G15" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H15" s="71"/>
       <c r="I15" s="71">
-        <v>40501.830999999998</v>
+        <v>53883.455000000002</v>
       </c>
       <c r="J15" s="72">
-        <v>2.0322990854967702</v>
+        <v>2.1064061278264807</v>
       </c>
       <c r="K15" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L15" s="74">
-        <v>-4.8507323484239784</v>
+        <v>-7.0641402243901794</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="68"/>
       <c r="B16" s="69" t="s">
         <v>59</v>
       </c>
       <c r="C16" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D16" s="71"/>
       <c r="E16" s="71">
-        <v>72109.417000000001</v>
+        <v>85368.399000000005</v>
       </c>
       <c r="F16" s="72">
-        <v>3.559406507707684</v>
+        <v>3.3332068211138077</v>
       </c>
       <c r="G16" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H16" s="71"/>
       <c r="I16" s="71">
-        <v>71556.877999999997</v>
+        <v>84758.895000000004</v>
       </c>
       <c r="J16" s="72">
-        <v>3.5905778610454413</v>
+        <v>3.3133854504281746</v>
       </c>
       <c r="K16" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L16" s="74">
-        <v>-0.7662508213039696</v>
+        <v>-0.71396911168499333</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="68"/>
       <c r="B17" s="69" t="s">
         <v>60</v>
       </c>
       <c r="C17" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D17" s="71"/>
       <c r="E17" s="71">
-        <v>55124.372000000003</v>
+        <v>70951.608999999997</v>
       </c>
       <c r="F17" s="72">
-        <v>2.7210045038930106</v>
+        <v>2.7703036469947127</v>
       </c>
       <c r="G17" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H17" s="75"/>
       <c r="I17" s="71">
-        <v>60265.955000000002</v>
+        <v>77436.191999999995</v>
       </c>
       <c r="J17" s="72">
-        <v>3.0240224258772277</v>
+        <v>3.0271271458808258</v>
       </c>
       <c r="K17" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L17" s="74">
-        <v>9.3272409525137068</v>
+        <v>9.1394446037157504</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="68"/>
       <c r="B18" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C18" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D18" s="71"/>
       <c r="E18" s="71">
-        <v>564822.35899999994</v>
+        <v>712895.28</v>
       </c>
       <c r="F18" s="72">
-        <v>27.88030279489578</v>
+        <v>27.834976851748593</v>
       </c>
       <c r="G18" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H18" s="75"/>
       <c r="I18" s="71">
-        <v>549314.72</v>
+        <v>700527.58399999957</v>
       </c>
       <c r="J18" s="72">
-        <v>27.563489737190263</v>
+        <v>27.384947673624104</v>
       </c>
       <c r="K18" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L18" s="74">
-        <v>-2.7455781013088343</v>
+        <v>-1.7348545216908242</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="61">
         <v>44</v>
       </c>
       <c r="B19" s="61" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="62" t="s">
         <v>74</v>
       </c>
       <c r="D19" s="63"/>
       <c r="E19" s="63">
-        <v>1788311.986</v>
+        <v>2248360.6320000002</v>
       </c>
       <c r="F19" s="64">
         <v>100</v>
       </c>
       <c r="G19" s="62" t="s">
         <v>74</v>
       </c>
       <c r="H19" s="63"/>
       <c r="I19" s="63">
-        <v>1763582.41</v>
+        <v>2260026.466</v>
       </c>
       <c r="J19" s="64">
         <v>100</v>
       </c>
       <c r="K19" s="65" t="s">
         <v>74</v>
       </c>
       <c r="L19" s="66">
-        <v>-1.3828446151229965</v>
+        <v>0.51885955633472403</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="68"/>
       <c r="B20" s="69" t="s">
         <v>51</v>
       </c>
       <c r="C20" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D20" s="71"/>
       <c r="E20" s="71">
-        <v>379085.37</v>
+        <v>492154.16800000001</v>
       </c>
       <c r="F20" s="72">
-        <v>21.197943813367697</v>
+        <v>21.889467418854892</v>
       </c>
       <c r="G20" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H20" s="71"/>
       <c r="I20" s="71">
-        <v>401963.94900000002</v>
+        <v>551295.76899999997</v>
       </c>
       <c r="J20" s="72">
-        <v>22.792467577401165</v>
+        <v>24.39333243631139</v>
       </c>
       <c r="K20" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L20" s="74">
-        <v>6.0352049460521329</v>
+        <v>12.016885123687496</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="68"/>
       <c r="B21" s="69" t="s">
         <v>52</v>
       </c>
       <c r="C21" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D21" s="71"/>
       <c r="E21" s="71">
-        <v>110491.072</v>
+        <v>139865.76699999999</v>
       </c>
       <c r="F21" s="72">
-        <v>6.1785120753532761</v>
+        <v>6.2207888276172225</v>
       </c>
       <c r="G21" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H21" s="71"/>
       <c r="I21" s="71">
-        <v>107398.20699999999</v>
+        <v>140817.057</v>
       </c>
       <c r="J21" s="72">
-        <v>6.0897753567410549</v>
+        <v>6.2307702639089353</v>
       </c>
       <c r="K21" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L21" s="74">
-        <v>-2.7991990158263693</v>
+        <v>0.68014498501267162</v>
       </c>
     </row>
     <row r="22" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="68"/>
       <c r="B22" s="69" t="s">
         <v>53</v>
       </c>
       <c r="C22" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D22" s="71"/>
       <c r="E22" s="71">
-        <v>114306.85400000001</v>
+        <v>144334.6</v>
       </c>
       <c r="F22" s="72">
-        <v>6.3918854704807648</v>
+        <v>6.4195484454648639</v>
       </c>
       <c r="G22" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H22" s="71"/>
       <c r="I22" s="71">
-        <v>117742.882</v>
+        <v>147753.21100000001</v>
       </c>
       <c r="J22" s="72">
-        <v>6.676347038412568</v>
+        <v>6.537676138877571</v>
       </c>
       <c r="K22" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L22" s="74">
-        <v>3.0059684784956033</v>
+        <v>2.3685318696972204</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="68"/>
       <c r="B23" s="69" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D23" s="71"/>
       <c r="E23" s="71">
-        <v>232676.72099999999</v>
+        <v>289451.24</v>
       </c>
       <c r="F23" s="72">
-        <v>13.010969160948182</v>
+        <v>12.873879567199252</v>
       </c>
       <c r="G23" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H23" s="71"/>
       <c r="I23" s="71">
-        <v>180167.024</v>
+        <v>221480.073</v>
       </c>
       <c r="J23" s="72">
-        <v>10.215968529647562</v>
+        <v>9.7998884673238162</v>
       </c>
       <c r="K23" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L23" s="74">
-        <v>-22.567662452145349</v>
+        <v>-23.482769325845691</v>
       </c>
     </row>
     <row r="24" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="68"/>
       <c r="B24" s="69" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D24" s="71"/>
       <c r="E24" s="71">
-        <v>134682.08499999999</v>
+        <v>153395.20600000001</v>
       </c>
       <c r="F24" s="72">
-        <v>7.5312409721778826</v>
+        <v>6.8225356651770444</v>
       </c>
       <c r="G24" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H24" s="71"/>
       <c r="I24" s="71">
-        <v>118466.985</v>
+        <v>133963.32800000001</v>
       </c>
       <c r="J24" s="72">
-        <v>6.7174056810875094</v>
+        <v>5.9275114701245277</v>
       </c>
       <c r="K24" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L24" s="74">
-        <v>-12.039537403953906</v>
+        <v>-12.667852214364505</v>
       </c>
     </row>
     <row r="25" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="68"/>
       <c r="B25" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C25" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D25" s="71"/>
       <c r="E25" s="71">
-        <v>817069.88400000008</v>
+        <v>1029159.6510000003</v>
       </c>
       <c r="F25" s="72">
-        <v>45.689448507672196</v>
+        <v>45.773780075686723</v>
       </c>
       <c r="G25" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H25" s="75"/>
       <c r="I25" s="71">
-        <v>837843.3629999999</v>
+        <v>1064717.0279999999</v>
       </c>
       <c r="J25" s="72">
-        <v>47.508035816710141</v>
+        <v>47.110821223453762</v>
       </c>
       <c r="K25" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L25" s="74">
-        <v>2.5424360151793106</v>
+        <v>3.4549913577985403</v>
       </c>
     </row>
     <row r="26" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="76">
         <v>4403</v>
       </c>
       <c r="B26" s="39" t="s">
         <v>62</v>
       </c>
       <c r="C26" s="77">
-        <v>2829.0070000000001</v>
+        <v>3635.49</v>
       </c>
       <c r="D26" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E26" s="79">
-        <v>231756.33199999999</v>
+        <v>300480.17499999999</v>
       </c>
       <c r="F26" s="80">
         <v>100</v>
       </c>
       <c r="G26" s="77">
-        <v>2369.873</v>
+        <v>2938.105</v>
       </c>
       <c r="H26" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I26" s="79">
-        <v>199438.647</v>
+        <v>247304.47700000001</v>
       </c>
       <c r="J26" s="80">
         <v>100</v>
       </c>
       <c r="K26" s="81">
-        <v>-16.229510920262836</v>
+        <v>-19.182696142748291</v>
       </c>
       <c r="L26" s="82">
-        <v>-13.944682641939638</v>
+        <v>-17.696907291803853</v>
       </c>
     </row>
     <row r="27" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="76"/>
       <c r="B27" s="39" t="s">
         <v>63</v>
       </c>
       <c r="C27" s="77">
-        <v>1088.201</v>
+        <v>1410.4780000000001</v>
       </c>
       <c r="D27" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E27" s="79">
-        <v>95682.028999999995</v>
+        <v>124929.198</v>
       </c>
       <c r="F27" s="80">
-        <v>41.285615876937513</v>
+        <v>41.576519316124603</v>
       </c>
       <c r="G27" s="77">
-        <v>1003.643</v>
+        <v>1285.7370000000001</v>
       </c>
       <c r="H27" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I27" s="79">
-        <v>89016.932000000001</v>
+        <v>115078.58500000001</v>
       </c>
       <c r="J27" s="80">
-        <v>44.633742426060479</v>
+        <v>46.533158799223841</v>
       </c>
       <c r="K27" s="81">
-        <v>-7.7704394684437892</v>
+        <v>-8.843881294142836</v>
       </c>
       <c r="L27" s="82">
-        <v>-6.9658817540334494</v>
+        <v>-7.8849565655580349</v>
       </c>
     </row>
     <row r="28" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="68"/>
       <c r="B28" s="83" t="s">
         <v>54</v>
       </c>
       <c r="C28" s="70">
-        <v>476.48</v>
+        <v>638.79399999999998</v>
       </c>
       <c r="D28" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E28" s="71">
-        <v>37825.237999999998</v>
+        <v>51306.593000000001</v>
       </c>
       <c r="F28" s="72">
-        <v>16.321123860382812</v>
+        <v>17.074867917658796</v>
       </c>
       <c r="G28" s="70">
-        <v>485.23700000000002</v>
+        <v>591.73900000000003</v>
       </c>
       <c r="H28" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I28" s="71">
-        <v>36179.078000000001</v>
+        <v>43940.152999999998</v>
       </c>
       <c r="J28" s="72">
-        <v>18.140454994161686</v>
+        <v>17.767633458572604</v>
       </c>
       <c r="K28" s="85">
-        <v>1.8378525856279391</v>
+        <v>-7.3662244792530851</v>
       </c>
       <c r="L28" s="74">
-        <v>-4.3520149166014406</v>
+        <v>-14.357686935088443</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="68"/>
       <c r="B29" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C29" s="70">
-        <v>142.75700000000001</v>
+        <v>180.928</v>
       </c>
       <c r="D29" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E29" s="71">
-        <v>13943.119000000001</v>
+        <v>17351.036</v>
       </c>
       <c r="F29" s="72">
-        <v>6.0162839477456025</v>
+        <v>5.77443620032503</v>
       </c>
       <c r="G29" s="70">
-        <v>91.823999999999998</v>
+        <v>121.947</v>
       </c>
       <c r="H29" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I29" s="71">
-        <v>9340.3680000000004</v>
+        <v>12658.181</v>
       </c>
       <c r="J29" s="72">
-        <v>4.6833290039317204</v>
+        <v>5.118460107780419</v>
       </c>
       <c r="K29" s="86">
-        <v>-35.678110355359109</v>
+        <v>-32.599155465157409</v>
       </c>
       <c r="L29" s="87">
-        <v>-33.010913842161138</v>
+        <v>-27.046540621551358</v>
       </c>
     </row>
     <row r="30" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="68"/>
       <c r="B30" s="83" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="88">
-        <v>215.458</v>
+        <v>267.90499999999997</v>
       </c>
       <c r="D30" s="89" t="s">
         <v>76</v>
       </c>
       <c r="E30" s="90">
-        <v>16426.268</v>
+        <v>20683.726999999999</v>
       </c>
       <c r="F30" s="91">
-        <v>7.0877321272067784</v>
+        <v>6.8835579585242188</v>
       </c>
       <c r="G30" s="70">
-        <v>89.597999999999999</v>
+        <v>123.099</v>
       </c>
       <c r="H30" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I30" s="71">
-        <v>6454.3329999999996</v>
+        <v>8626.3340000000007</v>
       </c>
       <c r="J30" s="72">
-        <v>3.2362498929307311</v>
+        <v>3.488143079593339</v>
       </c>
       <c r="K30" s="86">
-        <v>-58.415097141902365</v>
+        <v>-54.05124951008753</v>
       </c>
       <c r="L30" s="87">
-        <v>-60.707246466452403</v>
+        <v>-58.294102412007263</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="68"/>
       <c r="B31" s="83" t="s">
         <v>60</v>
       </c>
       <c r="C31" s="88">
-        <v>0.36599999999999999</v>
+        <v>1.0960000000000001</v>
       </c>
       <c r="D31" s="89" t="s">
         <v>76</v>
       </c>
       <c r="E31" s="90">
-        <v>38.405999999999999</v>
+        <v>87.575999999999993</v>
       </c>
       <c r="F31" s="91">
-        <v>1.6571715503333046E-2</v>
+        <v>2.9145350437845025E-2</v>
       </c>
       <c r="G31" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H31" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I31" s="71" t="s">
         <v>74</v>
       </c>
       <c r="J31" s="72" t="s">
         <v>74</v>
       </c>
-      <c r="K31" s="86" t="s">
-[...2 lines deleted...]
-      <c r="L31" s="87" t="s">
+      <c r="K31" s="71" t="s">
+        <v>74</v>
+      </c>
+      <c r="L31" s="72" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="32" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="68"/>
       <c r="B32" s="83" t="s">
         <v>64</v>
       </c>
       <c r="C32" s="88">
-        <v>186.18</v>
+        <v>244.38200000000001</v>
       </c>
       <c r="D32" s="89" t="s">
         <v>76</v>
       </c>
       <c r="E32" s="90">
-        <v>21176.641</v>
+        <v>27860.550999999999</v>
       </c>
       <c r="F32" s="91">
-        <v>9.137459510707135</v>
+        <v>9.2720097091264009</v>
       </c>
       <c r="G32" s="70">
-        <v>278.49599999999998</v>
+        <v>372.64400000000001</v>
       </c>
       <c r="H32" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I32" s="71">
-        <v>30605.851999999999</v>
+        <v>41213.983999999997</v>
       </c>
       <c r="J32" s="72">
-        <v>15.345998611793629</v>
+        <v>16.665280184151296</v>
       </c>
       <c r="K32" s="86">
-        <v>49.584273283918776</v>
+        <v>52.484225515790847</v>
       </c>
       <c r="L32" s="87">
-        <v>44.526471407812032</v>
+        <v>47.929536641253065</v>
       </c>
     </row>
     <row r="33" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="68"/>
       <c r="B33" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="88">
-        <v>66.960000000000036</v>
+        <v>77.373000000000047</v>
       </c>
       <c r="D33" s="89" t="s">
         <v>76</v>
       </c>
       <c r="E33" s="90">
-        <v>6272.3569999999891</v>
+        <v>7639.7149999999965</v>
       </c>
       <c r="F33" s="91">
-        <v>2.7064447153918496</v>
+        <v>2.5425021800523102</v>
       </c>
       <c r="G33" s="70">
-        <v>58.488000000000056</v>
+        <v>76.307999999999993</v>
       </c>
       <c r="H33" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I33" s="71">
-        <v>6437.3010000000068</v>
+        <v>8639.9330000000045</v>
       </c>
       <c r="J33" s="72">
-        <v>3.2277099232427133</v>
+        <v>3.4936419691261813</v>
       </c>
       <c r="K33" s="86">
-        <v>-12.652329749103904</v>
+        <v>-1.3764491489279904</v>
       </c>
       <c r="L33" s="87">
-        <v>2.6296972573470865</v>
+        <v>13.092347031270258</v>
       </c>
     </row>
     <row r="34" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="76"/>
       <c r="B34" s="39" t="s">
         <v>66</v>
       </c>
       <c r="C34" s="77">
-        <v>1740.806</v>
+        <v>2225.0120000000002</v>
       </c>
       <c r="D34" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E34" s="79">
-        <v>136074.30300000001</v>
+        <v>175550.97700000001</v>
       </c>
       <c r="F34" s="80">
-        <v>58.714384123062494</v>
+        <v>58.423480683875411</v>
       </c>
       <c r="G34" s="77">
-        <v>1366.23</v>
+        <v>1652.3679999999999</v>
       </c>
       <c r="H34" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I34" s="79">
-        <v>110421.715</v>
+        <v>132225.89199999999</v>
       </c>
       <c r="J34" s="80">
-        <v>55.366257573939521</v>
+        <v>53.466841200776152</v>
       </c>
       <c r="K34" s="92">
-        <v>-21.517389071499064</v>
+        <v>-25.736670184250698</v>
       </c>
       <c r="L34" s="93">
-        <v>-18.851897407844902</v>
+        <v>-24.67948953653503</v>
       </c>
     </row>
     <row r="35" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="68"/>
       <c r="B35" s="83" t="s">
         <v>65</v>
       </c>
       <c r="C35" s="70">
-        <v>378.55799999999999</v>
+        <v>534.63300000000004</v>
       </c>
       <c r="D35" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E35" s="71">
-        <v>25458.16</v>
+        <v>37377.741999999998</v>
       </c>
       <c r="F35" s="72">
-        <v>10.984882173575304</v>
+        <v>12.439337137633125</v>
       </c>
       <c r="G35" s="70">
-        <v>405.80900000000003</v>
+        <v>481.78199999999998</v>
       </c>
       <c r="H35" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I35" s="71">
-        <v>26980.156999999999</v>
+        <v>31705.038</v>
       </c>
       <c r="J35" s="72">
-        <v>13.528048553197415</v>
+        <v>12.820244252998299</v>
       </c>
       <c r="K35" s="86">
-        <v>7.1986327062167579</v>
+        <v>-9.8854728383769892</v>
       </c>
       <c r="L35" s="87">
-        <v>5.9784249922225303</v>
+        <v>-15.17668991347845</v>
       </c>
     </row>
     <row r="36" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="68"/>
       <c r="B36" s="83" t="s">
         <v>54</v>
       </c>
       <c r="C36" s="70">
-        <v>949.61900000000003</v>
+        <v>1181.95</v>
       </c>
       <c r="D36" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E36" s="71">
-        <v>71664.812999999995</v>
+        <v>89875.551000000007</v>
       </c>
       <c r="F36" s="72">
-        <v>30.922483274372841</v>
+        <v>29.910642524086661</v>
       </c>
       <c r="G36" s="70">
-        <v>611.78399999999999</v>
+        <v>744.30399999999997</v>
       </c>
       <c r="H36" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I36" s="71">
-        <v>47141.313999999998</v>
+        <v>55968.800000000003</v>
       </c>
       <c r="J36" s="72">
-        <v>23.637000505724451</v>
+        <v>22.631535295659045</v>
       </c>
       <c r="K36" s="86">
-        <v>-35.575846734321878</v>
+        <v>-37.027454630060497</v>
       </c>
       <c r="L36" s="87">
-        <v>-34.219720911013887</v>
+        <v>-37.726334495573774</v>
       </c>
     </row>
     <row r="37" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="68"/>
       <c r="B37" s="83" t="s">
         <v>64</v>
       </c>
       <c r="C37" s="70">
-        <v>28.533000000000001</v>
+        <v>34.796999999999997</v>
       </c>
       <c r="D37" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E37" s="71">
-        <v>4600.6019999999999</v>
+        <v>5614.1710000000003</v>
       </c>
       <c r="F37" s="72">
-        <v>1.9851030434844816</v>
+        <v>1.8683998037474523</v>
       </c>
       <c r="G37" s="70">
-        <v>34.915999999999997</v>
+        <v>38.460999999999999</v>
       </c>
       <c r="H37" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I37" s="71">
-        <v>5244.3590000000004</v>
+        <v>5654.8969999999999</v>
       </c>
       <c r="J37" s="72">
-        <v>2.6295600571337614</v>
+        <v>2.2866132746961956</v>
       </c>
       <c r="K37" s="86">
-        <v>22.370588441453741</v>
+        <v>10.529643360059779</v>
       </c>
       <c r="L37" s="87">
-        <v>13.992886148377984</v>
+        <v>0.72541431317285587</v>
       </c>
     </row>
     <row r="38" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" s="68"/>
       <c r="B38" s="83" t="s">
         <v>56</v>
       </c>
       <c r="C38" s="70">
-        <v>52.783000000000001</v>
+        <v>56.570999999999998</v>
       </c>
       <c r="D38" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E38" s="71">
-        <v>3134.0859999999998</v>
+        <v>3365.5659999999998</v>
       </c>
       <c r="F38" s="72">
-        <v>1.352319469743765</v>
+        <v>1.120062579835758</v>
       </c>
       <c r="G38" s="70">
-        <v>24.917000000000002</v>
+        <v>32.404000000000003</v>
       </c>
       <c r="H38" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I38" s="71">
-        <v>1467.8430000000001</v>
+        <v>2027.7650000000001</v>
       </c>
       <c r="J38" s="72">
-        <v>0.73598724323475784</v>
+        <v>0.81994674119870459</v>
       </c>
       <c r="K38" s="86">
-        <v>-52.793513062917988</v>
+        <v>-42.719768079051093</v>
       </c>
       <c r="L38" s="87">
-        <v>-53.165197126052057</v>
+        <v>-39.749658749820973</v>
       </c>
     </row>
     <row r="39" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="68"/>
       <c r="B39" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C39" s="88">
-        <v>121.121</v>
+        <v>148</v>
       </c>
       <c r="D39" s="89" t="s">
         <v>76</v>
       </c>
       <c r="E39" s="90">
-        <v>13236.758</v>
+        <v>16350.308000000001</v>
       </c>
       <c r="F39" s="91">
-        <v>5.7114978847697664</v>
+        <v>5.4413932632993189</v>
       </c>
       <c r="G39" s="88">
-        <v>101.361</v>
+        <v>127.42100000000001</v>
       </c>
       <c r="H39" s="89" t="s">
         <v>76</v>
       </c>
       <c r="I39" s="90">
-        <v>12882.83</v>
+        <v>16372.808999999999</v>
       </c>
       <c r="J39" s="91">
-        <v>6.4595454260176561</v>
+        <v>6.6205065102804426</v>
       </c>
       <c r="K39" s="86">
-        <v>-16.31426424814854</v>
+        <v>-13.904729729729725</v>
       </c>
       <c r="L39" s="87">
-        <v>-2.6738269295245849</v>
+        <v>0.13761820266626404</v>
       </c>
     </row>
     <row r="40" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A40" s="68"/>
       <c r="B40" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C40" s="70">
-        <v>210.19200000000001</v>
+        <v>269.06100000000015</v>
       </c>
       <c r="D40" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E40" s="71">
-        <v>17979.88400000002</v>
+        <v>22967.639000000025</v>
       </c>
       <c r="F40" s="72">
-        <v>7.7580982771163374</v>
+        <v>7.6436453752731035</v>
       </c>
       <c r="G40" s="70">
-        <v>187.44299999999998</v>
+        <v>227.99599999999987</v>
       </c>
       <c r="H40" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I40" s="71">
-        <v>16705.212000000014</v>
+        <v>20496.582999999999</v>
       </c>
       <c r="J40" s="72">
-        <v>8.3761157886314859</v>
+        <v>8.287995125943473</v>
       </c>
       <c r="K40" s="85">
-        <v>-10.822961863439152</v>
+        <v>-15.262338280167048</v>
       </c>
       <c r="L40" s="74">
-        <v>-7.0894339474048023</v>
+        <v>-10.758859454382854</v>
       </c>
     </row>
     <row r="41" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="76">
         <v>4407</v>
       </c>
       <c r="B41" s="39" t="s">
         <v>67</v>
       </c>
       <c r="C41" s="77">
-        <v>2024.8030000000001</v>
+        <v>2559.8519999999999</v>
       </c>
       <c r="D41" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E41" s="79">
-        <v>480591.00599999999</v>
+        <v>610098.88600000006</v>
       </c>
       <c r="F41" s="80">
         <v>100</v>
       </c>
       <c r="G41" s="77">
-        <v>1851.6489999999999</v>
+        <v>2333.5430000000001</v>
       </c>
       <c r="H41" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I41" s="79">
-        <v>518092.45899999997</v>
+        <v>655636.36699999997</v>
       </c>
       <c r="J41" s="80">
         <v>100</v>
       </c>
       <c r="K41" s="81">
-        <v>-8.5516467527952216</v>
+        <v>-8.8407064158396569</v>
       </c>
       <c r="L41" s="82">
-        <v>7.8031949270394749</v>
+        <v>7.4639508520590718</v>
       </c>
     </row>
     <row r="42" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="76"/>
       <c r="B42" s="39" t="s">
         <v>63</v>
       </c>
       <c r="C42" s="77">
-        <v>1748.5340000000001</v>
+        <v>2199.8829999999998</v>
       </c>
       <c r="D42" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E42" s="79">
-        <v>422028.505</v>
+        <v>532901.804</v>
       </c>
       <c r="F42" s="80">
-        <v>87.814482529038429</v>
+        <v>87.346791844494518</v>
       </c>
       <c r="G42" s="77">
-        <v>1600.3309999999999</v>
+        <v>2002.7059999999999</v>
       </c>
       <c r="H42" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I42" s="79">
-        <v>461352</v>
+        <v>580596.11100000003</v>
       </c>
       <c r="J42" s="80">
-        <v>89.04819824833622</v>
+        <v>88.554592182956199</v>
       </c>
       <c r="K42" s="81">
-        <v>-8.4758431920683392</v>
+        <v>-8.9630675813213667</v>
       </c>
       <c r="L42" s="82">
-        <v>9.3177343554080547</v>
+        <v>8.949924102715185</v>
       </c>
     </row>
     <row r="43" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" s="68"/>
       <c r="B43" s="83" t="s">
         <v>51</v>
       </c>
       <c r="C43" s="70">
-        <v>562.85900000000004</v>
+        <v>731.16200000000003</v>
       </c>
       <c r="D43" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E43" s="71">
-        <v>163282.34700000001</v>
+        <v>213023.28599999999</v>
       </c>
       <c r="F43" s="72">
-        <v>33.97532308376158</v>
+        <v>34.916189963343086</v>
       </c>
       <c r="G43" s="70">
-        <v>619.65300000000002</v>
+        <v>785.01300000000003</v>
       </c>
       <c r="H43" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I43" s="71">
-        <v>197814.58799999999</v>
+        <v>252334.93700000001</v>
       </c>
       <c r="J43" s="72">
-        <v>38.181329329095675</v>
+        <v>38.487025689958408</v>
       </c>
       <c r="K43" s="85">
-        <v>10.09027127575467</v>
+        <v>7.3651256493089079</v>
       </c>
       <c r="L43" s="74">
-        <v>21.148790199592106</v>
+        <v>18.454156697216668</v>
       </c>
     </row>
     <row r="44" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A44" s="68"/>
       <c r="B44" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C44" s="70">
-        <v>133.81</v>
+        <v>167.06200000000001</v>
       </c>
       <c r="D44" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E44" s="71">
-        <v>29690.303</v>
+        <v>37466.671000000002</v>
       </c>
       <c r="F44" s="72">
-        <v>6.177873208055833</v>
+        <v>6.1410816934355124</v>
       </c>
       <c r="G44" s="70">
-        <v>129.011</v>
+        <v>168.98400000000001</v>
       </c>
       <c r="H44" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I44" s="71">
-        <v>30478.142</v>
+        <v>40193.116000000002</v>
       </c>
       <c r="J44" s="72">
-        <v>5.8827611694691742</v>
+        <v>6.130397583634954</v>
       </c>
       <c r="K44" s="85">
-        <v>-3.5864285180479833</v>
+        <v>1.1504710825920896</v>
       </c>
       <c r="L44" s="74">
-        <v>2.6535229364280988</v>
+        <v>7.2769875925192267</v>
       </c>
     </row>
     <row r="45" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A45" s="68"/>
       <c r="B45" s="83" t="s">
-        <v>55</v>
+        <v>82</v>
       </c>
       <c r="C45" s="70">
-        <v>100.23</v>
+        <v>95.972999999999999</v>
       </c>
       <c r="D45" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E45" s="71">
-        <v>22348.393</v>
+        <v>29622.896000000001</v>
       </c>
       <c r="F45" s="72">
-        <v>4.6501896042557238</v>
+        <v>4.8554253547678163</v>
       </c>
       <c r="G45" s="70">
-        <v>102.015</v>
+        <v>117.387</v>
       </c>
       <c r="H45" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I45" s="71">
-        <v>25011.079000000002</v>
+        <v>33638.446000000004</v>
       </c>
       <c r="J45" s="72">
-        <v>4.8275319521684068</v>
+        <v>5.130655908231522</v>
       </c>
       <c r="K45" s="85">
-        <v>1.7809039209817383</v>
+        <v>22.312525397768123</v>
       </c>
       <c r="L45" s="74">
-        <v>11.914440559551648</v>
+        <v>13.555561886994447</v>
       </c>
     </row>
     <row r="46" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A46" s="68"/>
       <c r="B46" s="83" t="s">
         <v>57</v>
       </c>
       <c r="C46" s="70">
-        <v>81.884</v>
+        <v>101.063</v>
       </c>
       <c r="D46" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E46" s="71">
-        <v>19122.714</v>
+        <v>23774.429</v>
       </c>
       <c r="F46" s="72">
-        <v>3.978999557057878</v>
+        <v>3.8968156712877522</v>
       </c>
       <c r="G46" s="70">
-        <v>75.361000000000004</v>
+        <v>93.844999999999999</v>
       </c>
       <c r="H46" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I46" s="71">
-        <v>18714.074000000001</v>
+        <v>23264.185000000001</v>
       </c>
       <c r="J46" s="72">
-        <v>3.6121108645590234</v>
+        <v>3.5483365735872918</v>
       </c>
       <c r="K46" s="85">
-        <v>-7.9661472326706022</v>
+        <v>-7.1420796928648498</v>
       </c>
       <c r="L46" s="74">
-        <v>-2.1369351651653599</v>
+        <v>-2.1461882428385506</v>
       </c>
     </row>
     <row r="47" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A47" s="68"/>
       <c r="B47" s="83" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C47" s="70">
-        <v>54.807000000000002</v>
+        <v>124.11</v>
       </c>
       <c r="D47" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E47" s="71">
-        <v>13648.03</v>
+        <v>27878.544000000002</v>
       </c>
       <c r="F47" s="72">
-        <v>2.8398429911524401</v>
+        <v>4.5695123593456284</v>
       </c>
       <c r="G47" s="70">
-        <v>50.05</v>
+        <v>127.873</v>
       </c>
       <c r="H47" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I47" s="71">
-        <v>13999.298000000001</v>
+        <v>31496.909</v>
       </c>
       <c r="J47" s="72">
-        <v>2.7020848801815895</v>
+        <v>4.8040210374724372</v>
       </c>
       <c r="K47" s="85">
-        <v>-8.6795482328899674</v>
+        <v>3.0319877527999397</v>
       </c>
       <c r="L47" s="74">
-        <v>2.5737633929585444</v>
+        <v>12.979031473092704</v>
       </c>
     </row>
     <row r="48" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A48" s="68"/>
       <c r="B48" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C48" s="70">
-        <v>814.94399999999996</v>
+        <v>980.51299999999992</v>
       </c>
       <c r="D48" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E48" s="71">
-        <v>173936.71799999996</v>
+        <v>201135.978</v>
       </c>
       <c r="F48" s="72">
-        <v>36.192254084754964</v>
+        <v>32.967766802314728</v>
       </c>
       <c r="G48" s="70">
-        <v>624.24099999999999</v>
+        <v>709.60399999999981</v>
       </c>
       <c r="H48" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I48" s="71">
-        <v>175334.81900000002</v>
+        <v>199668.51800000004</v>
       </c>
       <c r="J48" s="72">
-        <v>33.842380052862346</v>
+        <v>30.454155390071591</v>
       </c>
       <c r="K48" s="85">
-        <v>-23.40074900852083</v>
+        <v>-27.629312410952238</v>
       </c>
       <c r="L48" s="74">
-        <v>0.80379865509481074</v>
+        <v>-0.72958603159498536</v>
       </c>
     </row>
     <row r="49" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A49" s="76"/>
       <c r="B49" s="39" t="s">
         <v>66</v>
       </c>
       <c r="C49" s="77">
-        <v>276.26900000000001</v>
+        <v>359.96899999999999</v>
       </c>
       <c r="D49" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E49" s="79">
-        <v>58562.500999999997</v>
+        <v>77197.081999999995</v>
       </c>
       <c r="F49" s="80">
-        <v>12.185517470961576</v>
+        <v>12.653208155505464</v>
       </c>
       <c r="G49" s="77">
-        <v>251.31800000000001</v>
+        <v>330.83699999999999</v>
       </c>
       <c r="H49" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I49" s="79">
-        <v>56740.459000000003</v>
+        <v>75040.255999999994</v>
       </c>
       <c r="J49" s="80">
-        <v>10.95180175166379</v>
+        <v>11.445407817043803</v>
       </c>
       <c r="K49" s="81">
-        <v>-9.0314150338981189</v>
+        <v>-8.092919112479132</v>
       </c>
       <c r="L49" s="82">
-        <v>-3.1112776416430612</v>
+        <v>-2.7939216666246542</v>
       </c>
     </row>
     <row r="50" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A50" s="68"/>
       <c r="B50" s="83" t="s">
         <v>51</v>
       </c>
       <c r="C50" s="70">
-        <v>37.823</v>
+        <v>54.3</v>
       </c>
       <c r="D50" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E50" s="71">
-        <v>8760.5580000000009</v>
+        <v>12697.031000000001</v>
       </c>
       <c r="F50" s="72">
-        <v>1.822871816290295</v>
+        <v>2.0811431214447422</v>
       </c>
       <c r="G50" s="70">
-        <v>41.576999999999998</v>
+        <v>62.064999999999998</v>
       </c>
       <c r="H50" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I50" s="71">
-        <v>9906.4789999999994</v>
+        <v>15085.316999999999</v>
       </c>
       <c r="J50" s="72">
-        <v>1.9121063871728732</v>
+        <v>2.3008664191441963</v>
       </c>
       <c r="K50" s="85">
-        <v>9.9251778018665835</v>
+        <v>14.300184162062617</v>
       </c>
       <c r="L50" s="74">
-        <v>13.08045674716152</v>
+        <v>18.8097989207083</v>
       </c>
     </row>
     <row r="51" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A51" s="68"/>
       <c r="B51" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C51" s="70">
-        <v>32.029000000000003</v>
+        <v>38.866</v>
       </c>
       <c r="D51" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E51" s="71">
-        <v>6622.8180000000002</v>
+        <v>8917.7060000000001</v>
       </c>
       <c r="F51" s="72">
-        <v>1.3780570000929231</v>
+        <v>1.4616820657495837</v>
       </c>
       <c r="G51" s="70">
-        <v>16.827999999999999</v>
+        <v>22.407</v>
       </c>
       <c r="H51" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I51" s="71">
-        <v>6676.3370000000004</v>
+        <v>8935.5409999999993</v>
       </c>
       <c r="J51" s="72">
-        <v>1.2886381347619653</v>
+        <v>1.3628806225143395</v>
       </c>
       <c r="K51" s="85">
-        <v>-47.460114271441512</v>
+        <v>-42.348067719857973</v>
       </c>
       <c r="L51" s="74">
-        <v>0.8081001168988825</v>
+        <v>0.19999537997775579</v>
       </c>
     </row>
     <row r="52" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A52" s="68"/>
       <c r="B52" s="83" t="s">
         <v>65</v>
       </c>
       <c r="C52" s="70">
-        <v>11.26</v>
+        <v>11.46</v>
       </c>
       <c r="D52" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E52" s="71">
-        <v>1684.0419999999999</v>
+        <v>1888.213</v>
       </c>
       <c r="F52" s="72">
-        <v>0.35041063585780047</v>
+        <v>0.30949294341114392</v>
       </c>
       <c r="G52" s="70">
-        <v>0.46</v>
+        <v>0.67500000000000004</v>
       </c>
       <c r="H52" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I52" s="71">
-        <v>713.1</v>
+        <v>959.25800000000004</v>
       </c>
       <c r="J52" s="72">
-        <v>0.13763952507172086</v>
+        <v>0.14630945571083612</v>
       </c>
       <c r="K52" s="85">
-        <v>-95.914742451154524</v>
+        <v>-94.109947643979055</v>
       </c>
       <c r="L52" s="74">
-        <v>-57.655450398505494</v>
+        <v>-49.197574638030773</v>
       </c>
     </row>
     <row r="53" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A53" s="68"/>
       <c r="B53" s="83" t="s">
         <v>54</v>
       </c>
       <c r="C53" s="70">
-        <v>0.94899999999999995</v>
+        <v>1.2589999999999999</v>
       </c>
       <c r="D53" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E53" s="71">
-        <v>1369.6320000000001</v>
+        <v>1780.354</v>
       </c>
       <c r="F53" s="72">
-        <v>0.28498910360382401</v>
+        <v>0.29181400603311375</v>
       </c>
       <c r="G53" s="70">
-        <v>4.556</v>
+        <v>5.93</v>
       </c>
       <c r="H53" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I53" s="71">
-        <v>1885.86</v>
+        <v>2376.848</v>
       </c>
       <c r="J53" s="72">
-        <v>0.3640006657576153</v>
+        <v>0.36252534478460374</v>
       </c>
       <c r="K53" s="85">
-        <v>380.08429926238148</v>
+        <v>371.00873709293086</v>
       </c>
       <c r="L53" s="74">
-        <v>37.691000210275448</v>
+        <v>33.504235674478217</v>
       </c>
     </row>
     <row r="54" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A54" s="68"/>
       <c r="B54" s="83" t="s">
         <v>72</v>
       </c>
       <c r="C54" s="70">
-        <v>1.5109999999999999</v>
+        <v>2.7229999999999999</v>
       </c>
       <c r="D54" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E54" s="71">
-        <v>676.01</v>
+        <v>1081.7070000000001</v>
       </c>
       <c r="F54" s="72">
-        <v>0.14066222454441854</v>
+        <v>0.17730027456565459</v>
       </c>
       <c r="G54" s="70">
-        <v>1.403</v>
+        <v>2.52</v>
       </c>
       <c r="H54" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I54" s="71">
-        <v>883.67499999999995</v>
+        <v>1269.9970000000001</v>
       </c>
       <c r="J54" s="72">
-        <v>0.1705631851321735</v>
+        <v>0.19370447765293047</v>
       </c>
       <c r="K54" s="85">
-        <v>-7.147584381204493</v>
+        <v>-7.4550128534704312</v>
       </c>
       <c r="L54" s="74">
-        <v>30.71922012987973</v>
+        <v>17.406746928696954</v>
       </c>
     </row>
     <row r="55" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A55" s="68"/>
       <c r="B55" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C55" s="70">
-        <v>192.697</v>
+        <v>251.36099999999999</v>
       </c>
       <c r="D55" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E55" s="71">
-        <v>39449.440999999992</v>
+        <v>50832.070999999996</v>
       </c>
       <c r="F55" s="72">
-        <v>8.2085266905723149</v>
+        <v>8.3317757443012255</v>
       </c>
       <c r="G55" s="70">
-        <v>186.49400000000003</v>
+        <v>237.24</v>
       </c>
       <c r="H55" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I55" s="71">
-        <v>36675.008000000002</v>
+        <v>46413.294999999998</v>
       </c>
       <c r="J55" s="72">
-        <v>7.0788538537674421</v>
+        <v>7.0791214972368977</v>
       </c>
       <c r="K55" s="85">
-        <v>-3.2190433686045834</v>
+        <v>-5.6178166063947792</v>
       </c>
       <c r="L55" s="74">
-        <v>-7.0328829247542206</v>
+        <v>-8.6928899670446214</v>
       </c>
     </row>
     <row r="56" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A56" s="76">
         <v>4412</v>
       </c>
       <c r="B56" s="39" t="s">
         <v>30</v>
       </c>
       <c r="C56" s="77">
-        <v>189.292</v>
+        <v>243.43899999999999</v>
       </c>
       <c r="D56" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E56" s="79">
-        <v>210228.79300000001</v>
+        <v>270859.45299999998</v>
       </c>
       <c r="F56" s="80">
         <v>100</v>
       </c>
       <c r="G56" s="77">
-        <v>197.262</v>
+        <v>254.626</v>
       </c>
       <c r="H56" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I56" s="79">
-        <v>219358.21299999999</v>
+        <v>282735.41899999999</v>
       </c>
       <c r="J56" s="80">
         <v>100</v>
       </c>
       <c r="K56" s="81">
-        <v>4.2104262198085491</v>
+        <v>4.5954017228135235</v>
       </c>
       <c r="L56" s="82">
-        <v>4.342611623137647</v>
+        <v>4.3845492075183419</v>
       </c>
     </row>
     <row r="57" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A57" s="76"/>
       <c r="B57" s="83" t="s">
         <v>53</v>
       </c>
       <c r="C57" s="70">
-        <v>30.844999999999999</v>
+        <v>38.741999999999997</v>
       </c>
       <c r="D57" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E57" s="71">
-        <v>34352.684999999998</v>
+        <v>43378.972999999998</v>
       </c>
       <c r="F57" s="72">
-        <v>16.340618480362011</v>
+        <v>16.015307023454707</v>
       </c>
       <c r="G57" s="70">
-        <v>27.466999999999999</v>
+        <v>36.247999999999998</v>
       </c>
       <c r="H57" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I57" s="71">
-        <v>30662.522000000001</v>
+        <v>40434.497000000003</v>
       </c>
       <c r="J57" s="72">
-        <v>13.978287651349532</v>
+        <v>14.30117851630043</v>
       </c>
       <c r="K57" s="85">
-        <v>-10.951531852812451</v>
+        <v>-6.437458055856693</v>
       </c>
       <c r="L57" s="74">
-        <v>-10.741992947567264</v>
+        <v>-6.7877955524673101</v>
       </c>
     </row>
     <row r="58" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A58" s="76"/>
       <c r="B58" s="83" t="s">
         <v>51</v>
       </c>
       <c r="C58" s="70">
-        <v>16.597000000000001</v>
+        <v>21.994</v>
       </c>
       <c r="D58" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E58" s="71">
-        <v>20455.759999999998</v>
+        <v>26941.225999999999</v>
       </c>
       <c r="F58" s="72">
-        <v>9.7302370945924608</v>
+        <v>9.9465703343940532</v>
       </c>
       <c r="G58" s="70">
-        <v>15.903</v>
+        <v>21.472000000000001</v>
       </c>
       <c r="H58" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I58" s="71">
-        <v>19624.620999999999</v>
+        <v>26205.682000000001</v>
       </c>
       <c r="J58" s="72">
-        <v>8.9463807767252366</v>
+        <v>9.2686236809969689</v>
       </c>
       <c r="K58" s="85">
-        <v>-4.1814785804663535</v>
+        <v>-2.3733745566972742</v>
       </c>
       <c r="L58" s="74">
-        <v>-4.0631049640785744</v>
+        <v>-2.7301801335989611</v>
       </c>
     </row>
     <row r="59" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A59" s="76"/>
       <c r="B59" s="83" t="s">
         <v>68</v>
       </c>
       <c r="C59" s="70">
-        <v>11.827999999999999</v>
+        <v>15.029</v>
       </c>
       <c r="D59" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E59" s="71">
-        <v>11629.799000000001</v>
+        <v>14769.677</v>
       </c>
       <c r="F59" s="72">
-        <v>5.5319724924644369</v>
+        <v>5.4528933129020238</v>
       </c>
       <c r="G59" s="70">
-        <v>11.913</v>
+        <v>15.315</v>
       </c>
       <c r="H59" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I59" s="71">
-        <v>12301.132</v>
+        <v>15947.641</v>
       </c>
       <c r="J59" s="72">
-        <v>5.6077827366327062</v>
+        <v>5.6404822064405025</v>
       </c>
       <c r="K59" s="85">
-        <v>0.71863375042273303</v>
+        <v>1.9029875573890451</v>
       </c>
       <c r="L59" s="74">
-        <v>5.7725245294437046</v>
+        <v>7.975556946844538</v>
       </c>
     </row>
     <row r="60" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A60" s="76"/>
       <c r="B60" s="83" t="s">
         <v>59</v>
       </c>
       <c r="C60" s="70">
-        <v>11.281000000000001</v>
+        <v>13.888</v>
       </c>
       <c r="D60" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E60" s="71">
-        <v>13959.717000000001</v>
+        <v>17069.54</v>
       </c>
       <c r="F60" s="72">
-        <v>6.6402497968011449</v>
+        <v>6.3019916089101757</v>
       </c>
       <c r="G60" s="70">
-        <v>9.5109999999999992</v>
+        <v>11.539</v>
       </c>
       <c r="H60" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I60" s="71">
-        <v>11321.355</v>
+        <v>13762.398999999999</v>
       </c>
       <c r="J60" s="72">
-        <v>5.1611265633350145</v>
+        <v>4.8675892990966227</v>
       </c>
       <c r="K60" s="85">
-        <v>-15.690098395532322</v>
+        <v>-16.913882488479263</v>
       </c>
       <c r="L60" s="74">
-        <v>-18.89982440188437</v>
+        <v>-19.374517415232052</v>
       </c>
     </row>
     <row r="61" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A61" s="76"/>
       <c r="B61" s="83" t="s">
         <v>60</v>
       </c>
       <c r="C61" s="70">
-        <v>15.093</v>
+        <v>19.239999999999998</v>
       </c>
       <c r="D61" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E61" s="71">
-        <v>13027.216</v>
+        <v>16766.03</v>
       </c>
       <c r="F61" s="72">
-        <v>6.196684961226981</v>
+        <v>6.1899371848764684</v>
       </c>
       <c r="G61" s="70">
-        <v>20.521000000000001</v>
+        <v>25.966000000000001</v>
       </c>
       <c r="H61" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I61" s="71">
-        <v>16529.113000000001</v>
+        <v>21255.199000000001</v>
       </c>
       <c r="J61" s="72">
-        <v>7.535215013809399</v>
+        <v>7.5176994361643805</v>
       </c>
       <c r="K61" s="85">
-        <v>35.963691777645273</v>
+        <v>34.958419958419974</v>
       </c>
       <c r="L61" s="74">
-        <v>26.88139200271187</v>
+        <v>26.775384512612714</v>
       </c>
     </row>
     <row r="62" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A62" s="68"/>
       <c r="B62" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C62" s="70">
-        <v>103.648</v>
+        <v>134.54599999999999</v>
       </c>
       <c r="D62" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E62" s="71">
-        <v>116803.61600000001</v>
+        <v>151934.00699999998</v>
       </c>
       <c r="F62" s="72">
-        <v>55.560237174552967</v>
+        <v>56.093300535462575</v>
       </c>
       <c r="G62" s="70">
-        <v>111.947</v>
+        <v>144.08600000000001</v>
       </c>
       <c r="H62" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I62" s="71">
-        <v>128919.47</v>
+        <v>165130.00099999999</v>
       </c>
       <c r="J62" s="72">
-        <v>58.771207258148117</v>
+        <v>58.404426861001099</v>
       </c>
       <c r="K62" s="85">
-        <v>8.0069079962951601</v>
+        <v>7.0905117952224677</v>
       </c>
       <c r="L62" s="74">
-        <v>10.372841539426306</v>
+        <v>8.6853458686178193</v>
       </c>
     </row>
     <row r="63" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A63" s="61" t="s">
         <v>69</v>
       </c>
       <c r="B63" s="61" t="s">
         <v>43</v>
       </c>
       <c r="C63" s="62" t="s">
         <v>74</v>
       </c>
       <c r="D63" s="63"/>
       <c r="E63" s="63">
-        <v>108219.019</v>
+        <v>140727.478</v>
       </c>
       <c r="F63" s="64">
         <v>100</v>
       </c>
       <c r="G63" s="62" t="s">
         <v>74</v>
       </c>
       <c r="H63" s="63"/>
       <c r="I63" s="63">
-        <v>114339.36500000001</v>
+        <v>149217.878</v>
       </c>
       <c r="J63" s="64">
         <v>100</v>
       </c>
       <c r="K63" s="65" t="s">
         <v>74</v>
       </c>
       <c r="L63" s="66">
-        <v>5.6555179085480392</v>
+        <v>6.033221173763943</v>
       </c>
     </row>
     <row r="64" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A64" s="68"/>
       <c r="B64" s="69" t="s">
         <v>56</v>
       </c>
       <c r="C64" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D64" s="71"/>
       <c r="E64" s="71">
-        <v>29449.381000000001</v>
+        <v>38546.311000000002</v>
       </c>
       <c r="F64" s="72">
-        <v>27.212759154654691</v>
+        <v>27.390749516594052</v>
       </c>
       <c r="G64" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H64" s="71"/>
       <c r="I64" s="71">
-        <v>31540.988000000001</v>
+        <v>41077.332000000002</v>
       </c>
       <c r="J64" s="72">
-        <v>27.585414699478171</v>
+        <v>27.528425246738866</v>
       </c>
       <c r="K64" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L64" s="74">
-        <v>7.1023801824561268</v>
+        <v>6.5661821698060825</v>
       </c>
     </row>
     <row r="65" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A65" s="68"/>
       <c r="B65" s="69" t="s">
         <v>53</v>
       </c>
       <c r="C65" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D65" s="71"/>
       <c r="E65" s="71">
-        <v>11494.517</v>
+        <v>15197.031000000001</v>
       </c>
       <c r="F65" s="72">
-        <v>10.621531322511803</v>
+        <v>10.798908085313659</v>
       </c>
       <c r="G65" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H65" s="71"/>
       <c r="I65" s="71">
-        <v>11080.322</v>
+        <v>15367.816999999999</v>
       </c>
       <c r="J65" s="72">
-        <v>9.6907324961967376</v>
+        <v>10.298911367711582</v>
       </c>
       <c r="K65" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L65" s="74">
-        <v>-3.6034136971566504</v>
+        <v>1.1238116182035705</v>
       </c>
     </row>
     <row r="66" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A66" s="68"/>
       <c r="B66" s="69" t="s">
         <v>54</v>
       </c>
       <c r="C66" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D66" s="71"/>
       <c r="E66" s="71">
-        <v>10148.385</v>
+        <v>12432.593999999999</v>
       </c>
       <c r="F66" s="72">
-        <v>9.3776353674024708</v>
+        <v>8.8345177336298164</v>
       </c>
       <c r="G66" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H66" s="71"/>
       <c r="I66" s="71">
-        <v>10157.471</v>
+        <v>12743.36</v>
       </c>
       <c r="J66" s="72">
-        <v>8.8836167666315085</v>
+        <v>8.5401026812618266</v>
       </c>
       <c r="K66" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L66" s="74">
-        <v>8.9531487029703052E-2</v>
+        <v>2.4996070811932043</v>
       </c>
     </row>
     <row r="67" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A67" s="94"/>
       <c r="B67" s="69" t="s">
         <v>51</v>
       </c>
       <c r="C67" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D67" s="71"/>
       <c r="E67" s="71">
-        <v>6801.2950000000001</v>
+        <v>8983.6779999999999</v>
       </c>
       <c r="F67" s="72">
-        <v>6.2847501879498653</v>
+        <v>6.3837412051113436</v>
       </c>
       <c r="G67" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H67" s="71"/>
       <c r="I67" s="71">
-        <v>8001.0969999999998</v>
+        <v>10394.234</v>
       </c>
       <c r="J67" s="72">
-        <v>6.997674860272312</v>
+        <v>6.9658100887884231</v>
       </c>
       <c r="K67" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L67" s="74">
-        <v>17.640787526493114</v>
+        <v>15.701319659943294</v>
       </c>
     </row>
     <row r="68" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A68" s="94"/>
       <c r="B68" s="69" t="s">
         <v>59</v>
       </c>
       <c r="C68" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D68" s="71"/>
       <c r="E68" s="71">
-        <v>9155.0939999999991</v>
+        <v>10897.754000000001</v>
       </c>
       <c r="F68" s="72">
-        <v>8.459782840944067</v>
+        <v>7.7438707456975822</v>
       </c>
       <c r="G68" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H68" s="71"/>
       <c r="I68" s="71">
-        <v>8354.0840000000007</v>
+        <v>9930.9959999999992</v>
       </c>
       <c r="J68" s="72">
-        <v>7.3063935592085896</v>
+        <v>6.6553660547297149</v>
       </c>
       <c r="K68" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L68" s="74">
-        <v>-8.7493367080665525</v>
+        <v>-8.8711673983464987</v>
       </c>
     </row>
     <row r="69" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A69" s="95"/>
       <c r="B69" s="96" t="s">
         <v>61</v>
       </c>
       <c r="C69" s="97" t="s">
         <v>74</v>
       </c>
       <c r="D69" s="98"/>
       <c r="E69" s="98">
-        <v>41170.346999999994</v>
+        <v>54670.11</v>
       </c>
       <c r="F69" s="99">
-        <v>38.043541126537093</v>
+        <v>38.848212713653545</v>
       </c>
       <c r="G69" s="97" t="s">
         <v>74</v>
       </c>
       <c r="H69" s="98"/>
       <c r="I69" s="98">
-        <v>45205.403000000006</v>
+        <v>59704.138999999996</v>
       </c>
       <c r="J69" s="99">
-        <v>39.53616761821268</v>
+        <v>40.011384560769585</v>
       </c>
       <c r="K69" s="100" t="s">
         <v>74</v>
       </c>
       <c r="L69" s="101">
-        <v>9.8008792590453808</v>
+        <v>9.2080096418316977</v>
       </c>
     </row>
     <row r="71" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="L71" s="3" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:F4"/>
     <mergeCell ref="G4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="G5:H5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A33961D3-2922-40AB-86A0-8E652E75B414}">
   <dimension ref="A1:M48"/>
   <sheetViews>
     <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
       <selection activeCell="M43" sqref="M43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="24.08984375" customWidth="1"/>
     <col min="2" max="2" width="55.36328125" customWidth="1"/>
     <col min="3" max="3" width="11.36328125" customWidth="1"/>
     <col min="4" max="4" width="5.453125" customWidth="1"/>
     <col min="5" max="5" width="16.08984375" customWidth="1"/>
     <col min="6" max="6" width="10.08984375" customWidth="1"/>
     <col min="7" max="7" width="11.08984375" customWidth="1"/>
     <col min="8" max="8" width="6" customWidth="1"/>
     <col min="9" max="9" width="16.453125" customWidth="1"/>
     <col min="10" max="10" width="11.453125" customWidth="1"/>
     <col min="11" max="11" width="11" customWidth="1"/>
     <col min="12" max="12" width="11.6328125" customWidth="1"/>
@@ -5426,57 +5434,57 @@
       <c r="M2" s="3"/>
     </row>
     <row r="3" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
       <c r="H3" s="5"/>
       <c r="I3" s="5"/>
       <c r="J3" s="5"/>
       <c r="K3" s="5"/>
       <c r="L3" s="6"/>
       <c r="M3" s="3"/>
     </row>
     <row r="4" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="107" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="109" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="111" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D4" s="112"/>
       <c r="E4" s="112"/>
       <c r="F4" s="113"/>
       <c r="G4" s="111" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H4" s="112"/>
       <c r="I4" s="112"/>
       <c r="J4" s="113"/>
       <c r="K4" s="114" t="s">
         <v>81</v>
       </c>
       <c r="L4" s="115"/>
       <c r="M4" s="7"/>
     </row>
     <row r="5" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="108"/>
       <c r="B5" s="110"/>
       <c r="C5" s="114" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="115"/>
       <c r="E5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G5" s="114" t="s">
         <v>3</v>
@@ -5486,1437 +5494,1437 @@
         <v>4</v>
       </c>
       <c r="J5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K5" s="10" t="s">
         <v>6</v>
       </c>
       <c r="L5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="M5" s="7"/>
     </row>
     <row r="6" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="11">
         <v>3605</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="13" t="s">
         <v>74</v>
       </c>
       <c r="D6" s="14"/>
       <c r="E6" s="14">
-        <v>123.276</v>
+        <v>179.03899999999999</v>
       </c>
       <c r="F6" s="14">
-        <v>2.1516511541018451E-2</v>
+        <v>2.4082308182795834E-2</v>
       </c>
       <c r="G6" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H6" s="16"/>
       <c r="I6" s="16">
-        <v>142.66300000000001</v>
+        <v>154.06</v>
       </c>
       <c r="J6" s="17">
-        <v>2.3141084101111386E-2</v>
+        <v>1.9522667930543355E-2</v>
       </c>
       <c r="K6" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L6" s="17">
-        <v>15.726499886433706</v>
+        <v>-13.95170884555878</v>
       </c>
       <c r="M6" s="18"/>
     </row>
     <row r="7" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="11">
         <v>44</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D7" s="16"/>
       <c r="E7" s="16">
-        <v>309191.57900000003</v>
+        <v>402439.484</v>
       </c>
       <c r="F7" s="16">
-        <v>53.966093789052358</v>
+        <v>54.131623158157353</v>
       </c>
       <c r="G7" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H7" s="16"/>
       <c r="I7" s="16">
-        <v>357381.59600000002</v>
+        <v>452795.93099999998</v>
       </c>
       <c r="J7" s="17">
-        <v>57.970164438049196</v>
+        <v>57.378843315683639</v>
       </c>
       <c r="K7" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L7" s="17">
-        <v>15.585811604526262</v>
+        <v>12.512799812654563</v>
       </c>
       <c r="M7" s="18"/>
     </row>
     <row r="8" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="19">
         <v>4401</v>
       </c>
       <c r="B8" s="20" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="21">
-        <v>255.230346</v>
+        <v>345.80684500000001</v>
       </c>
       <c r="D8" s="22" t="s">
         <v>75</v>
       </c>
       <c r="E8" s="23">
-        <v>27523.22</v>
+        <v>37272.057000000001</v>
       </c>
       <c r="F8" s="23">
-        <v>4.8038846229273329</v>
+        <v>5.0134169833429185</v>
       </c>
       <c r="G8" s="21">
-        <v>297.45352000000003</v>
+        <v>385.89190000000002</v>
       </c>
       <c r="H8" s="22" t="s">
         <v>75</v>
       </c>
       <c r="I8" s="23">
-        <v>28468.516</v>
+        <v>36616.540999999997</v>
       </c>
       <c r="J8" s="23">
-        <v>4.6178218808649412</v>
+        <v>4.6400919817481885</v>
       </c>
       <c r="K8" s="21">
-        <v>16.543163719254615</v>
+        <v>11.591747121142154</v>
       </c>
       <c r="L8" s="24">
-        <v>3.4345399993169345</v>
+        <v>-1.7587330905831231</v>
       </c>
       <c r="M8" s="25"/>
     </row>
     <row r="9" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="26">
         <v>44011</v>
       </c>
       <c r="B9" s="27" t="s">
         <v>79</v>
       </c>
       <c r="C9" s="37">
-        <v>13.529973999999999</v>
+        <v>18.912127999999999</v>
       </c>
       <c r="D9" s="102" t="s">
         <v>75</v>
       </c>
       <c r="E9" s="31">
-        <v>1139.1400000000001</v>
+        <v>1554.9290000000001</v>
       </c>
       <c r="F9" s="31">
-        <v>0.19882474250329149</v>
+        <v>0.20915152218436511</v>
       </c>
       <c r="G9" s="37">
-        <v>14.675475</v>
+        <v>18.178246999999999</v>
       </c>
       <c r="H9" s="102" t="s">
         <v>75</v>
       </c>
       <c r="I9" s="31">
-        <v>1151.7049999999999</v>
+        <v>1471.788</v>
       </c>
       <c r="J9" s="31">
-        <v>0.18681579852288599</v>
+        <v>0.1865067401542162</v>
       </c>
       <c r="K9" s="37">
-        <v>8.4663946878242431</v>
+        <v>-3.8804781778126727</v>
       </c>
       <c r="L9" s="32">
-        <v>1.1030250891022899</v>
+        <v>-5.3469322393498402</v>
       </c>
       <c r="M9" s="25"/>
     </row>
     <row r="10" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="26">
         <v>44012</v>
       </c>
       <c r="B10" s="27" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="37">
-        <v>32.734963999999998</v>
+        <v>38.208441999999998</v>
       </c>
       <c r="D10" s="102" t="s">
         <v>75</v>
       </c>
       <c r="E10" s="31">
-        <v>3080.634</v>
+        <v>3754.8620000000001</v>
       </c>
       <c r="F10" s="31">
-        <v>0.53769182172242636</v>
+        <v>0.50506171207317474</v>
       </c>
       <c r="G10" s="37">
-        <v>49.470084999999997</v>
+        <v>63.045850000000002</v>
       </c>
       <c r="H10" s="102" t="s">
         <v>75</v>
       </c>
       <c r="I10" s="31">
-        <v>4078.4810000000002</v>
+        <v>5186.1989999999996</v>
       </c>
       <c r="J10" s="31">
-        <v>0.66156236603593688</v>
+        <v>0.65720135595687412</v>
       </c>
       <c r="K10" s="37">
-        <v>51.123077453208744</v>
+        <v>65.005026899552732</v>
       </c>
       <c r="L10" s="32">
-        <v>32.390962379821822</v>
+        <v>38.119563382089659</v>
       </c>
       <c r="M10" s="25"/>
     </row>
     <row r="11" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="26">
         <v>440131</v>
       </c>
       <c r="B11" s="27" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="37">
-        <v>73.150715000000005</v>
+        <v>94.930600999999996</v>
       </c>
       <c r="D11" s="102" t="s">
         <v>75</v>
       </c>
       <c r="E11" s="31">
-        <v>12780.88</v>
+        <v>16307.281000000001</v>
       </c>
       <c r="F11" s="31">
-        <v>2.2307663456339588</v>
+        <v>2.1934716272178187</v>
       </c>
       <c r="G11" s="37">
-        <v>83.409818999999999</v>
+        <v>105.868118</v>
       </c>
       <c r="H11" s="102" t="s">
         <v>75</v>
       </c>
       <c r="I11" s="31">
-        <v>14530.234</v>
+        <v>18596.887999999999</v>
       </c>
       <c r="J11" s="31">
-        <v>2.3569206241480138</v>
+        <v>2.3566199465500879</v>
       </c>
       <c r="K11" s="37">
-        <v>14.02461206291694</v>
+        <v>11.521592494710953</v>
       </c>
       <c r="L11" s="32">
-        <v>13.687273489775361</v>
+        <v>14.040397047184003</v>
       </c>
       <c r="M11" s="25"/>
     </row>
     <row r="12" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="26" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="27" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="37">
-        <v>135.81469300000001</v>
+        <v>193.755674</v>
       </c>
       <c r="D12" s="102" t="s">
         <v>75</v>
       </c>
       <c r="E12" s="31">
-        <v>10522.566000000001</v>
+        <v>15654.985000000001</v>
       </c>
       <c r="F12" s="31">
-        <v>1.836601713067656</v>
+        <v>2.1057321218675602</v>
       </c>
       <c r="G12" s="37">
-        <v>149.89814100000001</v>
+        <v>198.79968500000001</v>
       </c>
       <c r="H12" s="102" t="s">
         <v>75</v>
       </c>
       <c r="I12" s="31">
-        <v>8708.0959999999995</v>
+        <v>11361.665999999999</v>
       </c>
       <c r="J12" s="31">
-        <v>1.4125230921581045</v>
+        <v>1.4397639390870103</v>
       </c>
       <c r="K12" s="37">
-        <v>10.369605591936953</v>
+        <v>2.6032842785290571</v>
       </c>
       <c r="L12" s="32">
-        <v>-17.243607690367551</v>
+        <v>-27.424612671299275</v>
       </c>
       <c r="M12" s="25"/>
     </row>
     <row r="13" spans="1:13" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="19">
         <v>4402</v>
       </c>
       <c r="B13" s="20" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="21">
-        <v>1.626233</v>
+        <v>1.7674650000000001</v>
       </c>
       <c r="D13" s="22" t="s">
         <v>75</v>
       </c>
       <c r="E13" s="23">
-        <v>1589.8430000000001</v>
+        <v>1778.827</v>
       </c>
       <c r="F13" s="23">
-        <v>0.27749014615908529</v>
+        <v>0.23926775740413078</v>
       </c>
       <c r="G13" s="21">
-        <v>1.482575</v>
+        <v>1.6793229999999999</v>
       </c>
       <c r="H13" s="22" t="s">
         <v>75</v>
       </c>
       <c r="I13" s="23">
-        <v>1335.9290000000001</v>
+        <v>1502.1189999999999</v>
       </c>
       <c r="J13" s="23">
-        <v>0.21669841053471209</v>
+        <v>0.19035032084356648</v>
       </c>
       <c r="K13" s="21">
-        <v>-8.8337895000285975</v>
+        <v>-4.9869162897143742</v>
       </c>
       <c r="L13" s="24">
-        <v>-15.971010974039574</v>
+        <v>-15.555644253207316</v>
       </c>
       <c r="M13" s="18"/>
     </row>
     <row r="14" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="19">
         <v>4403</v>
       </c>
       <c r="B14" s="20" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="21">
-        <v>666.721</v>
+        <v>866.56500000000005</v>
       </c>
       <c r="D14" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E14" s="23">
-        <v>62032.612000000001</v>
+        <v>81424.527000000002</v>
       </c>
       <c r="F14" s="23">
-        <v>10.827131088107334</v>
+        <v>10.952309568598912</v>
       </c>
       <c r="G14" s="21">
-        <v>768.83100000000002</v>
+        <v>929.95299999999997</v>
       </c>
       <c r="H14" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I14" s="23">
-        <v>79983.712</v>
+        <v>95903.297999999995</v>
       </c>
       <c r="J14" s="24">
-        <v>12.974000309197702</v>
+        <v>12.152980918459969</v>
       </c>
       <c r="K14" s="23">
-        <v>15.315251806977734</v>
+        <v>7.3148580891219837</v>
       </c>
       <c r="L14" s="24">
-        <v>28.938165621657198</v>
+        <v>17.781830037526642</v>
       </c>
       <c r="M14" s="25"/>
     </row>
     <row r="15" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="26"/>
       <c r="B15" s="27" t="s">
         <v>16</v>
       </c>
       <c r="C15" s="37">
-        <v>391.23500000000001</v>
+        <v>514.173</v>
       </c>
       <c r="D15" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E15" s="31">
-        <v>39592.809000000001</v>
+        <v>52483.137000000002</v>
       </c>
       <c r="F15" s="31">
-        <v>6.9105027076627987</v>
+        <v>7.0594400082322561</v>
       </c>
       <c r="G15" s="37">
-        <v>460.78399999999999</v>
+        <v>553.18799999999999</v>
       </c>
       <c r="H15" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I15" s="31">
-        <v>52116.93</v>
+        <v>62379.237999999998</v>
       </c>
       <c r="J15" s="32">
-        <v>8.4537845147076318</v>
+        <v>7.9047718371694895</v>
       </c>
       <c r="K15" s="31">
-        <v>17.776783774457801</v>
+        <v>7.5879130176030225</v>
       </c>
       <c r="L15" s="32">
-        <v>31.632312322169408</v>
+        <v>18.855772664656069</v>
       </c>
       <c r="M15" s="25"/>
     </row>
     <row r="16" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="26"/>
       <c r="B16" s="27" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="37">
-        <v>385.00099999999998</v>
+        <v>499.66899999999998</v>
       </c>
       <c r="D16" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E16" s="31">
-        <v>38743.146999999997</v>
+        <v>50935.38</v>
       </c>
       <c r="F16" s="31">
-        <v>6.762203263902741</v>
+        <v>6.8512531826463245</v>
       </c>
       <c r="G16" s="37">
-        <v>456.084</v>
+        <v>546.99900000000002</v>
       </c>
       <c r="H16" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I16" s="31">
-        <v>51806.720000000001</v>
+        <v>61892.67</v>
       </c>
       <c r="J16" s="32">
-        <v>8.4034659619013272</v>
+        <v>7.8431133567746523</v>
       </c>
       <c r="K16" s="31">
-        <v>18.463068927093705</v>
+        <v>9.4722706431657837</v>
       </c>
       <c r="L16" s="32">
-        <v>33.718409606736401</v>
+        <v>21.512139499106517</v>
       </c>
       <c r="M16" s="25"/>
     </row>
     <row r="17" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="26"/>
       <c r="B17" s="27" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="37">
-        <v>6.234</v>
+        <v>14.504</v>
       </c>
       <c r="D17" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E17" s="31">
-        <v>849.66200000000003</v>
+        <v>1547.7570000000001</v>
       </c>
       <c r="F17" s="31">
-        <v>0.14829944376005724</v>
+        <v>0.20818682558593118</v>
       </c>
       <c r="G17" s="37">
-        <v>4.7</v>
+        <v>6.1890000000000001</v>
       </c>
       <c r="H17" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I17" s="31">
-        <v>310.20999999999998</v>
+        <v>486.56799999999998</v>
       </c>
       <c r="J17" s="32">
-        <v>5.0318552806304102E-2</v>
+        <v>6.1658480394837206E-2</v>
       </c>
       <c r="K17" s="31">
-        <v>-24.606993904395249</v>
+        <v>-57.329012686155544</v>
       </c>
       <c r="L17" s="32">
-        <v>-63.490187862938441</v>
+        <v>-68.563023782157018</v>
       </c>
       <c r="M17" s="25"/>
     </row>
     <row r="18" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="26"/>
       <c r="B18" s="27" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="37">
-        <v>275.48599999999999</v>
+        <v>352.392</v>
       </c>
       <c r="D18" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E18" s="31">
-        <v>22439.803</v>
+        <v>28941.39</v>
       </c>
       <c r="F18" s="31">
-        <v>3.9166283804445348</v>
+        <v>3.892869560366655</v>
       </c>
       <c r="G18" s="37">
-        <v>308.04700000000003</v>
+        <v>376.76499999999999</v>
       </c>
       <c r="H18" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I18" s="31">
-        <v>27866.781999999999</v>
+        <v>33524.06</v>
       </c>
       <c r="J18" s="32">
-        <v>4.5202157944900705</v>
+        <v>4.2482090812904802</v>
       </c>
       <c r="K18" s="31">
-        <v>11.819475399838844</v>
+        <v>6.9164453222547593</v>
       </c>
       <c r="L18" s="32">
-        <v>24.184610711600275</v>
+        <v>15.834312035462009</v>
       </c>
       <c r="M18" s="25"/>
     </row>
     <row r="19" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="26"/>
       <c r="B19" s="27" t="s">
         <v>17</v>
       </c>
       <c r="C19" s="37">
-        <v>223.83500000000001</v>
+        <v>271.25400000000002</v>
       </c>
       <c r="D19" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E19" s="31">
-        <v>18825.401000000002</v>
+        <v>23214.751</v>
       </c>
       <c r="F19" s="31">
-        <v>3.2857730448814069</v>
+        <v>3.1225866317889834</v>
       </c>
       <c r="G19" s="37">
-        <v>237.53</v>
+        <v>281.29000000000002</v>
       </c>
       <c r="H19" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I19" s="31">
-        <v>22850.565999999999</v>
+        <v>27193.161</v>
       </c>
       <c r="J19" s="32">
-        <v>3.7065452819861937</v>
+        <v>3.4459499687446606</v>
       </c>
       <c r="K19" s="31">
-        <v>6.1183461031563402</v>
+        <v>3.699853274053102</v>
       </c>
       <c r="L19" s="32">
-        <v>21.381563133768026</v>
+        <v>17.137422667165371</v>
       </c>
       <c r="M19" s="25"/>
     </row>
     <row r="20" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="26"/>
       <c r="B20" s="27" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="37">
-        <v>51.651000000000003</v>
+        <v>81.138000000000005</v>
       </c>
       <c r="D20" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E20" s="31">
-        <v>3614.402</v>
+        <v>5726.6390000000001</v>
       </c>
       <c r="F20" s="31">
-        <v>0.63085533556312801</v>
+        <v>0.77028292857767167</v>
       </c>
       <c r="G20" s="37">
-        <v>70.516999999999996</v>
+        <v>95.474999999999994</v>
       </c>
       <c r="H20" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I20" s="31">
-        <v>5016.2160000000003</v>
+        <v>6330.8990000000003</v>
       </c>
       <c r="J20" s="32">
-        <v>0.81367051250387668</v>
+        <v>0.80225911254582005</v>
       </c>
       <c r="K20" s="31">
-        <v>36.525914309500287</v>
+        <v>17.669895733195283</v>
       </c>
       <c r="L20" s="32">
-        <v>38.784119752036446</v>
+        <v>10.551738986864725</v>
       </c>
       <c r="M20" s="25"/>
     </row>
     <row r="21" spans="1:13" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="19">
         <v>4404</v>
       </c>
       <c r="B21" s="20" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="21">
-        <v>10.452885999999999</v>
+        <v>12.987135</v>
       </c>
       <c r="D21" s="22" t="s">
         <v>75</v>
       </c>
       <c r="E21" s="23">
-        <v>3861.027</v>
+        <v>4816.9089999999997</v>
       </c>
       <c r="F21" s="23">
-        <v>0.67390110001690395</v>
+        <v>0.64791630329974426</v>
       </c>
       <c r="G21" s="21">
-        <v>15.68988</v>
+        <v>20.212244999999999</v>
       </c>
       <c r="H21" s="36" t="s">
         <v>75</v>
       </c>
       <c r="I21" s="23">
-        <v>5471.4939999999997</v>
+        <v>7225.87</v>
       </c>
       <c r="J21" s="24">
-        <v>0.88752025972204662</v>
+        <v>0.91567091080926466</v>
       </c>
       <c r="K21" s="23">
-        <v>50.100938630728407</v>
+        <v>55.632824329615417</v>
       </c>
       <c r="L21" s="24">
-        <v>41.710845326903943</v>
+        <v>50.010515041907588</v>
       </c>
       <c r="M21" s="18"/>
     </row>
     <row r="22" spans="1:13" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="19">
         <v>4406</v>
       </c>
       <c r="B22" s="20" t="s">
         <v>21</v>
       </c>
       <c r="C22" s="21">
-        <v>0.58599999999999997</v>
+        <v>0.999</v>
       </c>
       <c r="D22" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E22" s="23">
-        <v>371.48200000000003</v>
+        <v>496.92</v>
       </c>
       <c r="F22" s="23">
-        <v>6.4838222689579617E-2</v>
+        <v>6.6840077202145382E-2</v>
       </c>
       <c r="G22" s="21">
-        <v>0.40799999999999997</v>
+        <v>0.46899999999999997</v>
       </c>
       <c r="H22" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I22" s="23">
-        <v>233.37700000000001</v>
+        <v>279.54500000000002</v>
       </c>
       <c r="J22" s="24">
-        <v>3.7855623281895595E-2</v>
+        <v>3.5424277597324048E-2</v>
       </c>
       <c r="K22" s="23">
-        <v>-30.375426621160411</v>
+        <v>-53.053053053053056</v>
       </c>
       <c r="L22" s="24">
-        <v>-37.176767649576561</v>
+        <v>-43.74446591000563</v>
       </c>
       <c r="M22" s="18"/>
     </row>
     <row r="23" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="19">
         <v>4407</v>
       </c>
       <c r="B23" s="20" t="s">
         <v>22</v>
       </c>
       <c r="C23" s="21">
-        <v>262.97899999999998</v>
+        <v>344.774</v>
       </c>
       <c r="D23" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E23" s="23">
-        <v>65802.627999999997</v>
+        <v>86030.558999999994</v>
       </c>
       <c r="F23" s="23">
-        <v>11.485147188352506</v>
+        <v>11.571861074828389</v>
       </c>
       <c r="G23" s="21">
-        <v>305.85599999999999</v>
+        <v>407.98599999999999</v>
       </c>
       <c r="H23" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I23" s="23">
-        <v>81215.635999999999</v>
+        <v>108388.261</v>
       </c>
       <c r="J23" s="24">
-        <v>13.173828273632612</v>
+        <v>13.735090400311977</v>
       </c>
       <c r="K23" s="23">
-        <v>16.304343692842398</v>
+        <v>18.334329154750645</v>
       </c>
       <c r="L23" s="24">
-        <v>23.423088816452744</v>
+        <v>25.988093370403426</v>
       </c>
       <c r="M23" s="25"/>
     </row>
     <row r="24" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="26">
         <v>44071</v>
       </c>
       <c r="B24" s="27" t="s">
         <v>23</v>
       </c>
       <c r="C24" s="37">
-        <v>248.74600000000001</v>
+        <v>326.33300000000003</v>
       </c>
       <c r="D24" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="31">
-        <v>59846.34</v>
+        <v>78613.846000000005</v>
       </c>
       <c r="F24" s="31">
-        <v>10.44554061859335</v>
+        <v>10.574248441997844</v>
       </c>
       <c r="G24" s="37">
-        <v>294.13</v>
+        <v>391.892</v>
       </c>
       <c r="H24" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I24" s="31">
-        <v>76297.418999999994</v>
+        <v>101908.061</v>
       </c>
       <c r="J24" s="32">
-        <v>12.376053985803841</v>
+        <v>12.913911686022045</v>
       </c>
       <c r="K24" s="31">
-        <v>18.245117509427281</v>
+        <v>20.089601725844446</v>
       </c>
       <c r="L24" s="32">
-        <v>27.488863980654454</v>
+        <v>29.631186089025586</v>
       </c>
       <c r="M24" s="25"/>
     </row>
     <row r="25" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="26" t="s">
         <v>24</v>
       </c>
       <c r="B25" s="27" t="s">
         <v>25</v>
       </c>
       <c r="C25" s="37">
-        <v>14.233000000000001</v>
+        <v>18.440999999999999</v>
       </c>
       <c r="D25" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E25" s="31">
-        <v>5956.2879999999996</v>
+        <v>7416.7129999999997</v>
       </c>
       <c r="F25" s="31">
-        <v>1.0396065697591557</v>
+        <v>0.99761263283054669</v>
       </c>
       <c r="G25" s="37">
-        <v>11.726000000000001</v>
+        <v>16.094000000000001</v>
       </c>
       <c r="H25" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I25" s="31">
-        <v>4918.2169999999996</v>
+        <v>6480.2</v>
       </c>
       <c r="J25" s="32">
-        <v>0.79777428782876936</v>
+        <v>0.82117871428993283</v>
       </c>
       <c r="K25" s="31">
-        <v>-17.613995643926085</v>
+        <v>-12.727075538202905</v>
       </c>
       <c r="L25" s="32">
-        <v>-17.428153239064329</v>
+        <v>-12.627062689361177</v>
       </c>
       <c r="M25" s="25"/>
     </row>
     <row r="26" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="19">
         <v>4408</v>
       </c>
       <c r="B26" s="20" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="21">
-        <v>89.278999999999996</v>
+        <v>114.01900000000001</v>
       </c>
       <c r="D26" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E26" s="23">
-        <v>29927.121999999999</v>
+        <v>38238.525000000001</v>
       </c>
       <c r="F26" s="23">
-        <v>5.2234600887639697</v>
+        <v>5.143415364839746</v>
       </c>
       <c r="G26" s="21">
-        <v>90.201999999999998</v>
+        <v>112.587</v>
       </c>
       <c r="H26" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I26" s="23">
-        <v>28294.597000000002</v>
+        <v>35547.396000000001</v>
       </c>
       <c r="J26" s="24">
-        <v>4.5896108225962857</v>
+        <v>4.5046086453558685</v>
       </c>
       <c r="K26" s="23">
-        <v>1.0338377445983959</v>
+        <v>-1.2559310290390215</v>
       </c>
       <c r="L26" s="24">
-        <v>-5.4550016536838992</v>
+        <v>-7.037742695357629</v>
       </c>
       <c r="M26" s="18"/>
     </row>
     <row r="27" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="19">
         <v>4409</v>
       </c>
       <c r="B27" s="20" t="s">
         <v>27</v>
       </c>
       <c r="C27" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D27" s="36"/>
       <c r="E27" s="23">
-        <v>6807.4579999999996</v>
+        <v>8817.1509999999998</v>
       </c>
       <c r="F27" s="23">
-        <v>1.1881692188422595</v>
+        <v>1.1859837670912288</v>
       </c>
       <c r="G27" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H27" s="36"/>
       <c r="I27" s="23">
-        <v>8076.8789999999999</v>
+        <v>10454.313</v>
       </c>
       <c r="J27" s="24">
-        <v>1.310134626451851</v>
+        <v>1.3247830789365345</v>
       </c>
       <c r="K27" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L27" s="24">
-        <v>18.647503958158836</v>
+        <v>18.567925172201321</v>
       </c>
       <c r="M27" s="18"/>
     </row>
     <row r="28" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="26">
         <v>44091</v>
       </c>
       <c r="B28" s="27" t="s">
         <v>23</v>
       </c>
       <c r="C28" s="37" t="s">
         <v>74</v>
       </c>
       <c r="D28" s="38"/>
       <c r="E28" s="31">
-        <v>4177.5439999999999</v>
+        <v>5466.0370000000003</v>
       </c>
       <c r="F28" s="31">
-        <v>0.72914576794438812</v>
+        <v>0.73522968499916119</v>
       </c>
       <c r="G28" s="37" t="s">
         <v>74</v>
       </c>
       <c r="H28" s="38"/>
       <c r="I28" s="31">
-        <v>4897.3289999999997</v>
+        <v>6186.0259999999998</v>
       </c>
       <c r="J28" s="32">
-        <v>0.79438608651024945</v>
+        <v>0.78390063227124096</v>
       </c>
       <c r="K28" s="31" t="s">
         <v>74</v>
       </c>
       <c r="L28" s="32">
-        <v>17.229860415593464</v>
+        <v>13.17204768280931</v>
       </c>
       <c r="M28" s="25"/>
     </row>
     <row r="29" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="26">
         <v>44092</v>
       </c>
       <c r="B29" s="27" t="s">
         <v>25</v>
       </c>
       <c r="C29" s="37" t="s">
         <v>74</v>
       </c>
       <c r="D29" s="38"/>
       <c r="E29" s="31">
-        <v>2629.9140000000002</v>
+        <v>3351.114</v>
       </c>
       <c r="F29" s="31">
-        <v>0.4590234508978715</v>
+        <v>0.45075408209206763</v>
       </c>
       <c r="G29" s="37" t="s">
         <v>74</v>
       </c>
       <c r="H29" s="38"/>
       <c r="I29" s="31">
-        <v>3179.55</v>
+        <v>4268.2870000000003</v>
       </c>
       <c r="J29" s="32">
-        <v>0.51574853994160152</v>
+        <v>0.54088244666529339</v>
       </c>
       <c r="K29" s="31" t="s">
         <v>74</v>
       </c>
       <c r="L29" s="32">
-        <v>20.899390626461546</v>
+        <v>27.36919722814563</v>
       </c>
       <c r="M29" s="25"/>
     </row>
     <row r="30" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="19">
         <v>4410</v>
       </c>
       <c r="B30" s="20" t="s">
         <v>28</v>
       </c>
       <c r="C30" s="21">
-        <v>44.295000000000002</v>
+        <v>56.387</v>
       </c>
       <c r="D30" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E30" s="23">
-        <v>16170.361999999999</v>
+        <v>21045.23</v>
       </c>
       <c r="F30" s="23">
-        <v>2.8223642930939206</v>
+        <v>2.8307671213412742</v>
       </c>
       <c r="G30" s="21">
-        <v>33.700000000000003</v>
+        <v>45.619</v>
       </c>
       <c r="H30" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I30" s="23">
-        <v>12764.886</v>
+        <v>16908.198</v>
       </c>
       <c r="J30" s="24">
-        <v>2.0705670038278972</v>
+        <v>2.1426271248726296</v>
       </c>
       <c r="K30" s="23">
-        <v>-23.91917823682131</v>
+        <v>-19.096600280206431</v>
       </c>
       <c r="L30" s="24">
-        <v>-21.059986164811889</v>
+        <v>-19.657813195674265</v>
       </c>
       <c r="M30" s="18"/>
     </row>
     <row r="31" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="19">
         <v>4411</v>
       </c>
       <c r="B31" s="39" t="s">
         <v>29</v>
       </c>
       <c r="C31" s="21">
-        <v>22.856999999999999</v>
+        <v>29.695</v>
       </c>
       <c r="D31" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E31" s="23">
-        <v>13267.319</v>
+        <v>17128.584999999999</v>
       </c>
       <c r="F31" s="23">
-        <v>2.3156690871043297</v>
+        <v>2.3039441836986021</v>
       </c>
       <c r="G31" s="21">
-        <v>24.452999999999999</v>
+        <v>32.095999999999997</v>
       </c>
       <c r="H31" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I31" s="23">
-        <v>13744.762000000001</v>
+        <v>18034.155999999999</v>
       </c>
       <c r="J31" s="24">
-        <v>2.2295107588636149</v>
+        <v>2.285309872748384</v>
       </c>
       <c r="K31" s="23">
-        <v>6.9825436408977568</v>
+        <v>8.0855362855699475</v>
       </c>
       <c r="L31" s="24">
-        <v>3.5986396347295271</v>
+        <v>5.2868990637580398</v>
       </c>
       <c r="M31" s="25"/>
     </row>
     <row r="32" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="19">
         <v>4412</v>
       </c>
       <c r="B32" s="20" t="s">
         <v>30</v>
       </c>
       <c r="C32" s="21">
-        <v>21.797000000000001</v>
+        <v>27.934999999999999</v>
       </c>
       <c r="D32" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E32" s="23">
-        <v>16401.948</v>
+        <v>21545.204000000002</v>
       </c>
       <c r="F32" s="23">
-        <v>2.862785160430128</v>
+        <v>2.8980179881992507</v>
       </c>
       <c r="G32" s="21">
-        <v>24.76</v>
+        <v>32.978999999999999</v>
       </c>
       <c r="H32" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I32" s="23">
-        <v>17560.662</v>
+        <v>23252.46</v>
       </c>
       <c r="J32" s="24">
-        <v>2.8484803783264816</v>
+        <v>2.9465796128017794</v>
       </c>
       <c r="K32" s="23">
-        <v>13.593613800064233</v>
+        <v>18.056201897261502</v>
       </c>
       <c r="L32" s="24">
-        <v>7.064490144707201</v>
+        <v>7.9240651422933723</v>
       </c>
       <c r="M32" s="25"/>
     </row>
     <row r="33" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="19">
         <v>4413</v>
       </c>
       <c r="B33" s="20" t="s">
         <v>31</v>
       </c>
       <c r="C33" s="21">
-        <v>0.82799999999999996</v>
+        <v>1.034</v>
       </c>
       <c r="D33" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E33" s="23">
-        <v>213.042</v>
+        <v>278.94799999999998</v>
       </c>
       <c r="F33" s="23">
-        <v>3.7184209835828971E-2</v>
+        <v>3.7520940705514066E-2</v>
       </c>
       <c r="G33" s="21">
-        <v>0.113</v>
+        <v>0.13900000000000001</v>
       </c>
       <c r="H33" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I33" s="23">
-        <v>82.408000000000001</v>
+        <v>120.164</v>
       </c>
       <c r="J33" s="24">
-        <v>1.3367239288423677E-2</v>
+        <v>1.5227326166466389E-2</v>
       </c>
       <c r="K33" s="23">
-        <v>-86.352657004830917</v>
+        <v>-86.557059961315275</v>
       </c>
       <c r="L33" s="24">
-        <v>-61.318425474789017</v>
+        <v>-56.922437156746064</v>
       </c>
       <c r="M33" s="25"/>
     </row>
     <row r="34" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="19" t="s">
         <v>32</v>
       </c>
       <c r="B34" s="39" t="s">
         <v>33</v>
       </c>
       <c r="C34" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D34" s="36"/>
       <c r="E34" s="23">
-        <v>11252.308000000001</v>
+        <v>14895.157999999999</v>
       </c>
       <c r="F34" s="23">
-        <v>1.96397039930801</v>
+        <v>2.0035287584684727</v>
       </c>
       <c r="G34" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H34" s="36"/>
       <c r="I34" s="23">
-        <v>11355.698</v>
+        <v>14690.315000000001</v>
       </c>
       <c r="J34" s="24">
-        <v>1.8419853952659229</v>
+        <v>1.8615743316894717</v>
       </c>
       <c r="K34" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L34" s="24">
-        <v>0.9188337183802594</v>
+        <v>-1.3752321391958309</v>
       </c>
       <c r="M34" s="25"/>
     </row>
     <row r="35" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="19">
         <v>4418</v>
       </c>
       <c r="B35" s="39" t="s">
         <v>34</v>
       </c>
       <c r="C35" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D35" s="36"/>
       <c r="E35" s="23">
-        <v>19657.669000000002</v>
+        <v>24737.576000000001</v>
       </c>
       <c r="F35" s="23">
-        <v>3.4310365513808097</v>
+        <v>3.327419885764185</v>
       </c>
       <c r="G35" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H35" s="36"/>
       <c r="I35" s="23">
-        <v>16460.704000000002</v>
+        <v>22258.974999999999</v>
       </c>
       <c r="J35" s="24">
-        <v>2.6700583587019802</v>
+        <v>2.8206840023319892</v>
       </c>
       <c r="K35" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L35" s="24">
-        <v>-16.263194786726746</v>
+        <v>-10.019579121252633</v>
       </c>
       <c r="M35" s="25"/>
     </row>
     <row r="36" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="19" t="s">
         <v>35</v>
       </c>
       <c r="B36" s="20" t="s">
         <v>36</v>
       </c>
       <c r="C36" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D36" s="36"/>
       <c r="E36" s="23">
-        <v>1920.595</v>
+        <v>2417.98</v>
       </c>
       <c r="F36" s="23">
-        <v>0.33521938157567033</v>
+        <v>0.32523941454005373</v>
       </c>
       <c r="G36" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H36" s="36"/>
       <c r="I36" s="23">
-        <v>1906.383</v>
+        <v>2569.9949999999999</v>
       </c>
       <c r="J36" s="24">
-        <v>0.30923062974933252</v>
+        <v>0.32567284803425134</v>
       </c>
       <c r="K36" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L36" s="24">
-        <v>-0.7399790169192354</v>
+        <v>6.2868592792330729</v>
       </c>
       <c r="M36" s="25"/>
     </row>
     <row r="37" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="19">
         <v>44219910</v>
       </c>
       <c r="B37" s="20" t="s">
         <v>37</v>
       </c>
       <c r="C37" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D37" s="36"/>
       <c r="E37" s="23">
-        <v>637.13199999999995</v>
+        <v>835.471</v>
       </c>
       <c r="F37" s="23">
-        <v>0.11120459806574001</v>
+        <v>0.11237814163276504</v>
       </c>
       <c r="G37" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H37" s="36"/>
       <c r="I37" s="23">
-        <v>618.90200000000004</v>
+        <v>808.82899999999995</v>
       </c>
       <c r="J37" s="24">
-        <v>0.10039087382394903</v>
+        <v>0.10249578073213975</v>
       </c>
       <c r="K37" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L37" s="24">
-        <v>-2.8612595192204919</v>
+        <v>-3.1888599364909198</v>
       </c>
       <c r="M37" s="25"/>
     </row>
     <row r="38" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" s="19" t="s">
         <v>38</v>
       </c>
       <c r="B38" s="20" t="s">
         <v>39</v>
       </c>
       <c r="C38" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D38" s="36"/>
       <c r="E38" s="23">
-        <v>31755.812000000067</v>
+        <v>40679.857000000047</v>
       </c>
       <c r="F38" s="23">
-        <v>5.542638432398955</v>
+        <v>5.4717958272000269</v>
       </c>
       <c r="G38" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H38" s="36"/>
       <c r="I38" s="23">
-        <v>49807.050999999992</v>
+        <v>58235.495999999999</v>
       </c>
       <c r="J38" s="24">
-        <v>8.0791035939195428</v>
+        <v>7.379671882243839</v>
       </c>
       <c r="K38" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L38" s="24">
-        <v>56.843890497902827</v>
+        <v>43.155606471281182</v>
       </c>
       <c r="M38" s="25"/>
     </row>
     <row r="39" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="11">
         <v>47</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D39" s="40"/>
       <c r="E39" s="16">
-        <v>9747.6890000000003</v>
+        <v>11598.64</v>
       </c>
       <c r="F39" s="16">
-        <v>1.7013551937664964</v>
+        <v>1.5601183148995645</v>
       </c>
       <c r="G39" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H39" s="40"/>
       <c r="I39" s="16">
-        <v>2945.12</v>
+        <v>3808.7530000000002</v>
       </c>
       <c r="J39" s="16">
-        <v>0.47772211160472694</v>
+        <v>0.48264974716643377</v>
       </c>
       <c r="K39" s="15" t="s">
         <v>74</v>
       </c>
       <c r="L39" s="17">
-        <v>-69.786479646611625</v>
+        <v>-67.162072449873421</v>
       </c>
       <c r="M39" s="18"/>
     </row>
     <row r="40" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A40" s="11">
         <v>48</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D40" s="40"/>
       <c r="E40" s="16">
-        <v>201393.87899999999</v>
+        <v>260786.47399999999</v>
       </c>
       <c r="F40" s="16">
-        <v>35.151154497176847</v>
+        <v>35.078056941631004</v>
       </c>
       <c r="G40" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H40" s="40"/>
       <c r="I40" s="16">
-        <v>209585.89600000001</v>
+        <v>269385.696</v>
       </c>
       <c r="J40" s="17">
-        <v>33.996515184335003</v>
+        <v>34.136878412607437</v>
       </c>
       <c r="K40" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L40" s="17">
-        <v>4.0676593750895584</v>
+        <v>3.2974187150519194</v>
       </c>
       <c r="M40" s="18"/>
     </row>
     <row r="41" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D41" s="16"/>
       <c r="E41" s="16">
-        <v>50210.046000000002</v>
+        <v>65316.220999999998</v>
       </c>
       <c r="F41" s="16">
-        <v>8.7636282344825229</v>
+        <v>8.7856018155686826</v>
       </c>
       <c r="G41" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H41" s="16"/>
       <c r="I41" s="16">
-        <v>45035.703000000001</v>
+        <v>60950.743000000002</v>
       </c>
       <c r="J41" s="17">
-        <v>7.3051526371636246</v>
+        <v>7.7237512378871207</v>
       </c>
       <c r="K41" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L41" s="17">
-        <v>-10.305393864805461</v>
+        <v>-6.6836046745570226</v>
       </c>
       <c r="M41" s="18"/>
     </row>
     <row r="42" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D42" s="41"/>
       <c r="E42" s="16">
-        <v>2270.2719999999999</v>
+        <v>3126.3209999999999</v>
       </c>
       <c r="F42" s="16">
-        <v>0.39625177398075079</v>
+        <v>0.42051746156058994</v>
       </c>
       <c r="G42" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H42" s="41"/>
       <c r="I42" s="16">
-        <v>1401.3150000000001</v>
+        <v>2038.7639999999999</v>
       </c>
       <c r="J42" s="17">
-        <v>0.22730454474635259</v>
+        <v>0.2583546187248234</v>
       </c>
       <c r="K42" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L42" s="17">
-        <v>-38.275457742508387</v>
+        <v>-34.787118789145453</v>
       </c>
       <c r="M42" s="25"/>
     </row>
     <row r="43" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" s="42"/>
       <c r="B43" s="43" t="s">
         <v>46</v>
       </c>
       <c r="C43" s="44"/>
       <c r="D43" s="45"/>
       <c r="E43" s="45">
-        <v>572936.74100000004</v>
+        <v>743446.179</v>
       </c>
       <c r="F43" s="46">
         <v>100</v>
       </c>
       <c r="G43" s="44"/>
       <c r="H43" s="45"/>
       <c r="I43" s="45">
-        <v>616492.29299999995</v>
+        <v>789133.94700000004</v>
       </c>
       <c r="J43" s="46">
         <v>100</v>
       </c>
       <c r="K43" s="44"/>
       <c r="L43" s="46">
-        <v>7.6021572510742343</v>
+        <v>6.145403566597663</v>
       </c>
       <c r="M43" s="47"/>
     </row>
     <row r="44" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A44" s="3"/>
       <c r="B44" s="48"/>
       <c r="C44" s="3"/>
       <c r="D44" s="3"/>
       <c r="E44" s="3"/>
       <c r="F44" s="49"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3"/>
       <c r="I44" s="50"/>
       <c r="J44" s="3"/>
       <c r="K44" s="3"/>
       <c r="L44" s="3"/>
       <c r="M44" s="3"/>
     </row>
     <row r="45" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A45" s="3"/>
       <c r="B45" s="48"/>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
@@ -7034,57 +7042,57 @@
       <c r="M2" s="3"/>
     </row>
     <row r="3" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="51"/>
       <c r="B3" s="52"/>
       <c r="C3" s="52"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="52"/>
       <c r="J3" s="52"/>
       <c r="K3" s="52"/>
       <c r="L3" s="53"/>
       <c r="M3" s="3"/>
     </row>
     <row r="4" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="117" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="118" t="s">
         <v>49</v>
       </c>
       <c r="C4" s="111" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D4" s="112"/>
       <c r="E4" s="112"/>
       <c r="F4" s="113"/>
       <c r="G4" s="111" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H4" s="112"/>
       <c r="I4" s="112"/>
       <c r="J4" s="113"/>
       <c r="K4" s="114" t="s">
         <v>81</v>
       </c>
       <c r="L4" s="115"/>
     </row>
     <row r="5" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="108"/>
       <c r="B5" s="119"/>
       <c r="C5" s="114" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="115"/>
       <c r="E5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G5" s="114" t="s">
         <v>3</v>
       </c>
@@ -7104,2212 +7112,2212 @@
     </row>
     <row r="6" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="54"/>
       <c r="B6" s="55"/>
       <c r="C6" s="56"/>
       <c r="D6" s="57"/>
       <c r="E6" s="57"/>
       <c r="F6" s="58"/>
       <c r="G6" s="56"/>
       <c r="H6" s="57"/>
       <c r="I6" s="57"/>
       <c r="J6" s="58"/>
       <c r="K6" s="59"/>
       <c r="L6" s="60"/>
     </row>
     <row r="7" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="61"/>
       <c r="B7" s="103" t="s">
         <v>46</v>
       </c>
       <c r="C7" s="62" t="s">
         <v>74</v>
       </c>
       <c r="D7" s="63"/>
       <c r="E7" s="63">
-        <v>572936.74100000004</v>
+        <v>743446.179</v>
       </c>
       <c r="F7" s="64">
         <v>100</v>
       </c>
       <c r="G7" s="62" t="s">
         <v>74</v>
       </c>
       <c r="H7" s="63"/>
       <c r="I7" s="63">
-        <v>616492.29299999995</v>
+        <v>789133.94700000004</v>
       </c>
       <c r="J7" s="64">
         <v>100</v>
       </c>
       <c r="K7" s="65" t="s">
         <v>74</v>
       </c>
       <c r="L7" s="66">
-        <v>7.6021572510742343</v>
+        <v>6.145403566597663</v>
       </c>
     </row>
     <row r="8" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="68"/>
       <c r="B8" s="69" t="s">
         <v>55</v>
       </c>
       <c r="C8" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D8" s="71"/>
       <c r="E8" s="71">
-        <v>137820.25899999999</v>
+        <v>178727.973</v>
       </c>
       <c r="F8" s="72">
-        <v>24.05505689152513</v>
+        <v>24.040472336599365</v>
       </c>
       <c r="G8" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H8" s="71"/>
       <c r="I8" s="71">
-        <v>164607.28700000001</v>
+        <v>207057.57699999999</v>
       </c>
       <c r="J8" s="72">
-        <v>26.700623652403067</v>
+        <v>26.238584436413806</v>
       </c>
       <c r="K8" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L8" s="74">
-        <v>19.436204948649838</v>
+        <v>15.85068275798103</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="68"/>
       <c r="B9" s="69" t="s">
         <v>52</v>
       </c>
       <c r="C9" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D9" s="71"/>
       <c r="E9" s="71">
-        <v>73079.088000000003</v>
+        <v>93948.558000000005</v>
       </c>
       <c r="F9" s="72">
-        <v>12.755175706212913</v>
+        <v>12.636901049968273</v>
       </c>
       <c r="G9" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H9" s="71"/>
       <c r="I9" s="71">
-        <v>77599.206000000006</v>
+        <v>96959.032999999996</v>
       </c>
       <c r="J9" s="72">
-        <v>12.587214289798107</v>
+        <v>12.2867649235726</v>
       </c>
       <c r="K9" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L9" s="74">
-        <v>6.185241392175012</v>
+        <v>3.2043865963328475</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="68"/>
       <c r="B10" s="69" t="s">
         <v>65</v>
       </c>
       <c r="C10" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D10" s="71"/>
       <c r="E10" s="71">
-        <v>63123.538999999997</v>
+        <v>83444.205000000002</v>
       </c>
       <c r="F10" s="72">
-        <v>11.017540765464714</v>
+        <v>11.223973887691471</v>
       </c>
       <c r="G10" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H10" s="71"/>
       <c r="I10" s="71">
-        <v>79855.740000000005</v>
+        <v>101583.751</v>
       </c>
       <c r="J10" s="72">
-        <v>12.953242223256799</v>
+        <v>12.872814733947822</v>
       </c>
       <c r="K10" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L10" s="74">
-        <v>26.507070524040184</v>
+        <v>21.738532951449415</v>
       </c>
     </row>
     <row r="11" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="68"/>
       <c r="B11" s="69" t="s">
         <v>60</v>
       </c>
       <c r="C11" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D11" s="71"/>
       <c r="E11" s="71">
-        <v>78709.455000000002</v>
+        <v>103576.886</v>
       </c>
       <c r="F11" s="72">
-        <v>13.737896240101662</v>
+        <v>13.931995203650107</v>
       </c>
       <c r="G11" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H11" s="71"/>
       <c r="I11" s="71">
-        <v>78647.773000000001</v>
+        <v>103883.027</v>
       </c>
       <c r="J11" s="72">
-        <v>12.757300276582695</v>
+        <v>13.164181745687845</v>
       </c>
       <c r="K11" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="74">
-        <v>-7.8366696859990578E-2</v>
+        <v>0.29556883955750829</v>
       </c>
     </row>
     <row r="12" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="68"/>
       <c r="B12" s="69" t="s">
         <v>54</v>
       </c>
       <c r="C12" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D12" s="71"/>
       <c r="E12" s="71">
-        <v>42840.228999999999</v>
+        <v>54996.129000000001</v>
       </c>
       <c r="F12" s="72">
-        <v>7.477305247561354</v>
+        <v>7.397459366053182</v>
       </c>
       <c r="G12" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H12" s="75"/>
       <c r="I12" s="71">
-        <v>45955.271999999997</v>
+        <v>60583.072999999997</v>
       </c>
       <c r="J12" s="72">
-        <v>7.4543141125691248</v>
+        <v>7.6771596546207119</v>
       </c>
       <c r="K12" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L12" s="74">
-        <v>7.2713033350031768</v>
+        <v>10.158794994462239</v>
       </c>
     </row>
     <row r="13" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="68"/>
       <c r="B13" s="69" t="s">
         <v>73</v>
       </c>
       <c r="C13" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D13" s="71"/>
       <c r="E13" s="71">
-        <v>21805.112000000001</v>
+        <v>27474.179</v>
       </c>
       <c r="F13" s="72">
-        <v>3.8058498329050257</v>
+        <v>3.6955168747998903</v>
       </c>
       <c r="G13" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H13" s="71"/>
       <c r="I13" s="71">
-        <v>24043.241999999998</v>
+        <v>30966.537</v>
       </c>
       <c r="J13" s="72">
-        <v>3.9000069056824365</v>
+        <v>3.9241167000511763</v>
       </c>
       <c r="K13" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L13" s="74">
-        <v>10.264244457905088</v>
+        <v>12.711418965422041</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="68"/>
       <c r="B14" s="69" t="s">
         <v>53</v>
       </c>
       <c r="C14" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D14" s="71"/>
       <c r="E14" s="71">
-        <v>36033.991999999998</v>
+        <v>46041.421000000002</v>
       </c>
       <c r="F14" s="72">
-        <v>6.2893491412518774</v>
+        <v>6.1929729818410975</v>
       </c>
       <c r="G14" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H14" s="71"/>
       <c r="I14" s="71">
-        <v>34650.637000000002</v>
+        <v>43661.125</v>
       </c>
       <c r="J14" s="72">
-        <v>5.6206115459094645</v>
+        <v>5.5327901132607087</v>
       </c>
       <c r="K14" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L14" s="74">
-        <v>-3.839027882339531</v>
+        <v>-5.1699012504414279</v>
       </c>
     </row>
     <row r="15" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="68"/>
       <c r="B15" s="69" t="s">
         <v>58</v>
       </c>
       <c r="C15" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D15" s="71"/>
       <c r="E15" s="71">
-        <v>12886.902</v>
+        <v>17367.510999999999</v>
       </c>
       <c r="F15" s="72">
-        <v>2.2492713554217669</v>
+        <v>2.3360818160853039</v>
       </c>
       <c r="G15" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H15" s="71"/>
       <c r="I15" s="71">
-        <v>15148.513000000001</v>
+        <v>17362.768</v>
       </c>
       <c r="J15" s="72">
-        <v>2.4572104423696342</v>
+        <v>2.2002307803392469</v>
       </c>
       <c r="K15" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L15" s="74">
-        <v>17.549687271618893</v>
+        <v>-2.7309612759125784E-2</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="68"/>
       <c r="B16" s="69" t="s">
         <v>56</v>
       </c>
       <c r="C16" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D16" s="71"/>
       <c r="E16" s="71">
-        <v>10575.962</v>
+        <v>13563.187</v>
       </c>
       <c r="F16" s="72">
-        <v>1.8459214156070327</v>
+        <v>1.8243670332993935</v>
       </c>
       <c r="G16" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H16" s="71"/>
       <c r="I16" s="71">
-        <v>9798.14</v>
+        <v>12749.683999999999</v>
       </c>
       <c r="J16" s="72">
-        <v>1.5893369813789384</v>
+        <v>1.6156552443941432</v>
       </c>
       <c r="K16" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L16" s="74">
-        <v>-7.3546217355924703</v>
+        <v>-5.9978749832174447</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="68"/>
       <c r="B17" s="69" t="s">
         <v>80</v>
       </c>
       <c r="C17" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D17" s="71"/>
       <c r="E17" s="71">
-        <v>2764.7689999999998</v>
+        <v>3815.5639999999999</v>
       </c>
       <c r="F17" s="72">
-        <v>0.48256095344389854</v>
+        <v>0.51322666089053903</v>
       </c>
       <c r="G17" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H17" s="75"/>
       <c r="I17" s="71">
-        <v>3315.9810000000002</v>
+        <v>4352.9809999999998</v>
       </c>
       <c r="J17" s="72">
-        <v>0.53787874360336907</v>
+        <v>0.55161497190032804</v>
       </c>
       <c r="K17" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L17" s="74">
-        <v>19.937000161677176</v>
+        <v>14.084863993894478</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="68"/>
       <c r="B18" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C18" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D18" s="71"/>
       <c r="E18" s="71">
-        <v>93297.434000000067</v>
+        <v>120490.56599999999</v>
       </c>
       <c r="F18" s="72">
-        <v>16.284072450504627</v>
+        <v>16.207032789121374</v>
       </c>
       <c r="G18" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H18" s="75"/>
       <c r="I18" s="71">
-        <v>82870.501999999979</v>
+        <v>109974.39099999995</v>
       </c>
       <c r="J18" s="72">
-        <v>13.44226082644637</v>
+        <v>13.936086695811596</v>
       </c>
       <c r="K18" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L18" s="74">
-        <v>-11.17601155032847</v>
+        <v>-8.7277994859780534</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="61">
         <v>44</v>
       </c>
       <c r="B19" s="103" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="62" t="s">
         <v>74</v>
       </c>
       <c r="D19" s="63"/>
       <c r="E19" s="63">
-        <v>309191.57900000003</v>
+        <v>402439.484</v>
       </c>
       <c r="F19" s="64">
         <v>100</v>
       </c>
       <c r="G19" s="62" t="s">
         <v>74</v>
       </c>
       <c r="H19" s="63"/>
       <c r="I19" s="63">
-        <v>357381.59600000002</v>
+        <v>452795.93099999998</v>
       </c>
       <c r="J19" s="64">
         <v>100</v>
       </c>
       <c r="K19" s="65" t="s">
         <v>74</v>
       </c>
       <c r="L19" s="66">
-        <v>15.585811604526262</v>
+        <v>12.512799812654563</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="68"/>
       <c r="B20" s="69" t="s">
         <v>55</v>
       </c>
       <c r="C20" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D20" s="71"/>
       <c r="E20" s="71">
-        <v>92096.760999999999</v>
+        <v>120422.591</v>
       </c>
       <c r="F20" s="72">
-        <v>29.786309607093145</v>
+        <v>29.923155104731222</v>
       </c>
       <c r="G20" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H20" s="71"/>
       <c r="I20" s="71">
-        <v>116941.58</v>
+        <v>144674.128</v>
       </c>
       <c r="J20" s="72">
-        <v>32.721768918397238</v>
+        <v>31.951287124088577</v>
       </c>
       <c r="K20" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L20" s="74">
-        <v>26.976865125582432</v>
+        <v>20.138693910015601</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="68"/>
       <c r="B21" s="69" t="s">
         <v>52</v>
       </c>
       <c r="C21" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D21" s="71"/>
       <c r="E21" s="71">
-        <v>60627.360000000001</v>
+        <v>77787.005999999994</v>
       </c>
       <c r="F21" s="72">
-        <v>19.608347742226186</v>
+        <v>19.328870325258642</v>
       </c>
       <c r="G21" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H21" s="71"/>
       <c r="I21" s="71">
-        <v>62222.673000000003</v>
+        <v>77265.929999999993</v>
       </c>
       <c r="J21" s="72">
-        <v>17.410709923630201</v>
+        <v>17.064183821033495</v>
       </c>
       <c r="K21" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L21" s="74">
-        <v>2.6313416912760212</v>
+        <v>-0.66987537738629632</v>
       </c>
     </row>
     <row r="22" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="68"/>
       <c r="B22" s="69" t="s">
         <v>65</v>
       </c>
       <c r="C22" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D22" s="71"/>
       <c r="E22" s="71">
-        <v>41378.904999999999</v>
+        <v>55160.207000000002</v>
       </c>
       <c r="F22" s="72">
-        <v>13.382934015806425</v>
+        <v>13.706460025179837</v>
       </c>
       <c r="G22" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H22" s="71"/>
       <c r="I22" s="71">
-        <v>57785.249000000003</v>
+        <v>73244.721999999994</v>
       </c>
       <c r="J22" s="72">
-        <v>16.169061207057791</v>
+        <v>16.176099868706636</v>
       </c>
       <c r="K22" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L22" s="74">
-        <v>39.649053062182297</v>
+        <v>32.785437153997613</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="68"/>
       <c r="B23" s="69" t="s">
         <v>60</v>
       </c>
       <c r="C23" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D23" s="71"/>
       <c r="E23" s="71">
-        <v>27602.978999999999</v>
+        <v>36438.366000000002</v>
       </c>
       <c r="F23" s="72">
-        <v>8.9274679114077671</v>
+        <v>9.054371513904437</v>
       </c>
       <c r="G23" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H23" s="71"/>
       <c r="I23" s="71">
-        <v>27439.314999999999</v>
+        <v>36379.635000000002</v>
       </c>
       <c r="J23" s="72">
-        <v>7.6778757795910675</v>
+        <v>8.034443887261876</v>
       </c>
       <c r="K23" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L23" s="74">
-        <v>-0.5929215103920511</v>
+        <v>-0.16117901664415951</v>
       </c>
     </row>
     <row r="24" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="68"/>
       <c r="B24" s="69" t="s">
         <v>58</v>
       </c>
       <c r="C24" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D24" s="71"/>
       <c r="E24" s="71">
-        <v>12771.182000000001</v>
+        <v>17233.023000000001</v>
       </c>
       <c r="F24" s="72">
-        <v>4.130507707003237</v>
+        <v>4.2821402186272559</v>
       </c>
       <c r="G24" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H24" s="71"/>
       <c r="I24" s="71">
-        <v>15102.687</v>
+        <v>17308.123</v>
       </c>
       <c r="J24" s="72">
-        <v>4.2259274593423664</v>
+        <v>3.8224996770123365</v>
       </c>
       <c r="K24" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L24" s="74">
-        <v>18.255984449990603</v>
+        <v>0.43579121318412067</v>
       </c>
     </row>
     <row r="25" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="68"/>
       <c r="B25" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C25" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D25" s="71"/>
       <c r="E25" s="71">
-        <v>74714.392000000051</v>
+        <v>95398.291000000027</v>
       </c>
       <c r="F25" s="72">
-        <v>24.164433016463246</v>
+        <v>23.705002812298616</v>
       </c>
       <c r="G25" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H25" s="75"/>
       <c r="I25" s="71">
-        <v>77890.092000000062</v>
+        <v>103923.39299999998</v>
       </c>
       <c r="J25" s="72">
-        <v>21.794656711981347</v>
+        <v>22.951485621897074</v>
       </c>
       <c r="K25" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L25" s="74">
-        <v>4.2504528444800957</v>
+        <v>8.93632570419941</v>
       </c>
     </row>
     <row r="26" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="76">
         <v>4403</v>
       </c>
       <c r="B26" s="39" t="s">
         <v>62</v>
       </c>
       <c r="C26" s="77">
-        <v>666.721</v>
+        <v>866.56500000000005</v>
       </c>
       <c r="D26" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E26" s="79">
-        <v>62032.612000000001</v>
+        <v>81424.527000000002</v>
       </c>
       <c r="F26" s="80">
         <v>100</v>
       </c>
       <c r="G26" s="77">
-        <v>768.83100000000002</v>
+        <v>929.95299999999997</v>
       </c>
       <c r="H26" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I26" s="79">
-        <v>79983.712</v>
+        <v>95903.297999999995</v>
       </c>
       <c r="J26" s="80">
         <v>100</v>
       </c>
       <c r="K26" s="81">
-        <v>15.315251806977734</v>
+        <v>7.3148580891219837</v>
       </c>
       <c r="L26" s="82">
-        <v>28.938165621657198</v>
+        <v>17.781830037526642</v>
       </c>
     </row>
     <row r="27" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="76"/>
       <c r="B27" s="39" t="s">
         <v>63</v>
       </c>
       <c r="C27" s="77">
-        <v>608.83600000000001</v>
+        <v>770.923</v>
       </c>
       <c r="D27" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E27" s="79">
-        <v>57568.548000000003</v>
+        <v>74150.130999999994</v>
       </c>
       <c r="F27" s="80">
-        <v>92.803682037441845</v>
+        <v>91.066087494742206</v>
       </c>
       <c r="G27" s="77">
-        <v>693.61400000000003</v>
+        <v>828.28899999999999</v>
       </c>
       <c r="H27" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I27" s="79">
-        <v>74657.285999999993</v>
+        <v>89085.831000000006</v>
       </c>
       <c r="J27" s="80">
-        <v>93.340611648531635</v>
+        <v>92.891311203917112</v>
       </c>
       <c r="K27" s="81">
-        <v>13.924603669953816</v>
+        <v>7.4412100819407367</v>
       </c>
       <c r="L27" s="82">
-        <v>29.684156703066382</v>
+        <v>20.142513301830867</v>
       </c>
     </row>
     <row r="28" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="68"/>
       <c r="B28" s="83" t="s">
         <v>55</v>
       </c>
       <c r="C28" s="70">
-        <v>406.19600000000003</v>
+        <v>529.98699999999997</v>
       </c>
       <c r="D28" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E28" s="71">
-        <v>35625.703000000001</v>
+        <v>47331.813000000002</v>
       </c>
       <c r="F28" s="72">
-        <v>57.430602793253328</v>
+        <v>58.129675103915559</v>
       </c>
       <c r="G28" s="70">
-        <v>532.16300000000001</v>
+        <v>642.14499999999998</v>
       </c>
       <c r="H28" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I28" s="71">
-        <v>53491.773999999998</v>
+        <v>64844.133000000002</v>
       </c>
       <c r="J28" s="72">
-        <v>66.878333928787896</v>
+        <v>67.614080383346163</v>
       </c>
       <c r="K28" s="85">
-        <v>31.011383666998192</v>
+        <v>21.162405870332673</v>
       </c>
       <c r="L28" s="74">
-        <v>50.149385122309006</v>
+        <v>36.999047553914735</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="68"/>
       <c r="B29" s="69" t="s">
         <v>52</v>
       </c>
       <c r="C29" s="70">
-        <v>66.341999999999999</v>
+        <v>75.433999999999997</v>
       </c>
       <c r="D29" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E29" s="71">
-        <v>6133.5630000000001</v>
+        <v>7273.9679999999998</v>
       </c>
       <c r="F29" s="72">
-        <v>9.8876426483540598</v>
+        <v>8.9333868651149793</v>
       </c>
       <c r="G29" s="70">
-        <v>41.777000000000001</v>
+        <v>46.774000000000001</v>
       </c>
       <c r="H29" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I29" s="71">
-        <v>5076.55</v>
+        <v>5675.36</v>
       </c>
       <c r="J29" s="72">
-        <v>6.3469797450760979</v>
+        <v>5.9177944016065016</v>
       </c>
       <c r="K29" s="85">
-        <v>-37.027825510234841</v>
+        <v>-37.993477742132193</v>
       </c>
       <c r="L29" s="74">
-        <v>-17.233262297949821</v>
+        <v>-21.977110704913745</v>
       </c>
     </row>
     <row r="30" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="68"/>
       <c r="B30" s="83" t="s">
         <v>58</v>
       </c>
       <c r="C30" s="70">
-        <v>87.7</v>
+        <v>113.178</v>
       </c>
       <c r="D30" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E30" s="71">
-        <v>10340.870000000001</v>
+        <v>13628.744000000001</v>
       </c>
       <c r="F30" s="72">
-        <v>16.670054132171639</v>
+        <v>16.737885379426277</v>
       </c>
       <c r="G30" s="70">
-        <v>97.644999999999996</v>
+        <v>113.53</v>
       </c>
       <c r="H30" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I30" s="71">
-        <v>12913.1</v>
+        <v>14631.824000000001</v>
       </c>
       <c r="J30" s="72">
-        <v>16.144662053194029</v>
+        <v>15.256851750812574</v>
       </c>
       <c r="K30" s="85">
-        <v>11.339794754846059</v>
+        <v>0.31101450811995607</v>
       </c>
       <c r="L30" s="74">
-        <v>24.874406118634113</v>
+        <v>7.3600325899437244</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="68"/>
       <c r="B31" s="83" t="s">
         <v>54</v>
       </c>
       <c r="C31" s="70">
-        <v>11.936</v>
+        <v>12.231</v>
       </c>
       <c r="D31" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E31" s="71">
-        <v>1327.7809999999999</v>
+        <v>1371.9839999999999</v>
       </c>
       <c r="F31" s="72">
-        <v>2.1404563780096826</v>
+        <v>1.6849763216923568</v>
       </c>
       <c r="G31" s="70">
-        <v>2.8170000000000002</v>
+        <v>4</v>
       </c>
       <c r="H31" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I31" s="71">
-        <v>636.15499999999997</v>
+        <v>923.60699999999997</v>
       </c>
       <c r="J31" s="72">
-        <v>0.79535568441734739</v>
+        <v>0.96306072810968402</v>
       </c>
       <c r="K31" s="85">
-        <v>-76.399128686327074</v>
+        <v>-67.296214536832636</v>
       </c>
       <c r="L31" s="74">
-        <v>-52.088861039584089</v>
+        <v>-32.680920477206733</v>
       </c>
     </row>
     <row r="32" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="68"/>
       <c r="B32" s="69" t="s">
         <v>65</v>
       </c>
       <c r="C32" s="70">
-        <v>24.875</v>
+        <v>26.776</v>
       </c>
       <c r="D32" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E32" s="71">
-        <v>3179.48</v>
+        <v>3481.056</v>
       </c>
       <c r="F32" s="72">
-        <v>5.1254975366828015</v>
+        <v>4.2751933947371894</v>
       </c>
       <c r="G32" s="70">
-        <v>18.13</v>
+        <v>19.888000000000002</v>
       </c>
       <c r="H32" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I32" s="71">
-        <v>2424.2809999999999</v>
+        <v>2748.9250000000002</v>
       </c>
       <c r="J32" s="72">
-        <v>3.0309683551571101</v>
+        <v>2.8663508527099877</v>
       </c>
       <c r="K32" s="85">
-        <v>-27.115577889447241</v>
+        <v>-25.7245294293397</v>
       </c>
       <c r="L32" s="74">
-        <v>-23.752280247084432</v>
+        <v>-21.031865043251237</v>
       </c>
     </row>
     <row r="33" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="68"/>
       <c r="B33" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="70">
-        <v>11.786999999999921</v>
+        <v>13.317000000000121</v>
       </c>
       <c r="D33" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E33" s="71">
-        <v>961.15099999999074</v>
+        <v>1062.5659999999916</v>
       </c>
       <c r="F33" s="72">
-        <v>1.5494285489703232</v>
+        <v>1.3049704298558487</v>
       </c>
       <c r="G33" s="70">
-        <v>1.0819999999999936</v>
+        <v>1.9519999999999982</v>
       </c>
       <c r="H33" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I33" s="71">
-        <v>115.4259999999922</v>
+        <v>261.98199999998906</v>
       </c>
       <c r="J33" s="72">
-        <v>0.14431188189914493</v>
+        <v>0.27317308733218859</v>
       </c>
       <c r="K33" s="85">
-        <v>-90.820395350810216</v>
+        <v>-85.342044003904931</v>
       </c>
       <c r="L33" s="74">
-        <v>-87.990856795655077</v>
+        <v>-75.34440213596227</v>
       </c>
     </row>
     <row r="34" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="76"/>
       <c r="B34" s="39" t="s">
         <v>66</v>
       </c>
       <c r="C34" s="77">
-        <v>57.884999999999998</v>
+        <v>95.641999999999996</v>
       </c>
       <c r="D34" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E34" s="79">
-        <v>4464.0640000000003</v>
+        <v>7274.3959999999997</v>
       </c>
       <c r="F34" s="80">
-        <v>7.1963179625581466</v>
+        <v>8.9339125052577835</v>
       </c>
       <c r="G34" s="77">
-        <v>75.216999999999999</v>
+        <v>101.664</v>
       </c>
       <c r="H34" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I34" s="79">
-        <v>5326.4260000000004</v>
+        <v>6817.4669999999996</v>
       </c>
       <c r="J34" s="80">
-        <v>6.6593883514683601</v>
+        <v>7.1086887960829044</v>
       </c>
       <c r="K34" s="81">
-        <v>29.94212663038784</v>
+        <v>6.2963969804061035</v>
       </c>
       <c r="L34" s="82">
-        <v>19.317868202606412</v>
+        <v>-6.2813324982582754</v>
       </c>
     </row>
     <row r="35" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="68"/>
       <c r="B35" s="83" t="s">
         <v>55</v>
       </c>
       <c r="C35" s="70">
-        <v>47.427999999999997</v>
+        <v>77.775999999999996</v>
       </c>
       <c r="D35" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E35" s="71">
-        <v>3371.223</v>
+        <v>5588.1260000000002</v>
       </c>
       <c r="F35" s="72">
-        <v>5.4345978531421508</v>
+        <v>6.8629517491701248</v>
       </c>
       <c r="G35" s="70">
-        <v>61.052</v>
+        <v>85.787000000000006</v>
       </c>
       <c r="H35" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I35" s="71">
-        <v>3792.9859999999999</v>
+        <v>5066.8230000000003</v>
       </c>
       <c r="J35" s="72">
-        <v>4.7421980115151445</v>
+        <v>5.2832625213785667</v>
       </c>
       <c r="K35" s="85">
-        <v>28.725647296955394</v>
+        <v>10.300092573544552</v>
       </c>
       <c r="L35" s="74">
-        <v>12.510682325079056</v>
+        <v>-9.3287624509540379</v>
       </c>
     </row>
     <row r="36" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="68"/>
       <c r="B36" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C36" s="70">
-        <v>9.1219999999999999</v>
+        <v>16.431000000000001</v>
       </c>
       <c r="D36" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E36" s="71">
-        <v>764.26400000000001</v>
+        <v>1321.385</v>
       </c>
       <c r="F36" s="72">
-        <v>1.2320358201263555</v>
+        <v>1.6228341123799221</v>
       </c>
       <c r="G36" s="70">
-        <v>4.694</v>
+        <v>5.1639999999999997</v>
       </c>
       <c r="H36" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I36" s="71">
-        <v>378.09399999999999</v>
+        <v>429.27100000000002</v>
       </c>
       <c r="J36" s="72">
-        <v>0.47271374451838399</v>
+        <v>0.44760817297440597</v>
       </c>
       <c r="K36" s="85">
-        <v>-48.541986406489805</v>
+        <v>-68.571602458766961</v>
       </c>
       <c r="L36" s="74">
-        <v>-50.528351459705021</v>
+        <v>-67.513555852382169</v>
       </c>
     </row>
     <row r="37" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="68"/>
       <c r="B37" s="69" t="s">
         <v>54</v>
       </c>
       <c r="C37" s="70">
         <v>0.73199999999999998</v>
       </c>
       <c r="D37" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E37" s="71">
         <v>177.404</v>
       </c>
       <c r="F37" s="72">
-        <v>0.28598505573165289</v>
+        <v>0.21787538292976513</v>
       </c>
       <c r="G37" s="70">
-        <v>8.202</v>
+        <v>8.7140000000000004</v>
       </c>
       <c r="H37" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I37" s="71">
-        <v>973.89700000000005</v>
+        <v>1039.758</v>
       </c>
       <c r="J37" s="72">
-        <v>1.2176191572604183</v>
+        <v>1.0841733513690011</v>
       </c>
       <c r="K37" s="85">
-        <v>1020.4918032786885</v>
+        <v>1090.4371584699454</v>
       </c>
       <c r="L37" s="74">
-        <v>448.97127460485677</v>
+        <v>486.09614213884697</v>
       </c>
     </row>
     <row r="38" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" s="68"/>
       <c r="B38" s="69" t="s">
         <v>53</v>
       </c>
       <c r="C38" s="70">
-        <v>4.2999999999999997E-2</v>
+        <v>8.5999999999999993E-2</v>
       </c>
       <c r="D38" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E38" s="71">
-        <v>27.858000000000001</v>
+        <v>45.377000000000002</v>
       </c>
       <c r="F38" s="72">
-        <v>4.4908636121916E-2</v>
+        <v>5.5728908317760333E-2</v>
       </c>
       <c r="G38" s="70">
         <v>6.0000000000000001E-3</v>
       </c>
       <c r="H38" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I38" s="71">
-        <v>12.154999999999999</v>
+        <v>12.218</v>
       </c>
       <c r="J38" s="72">
-        <v>1.5196844077454171E-2</v>
+        <v>1.2739916410382466E-2</v>
       </c>
       <c r="K38" s="85">
-        <v>-86.04651162790698</v>
+        <v>-93.023255813953483</v>
       </c>
       <c r="L38" s="74">
-        <v>-56.368009189460842</v>
+        <v>-73.074465037353733</v>
       </c>
     </row>
     <row r="39" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="68"/>
       <c r="B39" s="83" t="s">
         <v>60</v>
       </c>
       <c r="C39" s="70">
-        <v>0</v>
+        <v>2.7E-2</v>
       </c>
       <c r="D39" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E39" s="71">
-        <v>0.65100000000000002</v>
+        <v>3.5379999999999998</v>
       </c>
       <c r="F39" s="72">
-        <v>1.0494479903570724E-3</v>
+        <v>4.345128096353572E-3</v>
       </c>
       <c r="G39" s="70">
         <v>1.2999999999999999E-2</v>
       </c>
       <c r="H39" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I39" s="71">
         <v>1.8049999999999999</v>
       </c>
       <c r="J39" s="72">
-        <v>2.2567094660472871E-3</v>
+        <v>1.8821042004207196E-3</v>
       </c>
       <c r="K39" s="85">
-        <v>0</v>
+        <v>-51.851851851851848</v>
       </c>
       <c r="L39" s="74">
-        <v>177.26574500768047</v>
+        <v>-48.982475975127187</v>
       </c>
     </row>
     <row r="40" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A40" s="68"/>
       <c r="B40" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C40" s="70">
-        <v>0.56000000000000227</v>
+        <v>0.59000000000000341</v>
       </c>
       <c r="D40" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E40" s="71">
-        <v>122.66400000000067</v>
+        <v>138.56599999999889</v>
       </c>
       <c r="F40" s="72">
-        <v>0.19774114944571522</v>
+        <v>0.17017722436385649</v>
       </c>
       <c r="G40" s="70">
-        <v>1.25</v>
+        <v>1.9799999999999898</v>
       </c>
       <c r="H40" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I40" s="71">
-        <v>167.48900000000049</v>
+        <v>267.59199999999964</v>
       </c>
       <c r="J40" s="72">
-        <v>0.20940388463091147</v>
+        <v>0.27902272975012771</v>
       </c>
       <c r="K40" s="85">
-        <v>123.21428571428481</v>
+        <v>235.59322033897936</v>
       </c>
       <c r="L40" s="74">
-        <v>36.542913976390444</v>
+        <v>93.115194203485544</v>
       </c>
     </row>
     <row r="41" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="76">
         <v>4407</v>
       </c>
       <c r="B41" s="39" t="s">
         <v>67</v>
       </c>
       <c r="C41" s="77">
-        <v>262.97899999999998</v>
+        <v>344.774</v>
       </c>
       <c r="D41" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E41" s="79">
-        <v>65802.627999999997</v>
+        <v>86030.558999999994</v>
       </c>
       <c r="F41" s="80">
         <v>100</v>
       </c>
       <c r="G41" s="77">
-        <v>305.85599999999999</v>
+        <v>407.98599999999999</v>
       </c>
       <c r="H41" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I41" s="79">
-        <v>81215.635999999999</v>
+        <v>108388.261</v>
       </c>
       <c r="J41" s="80">
         <v>100</v>
       </c>
       <c r="K41" s="81">
-        <v>16.304343692842398</v>
+        <v>18.334329154750645</v>
       </c>
       <c r="L41" s="82">
-        <v>23.423088816452744</v>
+        <v>25.988093370403426</v>
       </c>
     </row>
     <row r="42" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="76"/>
       <c r="B42" s="39" t="s">
         <v>63</v>
       </c>
       <c r="C42" s="77">
-        <v>248.74600000000001</v>
+        <v>326.33300000000003</v>
       </c>
       <c r="D42" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E42" s="79">
-        <v>59846.34</v>
+        <v>78613.846000000005</v>
       </c>
       <c r="F42" s="80">
-        <v>90.948252097165479</v>
+        <v>91.378978486005195</v>
       </c>
       <c r="G42" s="77">
-        <v>294.13</v>
+        <v>391.892</v>
       </c>
       <c r="H42" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I42" s="79">
-        <v>76297.418999999994</v>
+        <v>101908.061</v>
       </c>
       <c r="J42" s="80">
-        <v>93.944248617347526</v>
+        <v>94.021308266953369</v>
       </c>
       <c r="K42" s="81">
-        <v>18.245117509427281</v>
+        <v>20.089601725844446</v>
       </c>
       <c r="L42" s="82">
-        <v>27.488863980654454</v>
+        <v>29.631186089025586</v>
       </c>
     </row>
     <row r="43" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" s="68"/>
       <c r="B43" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C43" s="70">
-        <v>70.274000000000001</v>
+        <v>91.838999999999999</v>
       </c>
       <c r="D43" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E43" s="71">
-        <v>17031.295999999998</v>
+        <v>21939.632000000001</v>
       </c>
       <c r="F43" s="72">
-        <v>25.882394849032469</v>
+        <v>25.502138141401591</v>
       </c>
       <c r="G43" s="70">
-        <v>68.323999999999998</v>
+        <v>90.003</v>
       </c>
       <c r="H43" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I43" s="71">
-        <v>17696.495999999999</v>
+        <v>23136.649000000001</v>
       </c>
       <c r="J43" s="72">
-        <v>21.789518461691294</v>
+        <v>21.346083779312593</v>
       </c>
       <c r="K43" s="85">
-        <v>-2.7748527193556689</v>
+        <v>-1.9991506876163707</v>
       </c>
       <c r="L43" s="74">
-        <v>3.9057509187791744</v>
+        <v>5.4559575110466749</v>
       </c>
     </row>
     <row r="44" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A44" s="68"/>
       <c r="B44" s="83" t="s">
         <v>65</v>
       </c>
       <c r="C44" s="70">
-        <v>92.103999999999999</v>
+        <v>123.66800000000001</v>
       </c>
       <c r="D44" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E44" s="71">
-        <v>22263.012999999999</v>
+        <v>30290.573</v>
       </c>
       <c r="F44" s="72">
-        <v>33.833014997516514</v>
+        <v>35.209085413474995</v>
       </c>
       <c r="G44" s="70">
-        <v>129.625</v>
+        <v>165.04599999999999</v>
       </c>
       <c r="H44" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I44" s="71">
-        <v>34619.61</v>
+        <v>44000.483</v>
       </c>
       <c r="J44" s="72">
-        <v>42.626779404891934</v>
+        <v>40.595247671701273</v>
       </c>
       <c r="K44" s="85">
-        <v>40.737644401980369</v>
+        <v>33.45893844810297</v>
       </c>
       <c r="L44" s="74">
-        <v>55.502806381148872</v>
+        <v>45.26130951699065</v>
       </c>
     </row>
     <row r="45" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A45" s="68"/>
       <c r="B45" s="83" t="s">
         <v>54</v>
       </c>
       <c r="C45" s="70">
-        <v>49.149000000000001</v>
+        <v>61.67</v>
       </c>
       <c r="D45" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E45" s="71">
-        <v>11842.495000000001</v>
+        <v>15011.829</v>
       </c>
       <c r="F45" s="72">
-        <v>17.996993980240426</v>
+        <v>17.44941468995918</v>
       </c>
       <c r="G45" s="70">
-        <v>54.12</v>
+        <v>71.616</v>
       </c>
       <c r="H45" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I45" s="71">
-        <v>13603.276</v>
+        <v>17831.894</v>
       </c>
       <c r="J45" s="72">
-        <v>16.749577630593201</v>
+        <v>16.451868343934404</v>
       </c>
       <c r="K45" s="85">
-        <v>10.114142708905566</v>
+        <v>16.127776876925566</v>
       </c>
       <c r="L45" s="74">
-        <v>14.868328000138476</v>
+        <v>18.785618994194515</v>
       </c>
     </row>
     <row r="46" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A46" s="68"/>
       <c r="B46" s="83" t="s">
         <v>73</v>
       </c>
       <c r="C46" s="70">
-        <v>21.399000000000001</v>
+        <v>27.573</v>
       </c>
       <c r="D46" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E46" s="71">
-        <v>4655.3959999999997</v>
+        <v>5980.34</v>
       </c>
       <c r="F46" s="72">
-        <v>7.0747873473989511</v>
+        <v>6.951413625012016</v>
       </c>
       <c r="G46" s="70">
-        <v>22.561</v>
+        <v>27.335000000000001</v>
       </c>
       <c r="H46" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I46" s="71">
-        <v>5528.2430000000004</v>
+        <v>6745.1719999999996</v>
       </c>
       <c r="J46" s="72">
-        <v>6.8068702928091342</v>
+        <v>6.2231573214372347</v>
       </c>
       <c r="K46" s="85">
-        <v>5.4301602878639139</v>
+        <v>-0.86316323940086159</v>
       </c>
       <c r="L46" s="74">
-        <v>18.749146152121124</v>
+        <v>12.789105636134391</v>
       </c>
     </row>
     <row r="47" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A47" s="68"/>
       <c r="B47" s="69" t="s">
         <v>55</v>
       </c>
       <c r="C47" s="70">
-        <v>11.164</v>
+        <v>14.634</v>
       </c>
       <c r="D47" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E47" s="71">
-        <v>2419.297</v>
+        <v>3199.6669999999999</v>
       </c>
       <c r="F47" s="72">
-        <v>3.6765963207426915</v>
+        <v>3.7192214454865971</v>
       </c>
       <c r="G47" s="70">
-        <v>16.245999999999999</v>
+        <v>19.914000000000001</v>
       </c>
       <c r="H47" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I47" s="71">
-        <v>3721.7570000000001</v>
+        <v>4547.7950000000001</v>
       </c>
       <c r="J47" s="72">
-        <v>4.582562155888307</v>
+        <v>4.1958372226305949</v>
       </c>
       <c r="K47" s="85">
-        <v>45.521318523826579</v>
+        <v>36.080360803608045</v>
       </c>
       <c r="L47" s="74">
-        <v>53.836300379821076</v>
+        <v>42.13338450532509</v>
       </c>
     </row>
     <row r="48" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A48" s="68"/>
       <c r="B48" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C48" s="70">
-        <v>4.6560000000000343</v>
+        <v>6.9490000000000123</v>
       </c>
       <c r="D48" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E48" s="71">
-        <v>1634.8430000000008</v>
+        <v>2191.8050000000076</v>
       </c>
       <c r="F48" s="72">
-        <v>2.4844646022344286</v>
+        <v>2.5477051706708167</v>
       </c>
       <c r="G48" s="70">
-        <v>3.2540000000000191</v>
+        <v>17.978000000000065</v>
       </c>
       <c r="H48" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I48" s="71">
-        <v>1128.0369999999966</v>
+        <v>5646.0679999999993</v>
       </c>
       <c r="J48" s="72">
-        <v>1.3889406714736514</v>
+        <v>5.2091139279372696</v>
       </c>
       <c r="K48" s="85">
-        <v>-30.111683848797355</v>
+        <v>158.71348395452631</v>
       </c>
       <c r="L48" s="74">
-        <v>-31.000285654341358</v>
+        <v>157.59901086091054</v>
       </c>
     </row>
     <row r="49" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A49" s="76"/>
       <c r="B49" s="39" t="s">
         <v>66</v>
       </c>
       <c r="C49" s="77">
-        <v>14.233000000000001</v>
+        <v>18.440999999999999</v>
       </c>
       <c r="D49" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E49" s="79">
-        <v>5956.2879999999996</v>
+        <v>7416.7129999999997</v>
       </c>
       <c r="F49" s="80">
-        <v>9.0517479028345189</v>
+        <v>8.6210215139948119</v>
       </c>
       <c r="G49" s="77">
-        <v>11.726000000000001</v>
+        <v>16.094000000000001</v>
       </c>
       <c r="H49" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I49" s="79">
-        <v>4918.2169999999996</v>
+        <v>6480.2</v>
       </c>
       <c r="J49" s="80">
-        <v>6.0557513826524731</v>
+        <v>5.9786917330466256</v>
       </c>
       <c r="K49" s="81">
-        <v>-17.613995643926085</v>
+        <v>-12.727075538202905</v>
       </c>
       <c r="L49" s="82">
-        <v>-17.428153239064329</v>
+        <v>-12.627062689361177</v>
       </c>
     </row>
     <row r="50" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A50" s="68"/>
       <c r="B50" s="83" t="s">
         <v>55</v>
       </c>
       <c r="C50" s="70">
-        <v>1.925</v>
+        <v>2.484</v>
       </c>
       <c r="D50" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E50" s="71">
-        <v>811.69899999999996</v>
+        <v>1078.029</v>
       </c>
       <c r="F50" s="72">
-        <v>1.2335358399363623</v>
+        <v>1.2530768282000819</v>
       </c>
       <c r="G50" s="70">
-        <v>0.61</v>
+        <v>0.96299999999999997</v>
       </c>
       <c r="H50" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I50" s="71">
-        <v>471.93</v>
+        <v>554.65899999999999</v>
       </c>
       <c r="J50" s="72">
-        <v>0.58108268708257116</v>
+        <v>0.51173346161536803</v>
       </c>
       <c r="K50" s="85">
-        <v>-68.311688311688314</v>
+        <v>-61.231884057971008</v>
       </c>
       <c r="L50" s="74">
-        <v>-41.858989600824934</v>
+        <v>-48.548786720950922</v>
       </c>
     </row>
     <row r="51" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A51" s="68"/>
       <c r="B51" s="83" t="s">
         <v>73</v>
       </c>
       <c r="C51" s="70">
-        <v>3.093</v>
+        <v>3.8860000000000001</v>
       </c>
       <c r="D51" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E51" s="71">
-        <v>1962.1849999999999</v>
+        <v>2477.2629999999999</v>
       </c>
       <c r="F51" s="72">
-        <v>2.9819249772212744</v>
+        <v>2.8795151732072317</v>
       </c>
       <c r="G51" s="70">
-        <v>2.1240000000000001</v>
+        <v>2.7370000000000001</v>
       </c>
       <c r="H51" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I51" s="71">
-        <v>1415.1969999999999</v>
+        <v>1896.65</v>
       </c>
       <c r="J51" s="72">
-        <v>1.7425179062810023</v>
+        <v>1.7498666207035096</v>
       </c>
       <c r="K51" s="85">
-        <v>-31.32880698351115</v>
+        <v>-29.56767884714359</v>
       </c>
       <c r="L51" s="74">
-        <v>-27.876474440483445</v>
+        <v>-23.437681021352997</v>
       </c>
     </row>
     <row r="52" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A52" s="68"/>
       <c r="B52" s="83" t="s">
         <v>77</v>
       </c>
       <c r="C52" s="70">
-        <v>4.8899999999999997</v>
+        <v>7.0570000000000004</v>
       </c>
       <c r="D52" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E52" s="71">
-        <v>362.34500000000003</v>
+        <v>511.55099999999999</v>
       </c>
       <c r="F52" s="72">
-        <v>0.55065429909577479</v>
+        <v>0.59461545518959147</v>
       </c>
       <c r="G52" s="70">
-        <v>4.91</v>
+        <v>7.63</v>
       </c>
       <c r="H52" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I52" s="71">
-        <v>382.24200000000002</v>
+        <v>631.24800000000005</v>
       </c>
       <c r="J52" s="72">
-        <v>0.47065075006000084</v>
+        <v>0.58239517284994546</v>
       </c>
       <c r="K52" s="85">
-        <v>0.40899795501023445</v>
+        <v>8.1195975627036905</v>
       </c>
       <c r="L52" s="74">
-        <v>5.4911755371262165</v>
+        <v>23.39883999835795</v>
       </c>
     </row>
     <row r="53" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A53" s="68"/>
       <c r="B53" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C53" s="70">
-        <v>0.95699999999999996</v>
+        <v>1.0569999999999999</v>
       </c>
       <c r="D53" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E53" s="71">
-        <v>595.15200000000004</v>
+        <v>751.84900000000005</v>
       </c>
       <c r="F53" s="72">
-        <v>0.90445019916225855</v>
+        <v>0.87393248252635447</v>
       </c>
       <c r="G53" s="70">
-        <v>0.28599999999999998</v>
+        <v>0.372</v>
       </c>
       <c r="H53" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I53" s="71">
-        <v>460.06700000000001</v>
+        <v>590.12300000000005</v>
       </c>
       <c r="J53" s="72">
-        <v>0.56647589387836605</v>
+        <v>0.54445287206886739</v>
       </c>
       <c r="K53" s="85">
-        <v>-70.114942528735639</v>
+        <v>-64.806054872280043</v>
       </c>
       <c r="L53" s="74">
-        <v>-22.697562975508781</v>
+        <v>-21.510436271112948</v>
       </c>
     </row>
     <row r="54" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A54" s="68"/>
       <c r="B54" s="83" t="s">
         <v>60</v>
       </c>
       <c r="C54" s="70">
-        <v>0.13100000000000001</v>
+        <v>0.13700000000000001</v>
       </c>
       <c r="D54" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E54" s="71">
-        <v>120.729</v>
+        <v>133.10300000000001</v>
       </c>
       <c r="F54" s="72">
-        <v>0.18347139570170359</v>
+        <v>0.15471595389726575</v>
       </c>
       <c r="G54" s="70">
         <v>3.9E-2</v>
       </c>
       <c r="H54" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I54" s="71">
         <v>142.959</v>
       </c>
       <c r="J54" s="72">
-        <v>0.17602398631711758</v>
+        <v>0.13189527969269663</v>
       </c>
       <c r="K54" s="85">
-        <v>-70.229007633587784</v>
+        <v>-71.532846715328475</v>
       </c>
       <c r="L54" s="74">
-        <v>18.413140173446315</v>
+        <v>7.4047917777961381</v>
       </c>
     </row>
     <row r="55" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A55" s="68"/>
       <c r="B55" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C55" s="70">
-        <v>3.2370000000000001</v>
+        <v>3.8199999999999985</v>
       </c>
       <c r="D55" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E55" s="71">
-        <v>2104.1779999999994</v>
+        <v>2464.9179999999997</v>
       </c>
       <c r="F55" s="72">
-        <v>3.1977111917171448</v>
+        <v>2.8651656209742864</v>
       </c>
       <c r="G55" s="70">
-        <v>3.7570000000000014</v>
+        <v>4.3530000000000015</v>
       </c>
       <c r="H55" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I55" s="71">
-        <v>2045.8219999999997</v>
+        <v>2664.5609999999997</v>
       </c>
       <c r="J55" s="72">
-        <v>2.5190001590334155</v>
+        <v>2.4583483261162384</v>
       </c>
       <c r="K55" s="85">
-        <v>16.06425702811249</v>
+        <v>13.952879581151917</v>
       </c>
       <c r="L55" s="74">
-        <v>-2.7733395178544678</v>
+        <v>8.0993769366770039</v>
       </c>
     </row>
     <row r="56" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A56" s="76">
         <v>4412</v>
       </c>
       <c r="B56" s="39" t="s">
         <v>30</v>
       </c>
       <c r="C56" s="77">
-        <v>21.797000000000001</v>
+        <v>27.934999999999999</v>
       </c>
       <c r="D56" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E56" s="79">
-        <v>16401.948</v>
+        <v>21545.204000000002</v>
       </c>
       <c r="F56" s="80">
         <v>100</v>
       </c>
       <c r="G56" s="77">
-        <v>24.76</v>
+        <v>32.978999999999999</v>
       </c>
       <c r="H56" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I56" s="79">
-        <v>17560.662</v>
+        <v>23252.46</v>
       </c>
       <c r="J56" s="80">
         <v>100</v>
       </c>
       <c r="K56" s="81">
-        <v>13.593613800064233</v>
+        <v>18.056201897261502</v>
       </c>
       <c r="L56" s="82">
-        <v>7.064490144707201</v>
+        <v>7.9240651422933723</v>
       </c>
     </row>
     <row r="57" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A57" s="76"/>
       <c r="B57" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C57" s="70">
-        <v>8.9</v>
+        <v>11.753</v>
       </c>
       <c r="D57" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E57" s="71">
-        <v>8313.34</v>
+        <v>10969.272999999999</v>
       </c>
       <c r="F57" s="72">
-        <v>50.685077162785788</v>
+        <v>50.912829602356041</v>
       </c>
       <c r="G57" s="70">
-        <v>9.5350000000000001</v>
+        <v>12.797000000000001</v>
       </c>
       <c r="H57" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I57" s="71">
-        <v>7980.9809999999998</v>
+        <v>10697.431</v>
       </c>
       <c r="J57" s="72">
-        <v>45.448064543352636</v>
+        <v>46.005588225933948</v>
       </c>
       <c r="K57" s="85">
-        <v>7.1348314606741541</v>
+        <v>8.8828384242321139</v>
       </c>
       <c r="L57" s="74">
-        <v>-3.9978997611068516</v>
+        <v>-2.4782134604544783</v>
       </c>
     </row>
     <row r="58" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A58" s="76"/>
       <c r="B58" s="83" t="s">
         <v>60</v>
       </c>
       <c r="C58" s="70">
-        <v>0.86699999999999999</v>
+        <v>1.042</v>
       </c>
       <c r="D58" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E58" s="71">
-        <v>1115.386</v>
+        <v>1354.29</v>
       </c>
       <c r="F58" s="72">
-        <v>6.8003264002544084</v>
+        <v>6.2858072729318319</v>
       </c>
       <c r="G58" s="70">
-        <v>0.873</v>
+        <v>1.163</v>
       </c>
       <c r="H58" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I58" s="71">
-        <v>1233.4000000000001</v>
+        <v>1598.4380000000001</v>
       </c>
       <c r="J58" s="72">
-        <v>7.0236532085179944</v>
+        <v>6.8742748079127978</v>
       </c>
       <c r="K58" s="85">
-        <v>0.69204152249135009</v>
+        <v>11.612284069097887</v>
       </c>
       <c r="L58" s="74">
-        <v>10.580552382762571</v>
+        <v>18.027748857334849</v>
       </c>
     </row>
     <row r="59" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A59" s="76"/>
       <c r="B59" s="83" t="s">
         <v>78</v>
       </c>
       <c r="C59" s="70">
-        <v>3.2509999999999999</v>
+        <v>3.597</v>
       </c>
       <c r="D59" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E59" s="71">
-        <v>1175.7650000000001</v>
+        <v>1308.7539999999999</v>
       </c>
       <c r="F59" s="72">
-        <v>7.1684473088196601</v>
+        <v>6.0744562919896223</v>
       </c>
       <c r="G59" s="70">
-        <v>3.6040000000000001</v>
+        <v>4.4009999999999998</v>
       </c>
       <c r="H59" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I59" s="71">
-        <v>1218.443</v>
+        <v>1459.1559999999999</v>
       </c>
       <c r="J59" s="72">
-        <v>6.9384798819087798</v>
+        <v>6.275275820278801</v>
       </c>
       <c r="K59" s="85">
-        <v>10.858197477699177</v>
+        <v>22.351959966638862</v>
       </c>
       <c r="L59" s="74">
-        <v>3.6298069767342866</v>
+        <v>11.491999260365207</v>
       </c>
     </row>
     <row r="60" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A60" s="76"/>
       <c r="B60" s="83" t="s">
         <v>73</v>
       </c>
       <c r="C60" s="70">
-        <v>0.92500000000000004</v>
+        <v>1.131</v>
       </c>
       <c r="D60" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E60" s="71">
-        <v>804.04600000000005</v>
+        <v>1014.211</v>
       </c>
       <c r="F60" s="72">
-        <v>4.9021372339431881</v>
+        <v>4.7073631792950303</v>
       </c>
       <c r="G60" s="70">
-        <v>1.1359999999999999</v>
+        <v>1.448</v>
       </c>
       <c r="H60" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I60" s="71">
-        <v>834.14599999999996</v>
+        <v>1067.9190000000001</v>
       </c>
       <c r="J60" s="72">
-        <v>4.7500828841190605</v>
+        <v>4.5927140612219102</v>
       </c>
       <c r="K60" s="85">
-        <v>22.810810810810793</v>
+        <v>28.028293545534922</v>
       </c>
       <c r="L60" s="74">
-        <v>3.7435669103508888</v>
+        <v>5.2955450098648198</v>
       </c>
     </row>
     <row r="61" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A61" s="76"/>
       <c r="B61" s="83" t="s">
         <v>55</v>
       </c>
       <c r="C61" s="70">
-        <v>1.0609999999999999</v>
+        <v>1.292</v>
       </c>
       <c r="D61" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E61" s="71">
-        <v>646.90300000000002</v>
+        <v>787.73400000000004</v>
       </c>
       <c r="F61" s="72">
-        <v>3.9440620101953745</v>
+        <v>3.656191883817856</v>
       </c>
       <c r="G61" s="70">
-        <v>0.89100000000000001</v>
+        <v>1.0549999999999999</v>
       </c>
       <c r="H61" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I61" s="71">
-        <v>680.90700000000004</v>
+        <v>817.322</v>
       </c>
       <c r="J61" s="72">
-        <v>3.8774563282409282</v>
+        <v>3.5149915320787564</v>
       </c>
       <c r="K61" s="85">
-        <v>-16.022620169651265</v>
+        <v>-18.343653250774</v>
       </c>
       <c r="L61" s="74">
-        <v>5.2564294801539058</v>
+        <v>3.7560902538166392</v>
       </c>
     </row>
     <row r="62" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A62" s="68"/>
       <c r="B62" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C62" s="70">
-        <v>6.793000000000001</v>
+        <v>9.1199999999999974</v>
       </c>
       <c r="D62" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E62" s="71">
-        <v>4346.5079999999998</v>
+        <v>6110.9420000000027</v>
       </c>
       <c r="F62" s="72">
-        <v>26.49994988400158</v>
+        <v>28.363351769609618</v>
       </c>
       <c r="G62" s="70">
-        <v>8.7210000000000001</v>
+        <v>12.114999999999998</v>
       </c>
       <c r="H62" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I62" s="71">
-        <v>5612.7850000000017</v>
+        <v>7612.1939999999977</v>
       </c>
       <c r="J62" s="72">
-        <v>31.962263153860608</v>
+        <v>32.737155552573782</v>
       </c>
       <c r="K62" s="85">
-        <v>28.3821581039305</v>
+        <v>32.839912280701775</v>
       </c>
       <c r="L62" s="74">
-        <v>29.133203021828141</v>
+        <v>24.566621643602478</v>
       </c>
     </row>
     <row r="63" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A63" s="61" t="s">
         <v>69</v>
       </c>
       <c r="B63" s="103" t="s">
         <v>43</v>
       </c>
       <c r="C63" s="62" t="s">
         <v>74</v>
       </c>
       <c r="D63" s="63"/>
       <c r="E63" s="63">
-        <v>50210.046000000002</v>
+        <v>65316.220999999998</v>
       </c>
       <c r="F63" s="64">
         <v>100</v>
       </c>
       <c r="G63" s="62" t="s">
         <v>74</v>
       </c>
       <c r="H63" s="63"/>
       <c r="I63" s="63">
-        <v>45035.703000000001</v>
+        <v>60950.743000000002</v>
       </c>
       <c r="J63" s="64">
         <v>100</v>
       </c>
       <c r="K63" s="65" t="s">
         <v>74</v>
       </c>
       <c r="L63" s="66">
-        <v>-10.305393864805461</v>
+        <v>-6.6836046745570226</v>
       </c>
     </row>
     <row r="64" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A64" s="68"/>
       <c r="B64" s="69" t="s">
         <v>60</v>
       </c>
       <c r="C64" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D64" s="71"/>
       <c r="E64" s="71">
-        <v>15188.84</v>
+        <v>20079.862000000001</v>
       </c>
       <c r="F64" s="72">
-        <v>30.250599650914481</v>
+        <v>30.742534844445458</v>
       </c>
       <c r="G64" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H64" s="71"/>
       <c r="I64" s="71">
-        <v>14763.324000000001</v>
+        <v>20146.401999999998</v>
       </c>
       <c r="J64" s="72">
-        <v>32.781377921423811</v>
+        <v>33.053579018716796</v>
       </c>
       <c r="K64" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L64" s="74">
-        <v>-2.8015042623399786</v>
+        <v>0.33137677938223492</v>
       </c>
     </row>
     <row r="65" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A65" s="68"/>
       <c r="B65" s="69" t="s">
         <v>72</v>
       </c>
       <c r="C65" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D65" s="71"/>
       <c r="E65" s="71">
-        <v>5481.6670000000004</v>
+        <v>6452.1509999999998</v>
       </c>
       <c r="F65" s="72">
-        <v>10.917470579493196</v>
+        <v>9.878328692653545</v>
       </c>
       <c r="G65" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H65" s="71"/>
       <c r="I65" s="71">
-        <v>2852.567</v>
+        <v>3770.5590000000002</v>
       </c>
       <c r="J65" s="72">
-        <v>6.3340123723615465</v>
+        <v>6.1862396000652531</v>
       </c>
       <c r="K65" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L65" s="74">
-        <v>-47.961687566939034</v>
+        <v>-41.561209587314366</v>
       </c>
     </row>
     <row r="66" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A66" s="68"/>
       <c r="B66" s="69" t="s">
         <v>55</v>
       </c>
       <c r="C66" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D66" s="71"/>
       <c r="E66" s="71">
-        <v>8573.7630000000008</v>
+        <v>11384.373</v>
       </c>
       <c r="F66" s="72">
-        <v>17.0757919640225</v>
+        <v>17.429625942382675</v>
       </c>
       <c r="G66" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H66" s="71"/>
       <c r="I66" s="71">
-        <v>7428.3239999999996</v>
+        <v>9683.9680000000008</v>
       </c>
       <c r="J66" s="72">
-        <v>16.494300088976072</v>
+        <v>15.888186957786553</v>
       </c>
       <c r="K66" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L66" s="74">
-        <v>-13.359816453988769</v>
+        <v>-14.936307866933021</v>
       </c>
     </row>
     <row r="67" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A67" s="94"/>
       <c r="B67" s="69" t="s">
         <v>64</v>
       </c>
       <c r="C67" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D67" s="71"/>
       <c r="E67" s="71">
-        <v>4752.3130000000001</v>
+        <v>6145.134</v>
       </c>
       <c r="F67" s="72">
-        <v>9.4648648599126943</v>
+        <v>9.4082815966955593</v>
       </c>
       <c r="G67" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H67" s="71"/>
       <c r="I67" s="71">
-        <v>3630.0970000000002</v>
+        <v>5285.02</v>
       </c>
       <c r="J67" s="72">
-        <v>8.0604870318111832</v>
+        <v>8.6709689494679338</v>
       </c>
       <c r="K67" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L67" s="74">
-        <v>-23.614101175574923</v>
+        <v>-13.996667932709029</v>
       </c>
     </row>
     <row r="68" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A68" s="94"/>
       <c r="B68" s="69" t="s">
         <v>52</v>
       </c>
       <c r="C68" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D68" s="71"/>
       <c r="E68" s="71">
-        <v>1456.7619999999999</v>
+        <v>2150.4830000000002</v>
       </c>
       <c r="F68" s="72">
-        <v>2.9013357207440116</v>
+        <v>3.2924179737832664</v>
       </c>
       <c r="G68" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H68" s="71"/>
       <c r="I68" s="71">
-        <v>2230.0500000000002</v>
+        <v>2995.5219999999999</v>
       </c>
       <c r="J68" s="72">
-        <v>4.9517379577709715</v>
+        <v>4.9146603512282043</v>
       </c>
       <c r="K68" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L68" s="74">
-        <v>53.082658663529138</v>
+        <v>39.295311797396195</v>
       </c>
     </row>
     <row r="69" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A69" s="95"/>
       <c r="B69" s="96" t="s">
         <v>61</v>
       </c>
       <c r="C69" s="97" t="s">
         <v>74</v>
       </c>
       <c r="D69" s="98"/>
       <c r="E69" s="98">
-        <v>14756.700999999994</v>
+        <v>19104.218000000001</v>
       </c>
       <c r="F69" s="99">
-        <v>29.389937224913105</v>
+        <v>29.248810950039502</v>
       </c>
       <c r="G69" s="97" t="s">
         <v>74</v>
       </c>
       <c r="H69" s="98"/>
       <c r="I69" s="98">
-        <v>14131.341</v>
+        <v>19069.271999999997</v>
       </c>
       <c r="J69" s="99">
-        <v>31.378084627656417</v>
+        <v>31.286365122735251</v>
       </c>
       <c r="K69" s="100" t="s">
         <v>74</v>
       </c>
       <c r="L69" s="101">
-        <v>-4.2378035578547912</v>
+        <v>-0.18292295450148</v>
       </c>
     </row>
     <row r="71" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="L71" s="3" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:F4"/>
     <mergeCell ref="G4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="G5:H5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">