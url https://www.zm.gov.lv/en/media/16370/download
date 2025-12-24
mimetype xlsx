--- v1 (2025-11-13)
+++ v2 (2025-12-24)
@@ -8,53 +8,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://zmgovlv-my.sharepoint.com/personal/dace_ikere_zm_gov_lv/Documents/Darbvirsma/LAPAI/vestule/veti/Agita/BICEKS/MONTA/Publiceeet/ZM_timeklvietne/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="82" documentId="13_ncr:1_{D5E88BA7-78A9-48F3-9B25-EEF8946FC29A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{063E688C-F446-48BF-B2BC-6D7FEFA5484D}"/>
+  <xr:revisionPtr revIDLastSave="94" documentId="13_ncr:1_{D5E88BA7-78A9-48F3-9B25-EEF8946FC29A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{631107E1-3E50-49FA-A8C1-A5D7C4474D26}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="25820" windowHeight="13900" xr2:uid="{6115FE8E-029A-4BD3-922D-BE3C791E55FE}"/>
+    <workbookView xWindow="3456" yWindow="3456" windowWidth="23040" windowHeight="12132" xr2:uid="{6115FE8E-029A-4BD3-922D-BE3C791E55FE}"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId1"/>
     <sheet name="Export_countries" sheetId="2" r:id="rId2"/>
     <sheet name="Import" sheetId="3" r:id="rId3"/>
     <sheet name="Import_countries" sheetId="4" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -413,57 +413,57 @@
   <si>
     <t>(t)</t>
   </si>
   <si>
     <t>(m3)</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t xml:space="preserve">    Fuel wood, in logs, billets, twigs, faggots or similar forms</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>2025/2024</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
-    <t>2024 January- September</t>
+    <t>2024 January- October</t>
   </si>
   <si>
-    <t>2025 January-  September</t>
+    <t>2025 January-  October</t>
   </si>
   <si>
-    <t>2025 January- September</t>
+    <t>2025 January- October</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color indexed="10"/>
       <name val="Times New Roman Baltic"/>
       <family val="1"/>
@@ -1438,7889 +1438,7889 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CF04C837-F983-4C27-A519-9E98E78F6737}">
   <dimension ref="A1:M48"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="G4" sqref="G4:J4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="24.08984375" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="11.08984375" customWidth="1"/>
+    <col min="1" max="1" width="24.109375" customWidth="1"/>
+    <col min="2" max="2" width="55.33203125" customWidth="1"/>
+    <col min="3" max="3" width="11.33203125" customWidth="1"/>
+    <col min="4" max="4" width="5.44140625" customWidth="1"/>
+    <col min="5" max="5" width="16.109375" customWidth="1"/>
+    <col min="6" max="6" width="10.109375" customWidth="1"/>
+    <col min="7" max="7" width="11.109375" customWidth="1"/>
     <col min="8" max="8" width="6" customWidth="1"/>
-    <col min="9" max="9" width="16.453125" customWidth="1"/>
-    <col min="10" max="10" width="11.453125" customWidth="1"/>
+    <col min="9" max="9" width="16.44140625" customWidth="1"/>
+    <col min="10" max="10" width="11.44140625" customWidth="1"/>
     <col min="11" max="11" width="11" customWidth="1"/>
-    <col min="12" max="12" width="11.6328125" customWidth="1"/>
+    <col min="12" max="12" width="11.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:13" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1"/>
     </row>
-    <row r="2" spans="1:13" ht="24" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="2" spans="1:13" ht="24" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="104" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="105"/>
       <c r="C2" s="105"/>
       <c r="D2" s="105"/>
       <c r="E2" s="105"/>
       <c r="F2" s="105"/>
       <c r="G2" s="105"/>
       <c r="H2" s="105"/>
       <c r="I2" s="105"/>
       <c r="J2" s="105"/>
       <c r="K2" s="105"/>
       <c r="L2" s="106"/>
       <c r="M2" s="3"/>
     </row>
-    <row r="3" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="4"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
       <c r="H3" s="5"/>
       <c r="I3" s="5"/>
       <c r="J3" s="5"/>
       <c r="K3" s="5"/>
       <c r="L3" s="6"/>
       <c r="M3" s="3"/>
     </row>
-    <row r="4" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="107" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="109" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="111" t="s">
         <v>83</v>
       </c>
       <c r="D4" s="112"/>
       <c r="E4" s="112"/>
       <c r="F4" s="113"/>
       <c r="G4" s="111" t="s">
         <v>84</v>
       </c>
       <c r="H4" s="112"/>
       <c r="I4" s="112"/>
       <c r="J4" s="113"/>
       <c r="K4" s="114" t="s">
         <v>81</v>
       </c>
       <c r="L4" s="115"/>
       <c r="M4" s="7"/>
     </row>
-    <row r="5" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="108"/>
       <c r="B5" s="110"/>
       <c r="C5" s="114" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="115"/>
       <c r="E5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G5" s="114" t="s">
         <v>3</v>
       </c>
       <c r="H5" s="115"/>
       <c r="I5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="J5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K5" s="10" t="s">
         <v>6</v>
       </c>
       <c r="L5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="M5" s="7"/>
     </row>
-    <row r="6" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="11">
         <v>3605</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="13" t="s">
         <v>74</v>
       </c>
       <c r="D6" s="14"/>
       <c r="E6" s="14">
-        <v>44.694000000000003</v>
+        <v>45.633000000000003</v>
       </c>
       <c r="F6" s="14">
-        <v>1.7450760165112213E-3</v>
+        <v>1.5916977591805975E-3</v>
       </c>
       <c r="G6" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H6" s="16"/>
       <c r="I6" s="16">
-        <v>9.6489999999999991</v>
+        <v>10.803000000000001</v>
       </c>
       <c r="J6" s="17">
-        <v>3.7719765236653277E-4</v>
+        <v>3.7620555676606327E-4</v>
       </c>
       <c r="K6" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L6" s="17">
-        <v>-78.410972390029983</v>
+        <v>-76.326342778252581</v>
       </c>
       <c r="M6" s="18"/>
     </row>
-    <row r="7" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="11">
         <v>44</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D7" s="16"/>
       <c r="E7" s="16">
-        <v>2248360.6320000002</v>
+        <v>2517007.0070000002</v>
       </c>
       <c r="F7" s="16">
-        <v>87.78717983110063</v>
+        <v>87.794236909336718</v>
       </c>
       <c r="G7" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H7" s="16"/>
       <c r="I7" s="16">
-        <v>2260026.466</v>
+        <v>2537197.236</v>
       </c>
       <c r="J7" s="17">
-        <v>88.348707354278332</v>
+        <v>88.355799203433918</v>
       </c>
       <c r="K7" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L7" s="17">
-        <v>0.51885955633472403</v>
+        <v>0.80215227624909879</v>
       </c>
       <c r="M7" s="18"/>
     </row>
-    <row r="8" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="19">
         <v>4401</v>
       </c>
       <c r="B8" s="20" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="21">
-        <v>3587.346207</v>
+        <v>3988.687938</v>
       </c>
       <c r="D8" s="22" t="s">
         <v>75</v>
       </c>
       <c r="E8" s="23">
-        <v>466986.288</v>
+        <v>524904.22499999998</v>
       </c>
       <c r="F8" s="23">
-        <v>18.233466935794553</v>
+        <v>18.308874689740495</v>
       </c>
       <c r="G8" s="21">
-        <v>3323.0150950000002</v>
+        <v>3761.9259179999999</v>
       </c>
       <c r="H8" s="22" t="s">
         <v>75</v>
       </c>
       <c r="I8" s="23">
-        <v>427648.79300000001</v>
+        <v>491369.81699999998</v>
       </c>
       <c r="J8" s="23">
-        <v>16.717599829721355</v>
+        <v>17.111548234983207</v>
       </c>
       <c r="K8" s="21">
-        <v>-7.3684304984060285</v>
+        <v>-5.6851281304724655</v>
       </c>
       <c r="L8" s="24">
-        <v>-8.4236938023327994</v>
+        <v>-6.3886717619771494</v>
       </c>
       <c r="M8" s="25"/>
     </row>
-    <row r="9" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="26">
         <v>44011</v>
       </c>
       <c r="B9" s="27" t="s">
         <v>79</v>
       </c>
       <c r="C9" s="28">
-        <v>375.33823100000001</v>
+        <v>428.26031799999998</v>
       </c>
       <c r="D9" s="29" t="s">
         <v>75</v>
       </c>
       <c r="E9" s="30">
-        <v>70731.820000000007</v>
+        <v>85325.16</v>
       </c>
       <c r="F9" s="30">
-        <v>2.7617219914572138</v>
+        <v>2.9761765821604089</v>
       </c>
       <c r="G9" s="28">
-        <v>236.45597000000001</v>
+        <v>269.30847899999998</v>
       </c>
       <c r="H9" s="29" t="s">
         <v>75</v>
       </c>
       <c r="I9" s="31">
-        <v>58569.684000000001</v>
+        <v>68661.163</v>
       </c>
       <c r="J9" s="31">
-        <v>2.2895996792050659</v>
+        <v>2.3910683194131646</v>
       </c>
       <c r="K9" s="28">
-        <v>-37.00189576478288</v>
+        <v>-37.115705639577847</v>
       </c>
       <c r="L9" s="32">
-        <v>-17.194716607037687</v>
+        <v>-19.52999209143001</v>
       </c>
       <c r="M9" s="25"/>
     </row>
-    <row r="10" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="26">
         <v>44012</v>
       </c>
       <c r="B10" s="27" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="28">
-        <v>1844.860739</v>
+        <v>2047.8755839999999</v>
       </c>
       <c r="D10" s="29" t="s">
         <v>75</v>
       </c>
       <c r="E10" s="30">
-        <v>133297.30300000001</v>
+        <v>147704.16200000001</v>
       </c>
       <c r="F10" s="30">
-        <v>5.2045895764740067</v>
+        <v>5.1519817605033191</v>
       </c>
       <c r="G10" s="28">
-        <v>1747.0612699999999</v>
+        <v>1925.6143500000001</v>
       </c>
       <c r="H10" s="29" t="s">
         <v>75</v>
       </c>
       <c r="I10" s="31">
-        <v>117215.21799999999</v>
+        <v>129329.893</v>
       </c>
       <c r="J10" s="31">
-        <v>4.5821644783118822</v>
+        <v>4.5038067576192153</v>
       </c>
       <c r="K10" s="28">
-        <v>-5.3011843621872456</v>
+        <v>-5.9701495029885487</v>
       </c>
       <c r="L10" s="32">
-        <v>-12.064823997226725</v>
+        <v>-12.439912830621532</v>
       </c>
       <c r="M10" s="25"/>
     </row>
-    <row r="11" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="26">
         <v>440131</v>
       </c>
       <c r="B11" s="27" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="28">
-        <v>1202.8652959999999</v>
+        <v>1337.121719</v>
       </c>
       <c r="D11" s="29" t="s">
         <v>75</v>
       </c>
       <c r="E11" s="30">
-        <v>241597.55600000001</v>
+        <v>266902.027</v>
       </c>
       <c r="F11" s="30">
-        <v>9.433170014394026</v>
+        <v>9.3096521880362726</v>
       </c>
       <c r="G11" s="28">
-        <v>1214.7858120000001</v>
+        <v>1411.9562969999999</v>
       </c>
       <c r="H11" s="29" t="s">
         <v>75</v>
       </c>
       <c r="I11" s="31">
-        <v>231635.21799999999</v>
+        <v>269990.42</v>
       </c>
       <c r="J11" s="31">
-        <v>9.0550586003741369</v>
+        <v>9.4021934904751685</v>
       </c>
       <c r="K11" s="28">
-        <v>0.9910100523841312</v>
+        <v>5.5966915305187683</v>
       </c>
       <c r="L11" s="32">
-        <v>-4.1235259846751173</v>
+        <v>1.1571260940629655</v>
       </c>
       <c r="M11" s="25"/>
     </row>
-    <row r="12" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="26" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="27" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="28">
-        <v>164.28194099999999</v>
+        <v>175.430317</v>
       </c>
       <c r="D12" s="29" t="s">
         <v>75</v>
       </c>
       <c r="E12" s="30">
-        <v>21359.609</v>
+        <v>24972.876</v>
       </c>
       <c r="F12" s="30">
-        <v>0.83398535346930736</v>
+        <v>0.87106415904049517</v>
       </c>
       <c r="G12" s="28">
-        <v>124.71204299999999</v>
+        <v>155.04679200000001</v>
       </c>
       <c r="H12" s="29" t="s">
         <v>75</v>
       </c>
       <c r="I12" s="31">
-        <v>20228.672999999999</v>
+        <v>23388.341</v>
       </c>
       <c r="J12" s="31">
-        <v>0.79077707183026924</v>
+        <v>0.81447966747565903</v>
       </c>
       <c r="K12" s="28">
-        <v>-24.086578085901721</v>
+        <v>-11.619157594066246</v>
       </c>
       <c r="L12" s="32">
-        <v>-5.2947411162816769</v>
+        <v>-6.3450240973446554</v>
       </c>
       <c r="M12" s="25"/>
     </row>
     <row r="13" spans="1:13" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="19">
         <v>4402</v>
       </c>
       <c r="B13" s="20" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="33">
-        <v>5.8770550000000004</v>
+        <v>6.1323059999999998</v>
       </c>
       <c r="D13" s="22" t="s">
         <v>75</v>
       </c>
       <c r="E13" s="34">
-        <v>5643.3230000000003</v>
+        <v>5859.1610000000001</v>
       </c>
       <c r="F13" s="34">
-        <v>0.2203433933128866</v>
+        <v>0.20436993917512214</v>
       </c>
       <c r="G13" s="33">
-        <v>5.1738710000000001</v>
+        <v>5.5327070000000003</v>
       </c>
       <c r="H13" s="22" t="s">
         <v>75</v>
       </c>
       <c r="I13" s="23">
-        <v>4615.0929999999998</v>
+        <v>4928.0600000000004</v>
       </c>
       <c r="J13" s="23">
-        <v>0.1804127106491055</v>
+        <v>0.17161562122341623</v>
       </c>
       <c r="K13" s="33">
-        <v>-11.96490419095959</v>
+        <v>-9.7777084183339777</v>
       </c>
       <c r="L13" s="24">
-        <v>-18.220293256295989</v>
+        <v>-15.891370795238425</v>
       </c>
       <c r="M13" s="18"/>
     </row>
-    <row r="14" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="19">
         <v>4403</v>
       </c>
       <c r="B14" s="20" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="21">
-        <v>3635.49</v>
+        <v>4028.7350000000001</v>
       </c>
       <c r="D14" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E14" s="23">
-        <v>300480.17499999999</v>
+        <v>334457.25799999997</v>
       </c>
       <c r="F14" s="23">
-        <v>11.732240274524422</v>
+        <v>11.666006357247756</v>
       </c>
       <c r="G14" s="21">
-        <v>2938.105</v>
+        <v>3197.8679999999999</v>
       </c>
       <c r="H14" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I14" s="23">
-        <v>247304.47700000001</v>
+        <v>269950.06199999998</v>
       </c>
       <c r="J14" s="24">
-        <v>9.667599558931828</v>
+        <v>9.4007880564420319</v>
       </c>
       <c r="K14" s="23">
-        <v>-19.182696142748291</v>
+        <v>-20.623520782578158</v>
       </c>
       <c r="L14" s="24">
-        <v>-17.696907291803853</v>
+        <v>-19.287126966758784</v>
       </c>
       <c r="M14" s="25"/>
     </row>
-    <row r="15" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="26"/>
       <c r="B15" s="27" t="s">
         <v>16</v>
       </c>
       <c r="C15" s="37">
-        <v>598.87599999999998</v>
+        <v>678.90499999999997</v>
       </c>
       <c r="D15" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E15" s="31">
-        <v>73977.126000000004</v>
+        <v>83727.131999999998</v>
       </c>
       <c r="F15" s="31">
-        <v>2.8884348761137666</v>
+        <v>2.9204367099909732</v>
       </c>
       <c r="G15" s="37">
-        <v>778.44100000000003</v>
+        <v>856.66200000000003</v>
       </c>
       <c r="H15" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I15" s="31">
-        <v>94972.020999999993</v>
+        <v>102751.033</v>
       </c>
       <c r="J15" s="32">
-        <v>3.7126358546694007</v>
+        <v>3.5782198998475545</v>
       </c>
       <c r="K15" s="31">
-        <v>29.983669407356455</v>
+        <v>26.182897459880262</v>
       </c>
       <c r="L15" s="32">
-        <v>28.380252295824508</v>
+        <v>22.721309742223106</v>
       </c>
       <c r="M15" s="25"/>
     </row>
-    <row r="16" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="26"/>
       <c r="B16" s="27" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="37">
-        <v>388.714</v>
+        <v>445.77800000000002</v>
       </c>
       <c r="D16" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E16" s="31">
-        <v>44803.466</v>
+        <v>51241.906000000003</v>
       </c>
       <c r="F16" s="31">
-        <v>1.749350113509105</v>
+        <v>1.7873387012982449</v>
       </c>
       <c r="G16" s="37">
-        <v>541.74</v>
+        <v>584.90599999999995</v>
       </c>
       <c r="H16" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I16" s="31">
-        <v>62717.012999999999</v>
+        <v>66949.467000000004</v>
       </c>
       <c r="J16" s="32">
-        <v>2.4517266107411455</v>
+        <v>2.3314599192748475</v>
       </c>
       <c r="K16" s="31">
-        <v>39.36724687044974</v>
+        <v>31.210153933123646</v>
       </c>
       <c r="L16" s="32">
-        <v>39.982502692983616</v>
+        <v>30.653740709801074</v>
       </c>
       <c r="M16" s="25"/>
     </row>
-    <row r="17" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="26"/>
       <c r="B17" s="27" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="37">
-        <v>210.16200000000001</v>
+        <v>233.12700000000001</v>
       </c>
       <c r="D17" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E17" s="31">
-        <v>29173.66</v>
+        <v>32485.225999999999</v>
       </c>
       <c r="F17" s="31">
-        <v>1.1390847626046616</v>
+        <v>1.1330980086927285</v>
       </c>
       <c r="G17" s="37">
-        <v>236.70099999999999</v>
+        <v>271.75599999999997</v>
       </c>
       <c r="H17" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I17" s="31">
-        <v>32255.008000000002</v>
+        <v>35801.565999999999</v>
       </c>
       <c r="J17" s="32">
-        <v>1.2609092439282552</v>
+        <v>1.2467599805727074</v>
       </c>
       <c r="K17" s="31">
-        <v>12.627877542086575</v>
+        <v>16.569938273987979</v>
       </c>
       <c r="L17" s="32">
-        <v>10.562089227063048</v>
+        <v>10.208763823899519</v>
       </c>
       <c r="M17" s="25"/>
     </row>
-    <row r="18" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="26"/>
       <c r="B18" s="27" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="37">
-        <v>3036.614</v>
+        <v>3349.83</v>
       </c>
       <c r="D18" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E18" s="31">
-        <v>226503.049</v>
+        <v>250730.12599999999</v>
       </c>
       <c r="F18" s="31">
-        <v>8.8438053984106553</v>
+        <v>8.7455696472567848</v>
       </c>
       <c r="G18" s="37">
-        <v>2159.6640000000002</v>
+        <v>2341.2060000000001</v>
       </c>
       <c r="H18" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I18" s="31">
-        <v>152332.45600000001</v>
+        <v>167199.02900000001</v>
       </c>
       <c r="J18" s="32">
-        <v>5.9549637042624264</v>
+        <v>5.8225681565944782</v>
       </c>
       <c r="K18" s="31">
-        <v>-28.879205588856529</v>
+        <v>-30.109707059761238</v>
       </c>
       <c r="L18" s="32">
-        <v>-32.745957870085888</v>
+        <v>-33.315141795126756</v>
       </c>
       <c r="M18" s="25"/>
     </row>
-    <row r="19" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="26"/>
       <c r="B19" s="27" t="s">
         <v>17</v>
       </c>
       <c r="C19" s="37">
-        <v>1021.764</v>
+        <v>1155.0050000000001</v>
       </c>
       <c r="D19" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E19" s="31">
-        <v>80125.732000000004</v>
+        <v>90912.659</v>
       </c>
       <c r="F19" s="31">
-        <v>3.1285070304426914</v>
+        <v>3.1710708393366596</v>
       </c>
       <c r="G19" s="37">
-        <v>743.99699999999996</v>
+        <v>818.62599999999998</v>
       </c>
       <c r="H19" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I19" s="31">
-        <v>52361.572</v>
+        <v>59585.932000000001</v>
       </c>
       <c r="J19" s="32">
-        <v>2.0469128440896651</v>
+        <v>2.0750308917416254</v>
       </c>
       <c r="K19" s="31">
-        <v>-27.185044687422931</v>
+        <v>-29.123596867546038</v>
       </c>
       <c r="L19" s="32">
-        <v>-34.65074116265172</v>
+        <v>-34.458047256103249</v>
       </c>
       <c r="M19" s="25"/>
     </row>
-    <row r="20" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="26"/>
       <c r="B20" s="27" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="37">
-        <v>2014.85</v>
+        <v>2194.8249999999998</v>
       </c>
       <c r="D20" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E20" s="31">
-        <v>146377.31700000001</v>
+        <v>159817.467</v>
       </c>
       <c r="F20" s="31">
-        <v>5.7152983679679643</v>
+        <v>5.5744988079201256</v>
       </c>
       <c r="G20" s="37">
-        <v>1415.6669999999999</v>
+        <v>1522.58</v>
       </c>
       <c r="H20" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I20" s="31">
-        <v>99970.884000000005</v>
+        <v>107613.09699999999</v>
       </c>
       <c r="J20" s="32">
-        <v>3.9080508601727613</v>
+        <v>3.747537264852852</v>
       </c>
       <c r="K20" s="31">
-        <v>-29.738342804675288</v>
+        <v>-30.628637818504888</v>
       </c>
       <c r="L20" s="32">
-        <v>-31.703295258513315</v>
+        <v>-32.664996498786962</v>
       </c>
       <c r="M20" s="25"/>
     </row>
     <row r="21" spans="1:13" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="19">
         <v>4404</v>
       </c>
       <c r="B21" s="20" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="21">
-        <v>50.890805</v>
+        <v>56.331947</v>
       </c>
       <c r="D21" s="22" t="s">
         <v>75</v>
       </c>
       <c r="E21" s="23">
-        <v>23275.005000000001</v>
+        <v>25785.932000000001</v>
       </c>
       <c r="F21" s="23">
-        <v>0.90877193828430558</v>
+        <v>0.89942388584540267</v>
       </c>
       <c r="G21" s="21">
-        <v>58.254443000000002</v>
+        <v>65.434783999999993</v>
       </c>
       <c r="H21" s="22" t="s">
         <v>75</v>
       </c>
       <c r="I21" s="23">
-        <v>26570.804</v>
+        <v>29775.423999999999</v>
       </c>
       <c r="J21" s="24">
-        <v>1.0387029630315348</v>
+        <v>1.0369045602023141</v>
       </c>
       <c r="K21" s="23">
-        <v>14.469486187141275</v>
+        <v>16.159279919793992</v>
       </c>
       <c r="L21" s="24">
-        <v>14.160250448925785</v>
+        <v>15.471583497544314</v>
       </c>
       <c r="M21" s="18"/>
     </row>
     <row r="22" spans="1:13" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="19">
         <v>4406</v>
       </c>
       <c r="B22" s="20" t="s">
         <v>21</v>
       </c>
       <c r="C22" s="21">
-        <v>3.0640000000000001</v>
+        <v>3.407</v>
       </c>
       <c r="D22" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E22" s="23">
-        <v>1127.097</v>
+        <v>1269.759</v>
       </c>
       <c r="F22" s="23">
-        <v>4.4007471763139294E-2</v>
+        <v>4.4289714789722261E-2</v>
       </c>
       <c r="G22" s="21">
-        <v>3.302</v>
+        <v>3.6720000000000002</v>
       </c>
       <c r="H22" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I22" s="23">
-        <v>1461.404</v>
+        <v>1615.5050000000001</v>
       </c>
       <c r="J22" s="24">
-        <v>5.7129045285424444E-2</v>
+        <v>5.6258627972170593E-2</v>
       </c>
       <c r="K22" s="23">
-        <v>7.7676240208877285</v>
+        <v>7.7781039037276232</v>
       </c>
       <c r="L22" s="24">
-        <v>29.660889879043246</v>
+        <v>27.229261615786939</v>
       </c>
       <c r="M22" s="18"/>
     </row>
-    <row r="23" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="19">
         <v>4407</v>
       </c>
       <c r="B23" s="20" t="s">
         <v>22</v>
       </c>
       <c r="C23" s="21">
-        <v>2559.8519999999999</v>
+        <v>2820.1190000000001</v>
       </c>
       <c r="D23" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E23" s="23">
-        <v>610098.88600000006</v>
+        <v>679899.36100000003</v>
       </c>
       <c r="F23" s="23">
-        <v>23.821294439048053</v>
+        <v>23.715168614205073</v>
       </c>
       <c r="G23" s="21">
-        <v>2333.5430000000001</v>
+        <v>2655.81</v>
       </c>
       <c r="H23" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I23" s="23">
-        <v>655636.36699999997</v>
+        <v>741269.16</v>
       </c>
       <c r="J23" s="24">
-        <v>25.630065129912165</v>
+        <v>25.81408655478219</v>
       </c>
       <c r="K23" s="23">
-        <v>-8.8407064158396569</v>
+        <v>-5.8263144214836391</v>
       </c>
       <c r="L23" s="24">
-        <v>7.4639508520590718</v>
+        <v>9.0263063212380334</v>
       </c>
       <c r="M23" s="25"/>
     </row>
-    <row r="24" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="26">
         <v>44071</v>
       </c>
       <c r="B24" s="27" t="s">
         <v>23</v>
       </c>
       <c r="C24" s="37">
-        <v>2199.8829999999998</v>
+        <v>2412.5830000000001</v>
       </c>
       <c r="D24" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="31">
-        <v>532901.804</v>
+        <v>592122.02899999998</v>
       </c>
       <c r="F24" s="31">
-        <v>20.807136468339454</v>
+        <v>20.653459266775549</v>
       </c>
       <c r="G24" s="37">
-        <v>2002.7059999999999</v>
+        <v>2285.9560000000001</v>
       </c>
       <c r="H24" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I24" s="31">
-        <v>580596.11100000003</v>
+        <v>657071.44200000004</v>
       </c>
       <c r="J24" s="32">
-        <v>22.696599652019781</v>
+        <v>22.881970533434234</v>
       </c>
       <c r="K24" s="31">
-        <v>-8.9630675813213667</v>
+        <v>-5.2486069909304653</v>
       </c>
       <c r="L24" s="32">
-        <v>8.949924102715185</v>
+        <v>10.968923603414874</v>
       </c>
       <c r="M24" s="25"/>
     </row>
-    <row r="25" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="26" t="s">
         <v>24</v>
       </c>
       <c r="B25" s="27" t="s">
         <v>25</v>
       </c>
       <c r="C25" s="37">
-        <v>359.96899999999999</v>
+        <v>407.536</v>
       </c>
       <c r="D25" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E25" s="31">
-        <v>77197.081999999995</v>
+        <v>87777.331999999995</v>
       </c>
       <c r="F25" s="31">
-        <v>3.0141579707085979</v>
+        <v>3.0617093474295212</v>
       </c>
       <c r="G25" s="37">
-        <v>330.83699999999999</v>
+        <v>369.85399999999998</v>
       </c>
       <c r="H25" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I25" s="31">
-        <v>75040.255999999994</v>
+        <v>84197.717999999993</v>
       </c>
       <c r="J25" s="32">
-        <v>2.9334654778923852</v>
+        <v>2.9321160213479569</v>
       </c>
       <c r="K25" s="31">
-        <v>-8.092919112479132</v>
+        <v>-9.2462997133995568</v>
       </c>
       <c r="L25" s="32">
-        <v>-2.7939216666246542</v>
+        <v>-4.0780619761831014</v>
       </c>
       <c r="M25" s="25"/>
     </row>
-    <row r="26" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="19">
         <v>4408</v>
       </c>
       <c r="B26" s="20" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="21">
-        <v>61.822000000000003</v>
+        <v>70.001000000000005</v>
       </c>
       <c r="D26" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E26" s="23">
-        <v>26044.404999999999</v>
+        <v>29496.880000000001</v>
       </c>
       <c r="F26" s="23">
-        <v>1.016903086092203</v>
+        <v>1.0288632743588846</v>
       </c>
       <c r="G26" s="21">
-        <v>69.072999999999993</v>
+        <v>79.438999999999993</v>
       </c>
       <c r="H26" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I26" s="23">
-        <v>29200.064999999999</v>
+        <v>33549.78</v>
       </c>
       <c r="J26" s="24">
-        <v>1.1414857463934251</v>
+        <v>1.1683433920465547</v>
       </c>
       <c r="K26" s="23">
-        <v>11.728834395522615</v>
+        <v>13.482664533363792</v>
       </c>
       <c r="L26" s="24">
-        <v>12.116460329963385</v>
+        <v>13.74009725774386</v>
       </c>
       <c r="M26" s="18"/>
     </row>
-    <row r="27" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="19">
         <v>4409</v>
       </c>
       <c r="B27" s="20" t="s">
         <v>27</v>
       </c>
       <c r="C27" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D27" s="36"/>
       <c r="E27" s="23">
-        <v>40583.93</v>
+        <v>45564.67</v>
       </c>
       <c r="F27" s="23">
-        <v>1.5845984449539141</v>
+        <v>1.5893143807508465</v>
       </c>
       <c r="G27" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H27" s="36"/>
       <c r="I27" s="23">
-        <v>38703.040999999997</v>
+        <v>43275.141000000003</v>
       </c>
       <c r="J27" s="24">
-        <v>1.512975044527481</v>
+        <v>1.5070210602642682</v>
       </c>
       <c r="K27" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L27" s="24">
-        <v>-4.6345659476546581</v>
+        <v>-5.0247900401780479</v>
       </c>
       <c r="M27" s="18"/>
     </row>
-    <row r="28" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="26">
         <v>44091</v>
       </c>
       <c r="B28" s="27" t="s">
         <v>23</v>
       </c>
       <c r="C28" s="37" t="s">
         <v>74</v>
       </c>
       <c r="D28" s="38"/>
       <c r="E28" s="31">
-        <v>24656.602999999999</v>
+        <v>27143.023000000001</v>
       </c>
       <c r="F28" s="31">
-        <v>0.96271639468247694</v>
+        <v>0.946759776619714</v>
       </c>
       <c r="G28" s="37" t="s">
         <v>74</v>
       </c>
       <c r="H28" s="38"/>
       <c r="I28" s="31">
-        <v>21561.024000000001</v>
+        <v>23972.909</v>
       </c>
       <c r="J28" s="32">
-        <v>0.84286119135853144</v>
+        <v>0.83483676549543329</v>
       </c>
       <c r="K28" s="31" t="s">
         <v>74</v>
       </c>
       <c r="L28" s="32">
-        <v>-12.554766769777645</v>
+        <v>-11.679296001775489</v>
       </c>
       <c r="M28" s="25"/>
     </row>
-    <row r="29" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="26">
         <v>44092</v>
       </c>
       <c r="B29" s="27" t="s">
         <v>25</v>
       </c>
       <c r="C29" s="37" t="s">
         <v>74</v>
       </c>
       <c r="D29" s="38"/>
       <c r="E29" s="31">
-        <v>15927.326999999999</v>
+        <v>18421.647000000001</v>
       </c>
       <c r="F29" s="31">
-        <v>0.62188205027143717</v>
+        <v>0.64255460413113263</v>
       </c>
       <c r="G29" s="37" t="s">
         <v>74</v>
       </c>
       <c r="H29" s="38"/>
       <c r="I29" s="31">
-        <v>17142.017</v>
+        <v>19302.232</v>
       </c>
       <c r="J29" s="32">
-        <v>0.67011385316894967</v>
+        <v>0.67218429476883468</v>
       </c>
       <c r="K29" s="31" t="s">
         <v>74</v>
       </c>
       <c r="L29" s="32">
-        <v>7.6264523231048154</v>
+        <v>4.780164336011862</v>
       </c>
       <c r="M29" s="25"/>
     </row>
-    <row r="30" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="19">
         <v>4410</v>
       </c>
       <c r="B30" s="20" t="s">
         <v>28</v>
       </c>
       <c r="C30" s="21">
-        <v>746.21100000000001</v>
+        <v>849.06200000000001</v>
       </c>
       <c r="D30" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E30" s="23">
-        <v>183936.74400000001</v>
+        <v>207029.59400000001</v>
       </c>
       <c r="F30" s="23">
-        <v>7.1818051754052945</v>
+        <v>7.2212771646367511</v>
       </c>
       <c r="G30" s="21">
-        <v>812.4</v>
+        <v>881.39099999999996</v>
       </c>
       <c r="H30" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I30" s="23">
-        <v>184641.304</v>
+        <v>201898.72200000001</v>
       </c>
       <c r="J30" s="24">
-        <v>7.2179776555804018</v>
+        <v>7.0309563195748046</v>
       </c>
       <c r="K30" s="23">
-        <v>8.8700112970728071</v>
+        <v>3.8076135782781413</v>
       </c>
       <c r="L30" s="24">
-        <v>0.38304472759395897</v>
+        <v>-2.4783278085354321</v>
       </c>
       <c r="M30" s="18"/>
     </row>
-    <row r="31" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="19">
         <v>4411</v>
       </c>
       <c r="B31" s="39" t="s">
         <v>29</v>
       </c>
       <c r="C31" s="21">
-        <v>27.402000000000001</v>
+        <v>31.724</v>
       </c>
       <c r="D31" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E31" s="23">
-        <v>19520.563999999998</v>
+        <v>22532.614000000001</v>
       </c>
       <c r="F31" s="23">
-        <v>0.76217989137629971</v>
+        <v>0.78594681945700162</v>
       </c>
       <c r="G31" s="21">
-        <v>20.853999999999999</v>
+        <v>23.042999999999999</v>
       </c>
       <c r="H31" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I31" s="23">
-        <v>15971.587</v>
+        <v>17638.036</v>
       </c>
       <c r="J31" s="24">
-        <v>0.62435953165797842</v>
+        <v>0.61423004291769567</v>
       </c>
       <c r="K31" s="23">
-        <v>-23.896065980585366</v>
+        <v>-27.364140713655278</v>
       </c>
       <c r="L31" s="24">
-        <v>-18.180709327865728</v>
+        <v>-21.722193439252106</v>
       </c>
       <c r="M31" s="25"/>
     </row>
-    <row r="32" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="19">
         <v>4412</v>
       </c>
       <c r="B32" s="20" t="s">
         <v>30</v>
       </c>
       <c r="C32" s="21">
-        <v>243.43899999999999</v>
+        <v>275.005</v>
       </c>
       <c r="D32" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E32" s="23">
-        <v>270859.45299999998</v>
+        <v>306848.28200000001</v>
       </c>
       <c r="F32" s="23">
-        <v>10.57569998826796</v>
+        <v>10.702993948848773</v>
       </c>
       <c r="G32" s="21">
-        <v>254.626</v>
+        <v>288.803</v>
       </c>
       <c r="H32" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I32" s="23">
-        <v>282735.41899999999</v>
+        <v>320540.86700000003</v>
       </c>
       <c r="J32" s="24">
-        <v>11.052662067330084</v>
+        <v>11.162571076183617</v>
       </c>
       <c r="K32" s="23">
-        <v>4.5954017228135235</v>
+        <v>5.0173633206668979</v>
       </c>
       <c r="L32" s="24">
-        <v>4.3845492075183419</v>
+        <v>4.4623306706341674</v>
       </c>
       <c r="M32" s="25"/>
     </row>
-    <row r="33" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="19">
         <v>4413</v>
       </c>
       <c r="B33" s="20" t="s">
         <v>31</v>
       </c>
       <c r="C33" s="21">
-        <v>8.2720000000000002</v>
+        <v>9.3650000000000002</v>
       </c>
       <c r="D33" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E33" s="23">
-        <v>6563.4790000000003</v>
+        <v>7271.1509999999998</v>
       </c>
       <c r="F33" s="23">
-        <v>0.25627085934969018</v>
+        <v>0.25362072958963378</v>
       </c>
       <c r="G33" s="21">
-        <v>10.865</v>
+        <v>12.146000000000001</v>
       </c>
       <c r="H33" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I33" s="23">
-        <v>7053.1279999999997</v>
+        <v>7862.9430000000002</v>
       </c>
       <c r="J33" s="24">
-        <v>0.27572010813977188</v>
+        <v>0.27382049885539378</v>
       </c>
       <c r="K33" s="23">
-        <v>31.346711798839454</v>
+        <v>29.695675387079557</v>
       </c>
       <c r="L33" s="24">
-        <v>7.4602051747251634</v>
+        <v>8.1389040057069426</v>
       </c>
       <c r="M33" s="25"/>
     </row>
-    <row r="34" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="19" t="s">
         <v>32</v>
       </c>
       <c r="B34" s="39" t="s">
         <v>33</v>
       </c>
       <c r="C34" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D34" s="36"/>
       <c r="E34" s="23">
-        <v>98429.157999999996</v>
+        <v>109459.353</v>
       </c>
       <c r="F34" s="23">
-        <v>3.8431638016555589</v>
+        <v>3.8179871341235074</v>
       </c>
       <c r="G34" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H34" s="36"/>
       <c r="I34" s="23">
-        <v>100648.61199999999</v>
+        <v>112858.465</v>
       </c>
       <c r="J34" s="24">
-        <v>3.9345445290030097</v>
+        <v>3.9302028752280158</v>
       </c>
       <c r="K34" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L34" s="24">
-        <v>2.2548745159437389</v>
+        <v>3.1053646005015154</v>
       </c>
       <c r="M34" s="25"/>
     </row>
-    <row r="35" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="19">
         <v>4418</v>
       </c>
       <c r="B35" s="39" t="s">
         <v>34</v>
       </c>
       <c r="C35" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D35" s="36"/>
       <c r="E35" s="23">
-        <v>121809.689</v>
+        <v>135770.636</v>
       </c>
       <c r="F35" s="23">
-        <v>4.7560559997447243</v>
+        <v>4.7357354783539227</v>
       </c>
       <c r="G35" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H35" s="36"/>
       <c r="I35" s="23">
-        <v>120950.587</v>
+        <v>137055.022</v>
       </c>
       <c r="J35" s="24">
-        <v>4.7281871145977901</v>
+        <v>4.7728279976946251</v>
       </c>
       <c r="K35" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L35" s="24">
-        <v>-0.7052821553464429</v>
+        <v>0.94599689435055645</v>
       </c>
       <c r="M35" s="25"/>
     </row>
-    <row r="36" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="19" t="s">
         <v>35</v>
       </c>
       <c r="B36" s="20" t="s">
         <v>36</v>
       </c>
       <c r="C36" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D36" s="36"/>
       <c r="E36" s="23">
-        <v>9275.42</v>
+        <v>10372.947</v>
       </c>
       <c r="F36" s="23">
-        <v>0.36215852206265964</v>
+        <v>0.36181264646197053</v>
       </c>
       <c r="G36" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H36" s="36"/>
       <c r="I36" s="23">
-        <v>7361.5770000000002</v>
+        <v>8358.3670000000002</v>
       </c>
       <c r="J36" s="24">
-        <v>0.28777796270240058</v>
+        <v>0.29107323066648982</v>
       </c>
       <c r="K36" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L36" s="24">
-        <v>-20.63349152922455</v>
+        <v>-19.421481667649509</v>
       </c>
       <c r="M36" s="25"/>
     </row>
-    <row r="37" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="19">
         <v>44219910</v>
       </c>
       <c r="B37" s="20" t="s">
         <v>37</v>
       </c>
       <c r="C37" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D37" s="36"/>
       <c r="E37" s="23">
-        <v>8235.3330000000005</v>
+        <v>8380.3189999999995</v>
       </c>
       <c r="F37" s="23">
-        <v>0.32154835338710797</v>
+        <v>0.29230896442308385</v>
       </c>
       <c r="G37" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H37" s="36"/>
       <c r="I37" s="23">
-        <v>6927.4459999999999</v>
+        <v>6947.9769999999999</v>
       </c>
       <c r="J37" s="24">
-        <v>0.27080696114581077</v>
+        <v>0.24195756324010009</v>
       </c>
       <c r="K37" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L37" s="24">
-        <v>-15.881410017056998</v>
+        <v>-17.091736006708093</v>
       </c>
       <c r="M37" s="25"/>
     </row>
-    <row r="38" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="19" t="s">
         <v>38</v>
       </c>
       <c r="B38" s="20" t="s">
         <v>39</v>
       </c>
       <c r="C38" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D38" s="36"/>
       <c r="E38" s="23">
-        <v>55491.683000000121</v>
+        <v>62104.864999999816</v>
       </c>
       <c r="F38" s="23">
-        <v>2.1666712560778549</v>
+        <v>2.1662431673287581</v>
       </c>
       <c r="G38" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H38" s="36"/>
       <c r="I38" s="23">
-        <v>102596.76199999994</v>
+        <v>108303.88800000017</v>
       </c>
       <c r="J38" s="24">
-        <v>4.0107013956687618</v>
+        <v>3.7715934911570317</v>
       </c>
       <c r="K38" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L38" s="24">
-        <v>84.886736990838287</v>
+        <v>74.388734280318431</v>
       </c>
       <c r="M38" s="25"/>
     </row>
-    <row r="39" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="11">
         <v>47</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D39" s="40"/>
       <c r="E39" s="16">
-        <v>34021.771000000001</v>
+        <v>37517.529000000002</v>
       </c>
       <c r="F39" s="16">
-        <v>1.3283791249683847</v>
+        <v>1.3086268016412044</v>
       </c>
       <c r="G39" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H39" s="40"/>
       <c r="I39" s="16">
-        <v>15436.355</v>
+        <v>16862.623</v>
       </c>
       <c r="J39" s="16">
-        <v>0.60343630087018252</v>
+        <v>0.58722692532178311</v>
       </c>
       <c r="K39" s="15" t="s">
         <v>74</v>
       </c>
       <c r="L39" s="17">
-        <v>-54.628008635999578</v>
+        <v>-55.054014884615675</v>
       </c>
       <c r="M39" s="18"/>
     </row>
-    <row r="40" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="11">
         <v>48</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D40" s="40"/>
       <c r="E40" s="16">
-        <v>100211.973</v>
+        <v>111713.371</v>
       </c>
       <c r="F40" s="16">
-        <v>3.9127737649252707</v>
+        <v>3.8966082065875729</v>
       </c>
       <c r="G40" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H40" s="40"/>
       <c r="I40" s="16">
-        <v>97040.15</v>
+        <v>107493.939</v>
       </c>
       <c r="J40" s="17">
-        <v>3.7934829272770441</v>
+        <v>3.7433876858717241</v>
       </c>
       <c r="K40" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L40" s="17">
-        <v>-3.1651138132965446</v>
+        <v>-3.7770160923708955</v>
       </c>
       <c r="M40" s="18"/>
     </row>
-    <row r="41" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D41" s="16"/>
       <c r="E41" s="16">
-        <v>140727.478</v>
+        <v>158285.43900000001</v>
       </c>
       <c r="F41" s="16">
-        <v>5.4947005576119956</v>
+        <v>5.5210610428246483</v>
       </c>
       <c r="G41" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H41" s="16"/>
       <c r="I41" s="16">
-        <v>149217.878</v>
+        <v>168305.45300000001</v>
       </c>
       <c r="J41" s="17">
-        <v>5.8332089618318683</v>
+        <v>5.8610984590048583</v>
       </c>
       <c r="K41" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L41" s="17">
-        <v>6.033221173763943</v>
+        <v>6.330344764056278</v>
       </c>
       <c r="M41" s="18"/>
     </row>
-    <row r="42" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D42" s="41"/>
       <c r="E42" s="16">
-        <v>37782.627</v>
+        <v>42369.781000000003</v>
       </c>
       <c r="F42" s="16">
-        <v>1.4752216453772165</v>
+        <v>1.4778753418506927</v>
       </c>
       <c r="G42" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H42" s="41"/>
       <c r="I42" s="16">
-        <v>36344.807999999997</v>
+        <v>41698.375999999997</v>
       </c>
       <c r="J42" s="17">
-        <v>1.4207872580902041</v>
+        <v>1.4521115208109456</v>
       </c>
       <c r="K42" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L42" s="17">
-        <v>-3.8055029895089167</v>
+        <v>-1.584631744969383</v>
       </c>
       <c r="M42" s="25"/>
     </row>
-    <row r="43" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="42"/>
       <c r="B43" s="43" t="s">
         <v>46</v>
       </c>
       <c r="C43" s="44"/>
       <c r="D43" s="45"/>
       <c r="E43" s="45">
-        <v>2561149.1749999998</v>
+        <v>2866938.76</v>
       </c>
       <c r="F43" s="46">
         <v>100</v>
       </c>
       <c r="G43" s="44"/>
       <c r="H43" s="45"/>
       <c r="I43" s="45">
-        <v>2558075.3059999999</v>
+        <v>2871568.43</v>
       </c>
       <c r="J43" s="46">
         <v>100</v>
       </c>
       <c r="K43" s="44"/>
       <c r="L43" s="46">
-        <v>-0.12001913164624424</v>
+        <v>0.1614847887438095</v>
       </c>
       <c r="M43" s="47"/>
     </row>
-    <row r="44" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="3"/>
       <c r="B44" s="48"/>
       <c r="C44" s="3"/>
       <c r="D44" s="3"/>
       <c r="E44" s="3"/>
       <c r="F44" s="49"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3"/>
       <c r="I44" s="50"/>
       <c r="J44" s="3"/>
       <c r="K44" s="3"/>
       <c r="L44" s="3"/>
       <c r="M44" s="3"/>
     </row>
-    <row r="45" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="3"/>
       <c r="B45" s="48"/>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3" t="s">
         <v>47</v>
       </c>
       <c r="M45" s="3"/>
     </row>
-    <row r="46" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="3"/>
       <c r="B46" s="3"/>
       <c r="C46" s="3"/>
       <c r="D46" s="3"/>
       <c r="E46" s="3"/>
       <c r="F46" s="3"/>
       <c r="G46" s="3"/>
       <c r="H46" s="3"/>
       <c r="I46" s="3"/>
       <c r="J46" s="3"/>
       <c r="K46" s="3"/>
       <c r="L46" s="3"/>
       <c r="M46" s="3"/>
     </row>
-    <row r="47" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="3"/>
       <c r="B47" s="3"/>
       <c r="C47" s="3"/>
       <c r="D47" s="3"/>
       <c r="E47" s="3"/>
       <c r="F47" s="3"/>
       <c r="G47" s="3"/>
       <c r="H47" s="3"/>
       <c r="I47" s="3"/>
       <c r="J47" s="3"/>
       <c r="K47" s="3"/>
       <c r="L47" s="3"/>
       <c r="M47" s="3"/>
     </row>
-    <row r="48" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="3"/>
       <c r="B48" s="3"/>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
       <c r="M48" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:F4"/>
     <mergeCell ref="G4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="G5:H5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="90" verticalDpi="90" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ABDD9527-05DE-4BA3-891C-C9C8A509B515}">
   <dimension ref="A1:N71"/>
   <sheetViews>
     <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
       <selection activeCell="M69" sqref="M69"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="14.08984375" customWidth="1"/>
+    <col min="1" max="1" width="14.109375" customWidth="1"/>
     <col min="2" max="2" width="34" customWidth="1"/>
-    <col min="3" max="3" width="13.6328125" customWidth="1"/>
+    <col min="3" max="3" width="13.6640625" customWidth="1"/>
     <col min="4" max="4" width="5" customWidth="1"/>
-    <col min="5" max="5" width="15.453125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="10" max="10" width="10.36328125" customWidth="1"/>
+    <col min="5" max="5" width="15.44140625" customWidth="1"/>
+    <col min="6" max="7" width="12.44140625" customWidth="1"/>
+    <col min="8" max="8" width="5.109375" customWidth="1"/>
+    <col min="9" max="9" width="15.33203125" customWidth="1"/>
+    <col min="10" max="10" width="10.33203125" customWidth="1"/>
     <col min="11" max="12" width="12" customWidth="1"/>
-    <col min="14" max="14" width="10.6328125" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="10.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:14" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1"/>
     </row>
-    <row r="2" spans="1:14" ht="24" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="2" spans="1:14" ht="24" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="116" t="s">
         <v>48</v>
       </c>
       <c r="B2" s="105"/>
       <c r="C2" s="105"/>
       <c r="D2" s="105"/>
       <c r="E2" s="105"/>
       <c r="F2" s="105"/>
       <c r="G2" s="105"/>
       <c r="H2" s="105"/>
       <c r="I2" s="105"/>
       <c r="J2" s="105"/>
       <c r="K2" s="105"/>
       <c r="L2" s="106"/>
       <c r="M2" s="3"/>
     </row>
-    <row r="3" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="51"/>
       <c r="B3" s="52"/>
       <c r="C3" s="52"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="52"/>
       <c r="J3" s="52"/>
       <c r="K3" s="52"/>
       <c r="L3" s="53"/>
       <c r="M3" s="3"/>
     </row>
-    <row r="4" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="117" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="118" t="s">
         <v>49</v>
       </c>
       <c r="C4" s="111" t="s">
         <v>83</v>
       </c>
       <c r="D4" s="112"/>
       <c r="E4" s="112"/>
       <c r="F4" s="113"/>
       <c r="G4" s="111" t="s">
         <v>85</v>
       </c>
       <c r="H4" s="112"/>
       <c r="I4" s="112"/>
       <c r="J4" s="113"/>
       <c r="K4" s="114" t="s">
         <v>81</v>
       </c>
       <c r="L4" s="115"/>
     </row>
-    <row r="5" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="108"/>
       <c r="B5" s="119"/>
       <c r="C5" s="114" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="115"/>
       <c r="E5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G5" s="114" t="s">
         <v>3</v>
       </c>
       <c r="H5" s="115"/>
       <c r="I5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="J5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K5" s="9" t="s">
         <v>50</v>
       </c>
       <c r="L5" s="9" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="6" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="54"/>
       <c r="B6" s="55"/>
       <c r="C6" s="56"/>
       <c r="D6" s="57"/>
       <c r="E6" s="57"/>
       <c r="F6" s="58"/>
       <c r="G6" s="56"/>
       <c r="H6" s="57"/>
       <c r="I6" s="57"/>
       <c r="J6" s="58"/>
       <c r="K6" s="59"/>
       <c r="L6" s="60"/>
     </row>
-    <row r="7" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="61"/>
       <c r="B7" s="61" t="s">
         <v>46</v>
       </c>
       <c r="C7" s="62" t="s">
         <v>74</v>
       </c>
       <c r="D7" s="63"/>
       <c r="E7" s="63">
-        <v>2561149.1749999998</v>
+        <v>2866938.76</v>
       </c>
       <c r="F7" s="64">
         <v>100</v>
       </c>
       <c r="G7" s="62" t="s">
         <v>74</v>
       </c>
       <c r="H7" s="63"/>
       <c r="I7" s="63">
-        <v>2558075.3059999999</v>
+        <v>2871568.43</v>
       </c>
       <c r="J7" s="64">
         <v>100</v>
       </c>
       <c r="K7" s="65" t="s">
         <v>74</v>
       </c>
       <c r="L7" s="66">
-        <v>-0.12001913164624424</v>
+        <v>0.1614847887438095</v>
       </c>
       <c r="N7" s="67"/>
     </row>
-    <row r="8" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="68"/>
       <c r="B8" s="69" t="s">
         <v>51</v>
       </c>
       <c r="C8" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D8" s="71"/>
       <c r="E8" s="71">
-        <v>503974.67099999997</v>
+        <v>570211.00600000005</v>
       </c>
       <c r="F8" s="72">
-        <v>19.677677345756322</v>
+        <v>19.889193796382319</v>
       </c>
       <c r="G8" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H8" s="71"/>
       <c r="I8" s="71">
-        <v>565123.33299999998</v>
+        <v>643401.22</v>
       </c>
       <c r="J8" s="72">
-        <v>22.091739507218399</v>
+        <v>22.405916337504795</v>
       </c>
       <c r="K8" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L8" s="74">
-        <v>12.133280801328212</v>
+        <v>12.835636848440613</v>
       </c>
       <c r="N8" s="67"/>
     </row>
-    <row r="9" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="68"/>
       <c r="B9" s="69" t="s">
         <v>52</v>
       </c>
       <c r="C9" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D9" s="71"/>
       <c r="E9" s="71">
-        <v>177674.62700000001</v>
+        <v>199622.11199999999</v>
       </c>
       <c r="F9" s="72">
-        <v>6.9373009871633116</v>
+        <v>6.9629011538425747</v>
       </c>
       <c r="G9" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H9" s="71"/>
       <c r="I9" s="71">
-        <v>180213.14600000001</v>
+        <v>203945.16099999999</v>
       </c>
       <c r="J9" s="72">
-        <v>7.044872587499972</v>
+        <v>7.1022218683466987</v>
       </c>
       <c r="K9" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L9" s="74">
-        <v>1.4287459289277136</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>2.165616302065775</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="68"/>
       <c r="B10" s="69" t="s">
         <v>53</v>
       </c>
       <c r="C10" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D10" s="71"/>
       <c r="E10" s="71">
-        <v>169330.78099999999</v>
+        <v>188469.19200000001</v>
       </c>
       <c r="F10" s="72">
-        <v>6.6115157466374441</v>
+        <v>6.5738827291867237</v>
       </c>
       <c r="G10" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H10" s="71"/>
       <c r="I10" s="71">
-        <v>170559.98</v>
+        <v>192300.87299999999</v>
       </c>
       <c r="J10" s="72">
-        <v>6.6675120783172135</v>
+        <v>6.6967191514917159</v>
       </c>
       <c r="K10" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L10" s="74">
-        <v>0.72591586286962351</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>2.033054293563259</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="68"/>
       <c r="B11" s="69" t="s">
         <v>54</v>
       </c>
       <c r="C11" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D11" s="71"/>
       <c r="E11" s="71">
-        <v>308073.06900000002</v>
+        <v>336142.56</v>
       </c>
       <c r="F11" s="72">
-        <v>12.028704614599423</v>
+        <v>11.724790382337989</v>
       </c>
       <c r="G11" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H11" s="71"/>
       <c r="I11" s="71">
-        <v>239276.34700000001</v>
+        <v>257940.03</v>
       </c>
       <c r="J11" s="72">
-        <v>9.3537647792765952</v>
+        <v>8.9825486067208224</v>
       </c>
       <c r="K11" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="74">
-        <v>-22.331300240982767</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-23.264691623696805</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="68"/>
       <c r="B12" s="69" t="s">
         <v>55</v>
       </c>
       <c r="C12" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D12" s="71"/>
       <c r="E12" s="71">
-        <v>190041.48800000001</v>
+        <v>212942.696</v>
       </c>
       <c r="F12" s="72">
-        <v>7.42016473913512</v>
+        <v>7.4275285880190909</v>
       </c>
       <c r="G12" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H12" s="75"/>
       <c r="I12" s="71">
-        <v>206878.12299999999</v>
+        <v>232022.96</v>
       </c>
       <c r="J12" s="72">
-        <v>8.0872569511446599</v>
+        <v>8.0800080393696199</v>
       </c>
       <c r="K12" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L12" s="74">
-        <v>8.8594523107501555</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>8.9602810326023086</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="68"/>
       <c r="B13" s="69" t="s">
         <v>56</v>
       </c>
       <c r="C13" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D13" s="71"/>
       <c r="E13" s="71">
-        <v>194748.08799999999</v>
+        <v>216242.462</v>
       </c>
       <c r="F13" s="72">
-        <v>7.6039338083460128</v>
+        <v>7.5426257797009937</v>
       </c>
       <c r="G13" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H13" s="71"/>
       <c r="I13" s="71">
-        <v>177427.033</v>
+        <v>205132.41500000001</v>
       </c>
       <c r="J13" s="72">
-        <v>6.9359581629142237</v>
+        <v>7.1435670087792404</v>
       </c>
       <c r="K13" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L13" s="74">
-        <v>-8.8940821847760549</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-5.137773079923587</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="68"/>
       <c r="B14" s="69" t="s">
         <v>57</v>
       </c>
       <c r="C14" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D14" s="71"/>
       <c r="E14" s="71">
-        <v>90111.976999999999</v>
+        <v>101655.133</v>
       </c>
       <c r="F14" s="72">
-        <v>3.5184196953307101</v>
+        <v>3.5457727391428486</v>
       </c>
       <c r="G14" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H14" s="71"/>
       <c r="I14" s="71">
-        <v>101991.21799999999</v>
+        <v>112553.341</v>
       </c>
       <c r="J14" s="72">
-        <v>3.9870295358693397</v>
+        <v>3.9195771838179732</v>
       </c>
       <c r="K14" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L14" s="74">
-        <v>13.182754829582747</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>10.720765079319703</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="68"/>
       <c r="B15" s="69" t="s">
         <v>58</v>
       </c>
       <c r="C15" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D15" s="71"/>
       <c r="E15" s="71">
-        <v>57979.186000000002</v>
+        <v>67247.909</v>
       </c>
       <c r="F15" s="72">
-        <v>2.2637957431745463</v>
+        <v>2.3456346517844704</v>
       </c>
       <c r="G15" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H15" s="71"/>
       <c r="I15" s="71">
-        <v>53883.455000000002</v>
+        <v>60511.067000000003</v>
       </c>
       <c r="J15" s="72">
-        <v>2.1064061278264807</v>
+        <v>2.1072479543870735</v>
       </c>
       <c r="K15" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L15" s="74">
-        <v>-7.0641402243901794</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-10.01792040849924</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="68"/>
       <c r="B16" s="69" t="s">
         <v>59</v>
       </c>
       <c r="C16" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D16" s="71"/>
       <c r="E16" s="71">
-        <v>85368.399000000005</v>
+        <v>92528.62</v>
       </c>
       <c r="F16" s="72">
-        <v>3.3332068211138077</v>
+        <v>3.2274362219024173</v>
       </c>
       <c r="G16" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H16" s="71"/>
       <c r="I16" s="71">
-        <v>84758.895000000004</v>
+        <v>92563.312999999995</v>
       </c>
       <c r="J16" s="72">
-        <v>3.3133854504281746</v>
+        <v>3.2234409611474932</v>
       </c>
       <c r="K16" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L16" s="74">
-        <v>-0.71396911168499333</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>3.7494344992932242E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="68"/>
       <c r="B17" s="69" t="s">
         <v>60</v>
       </c>
       <c r="C17" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D17" s="71"/>
       <c r="E17" s="71">
-        <v>70951.608999999997</v>
+        <v>80973.418000000005</v>
       </c>
       <c r="F17" s="72">
-        <v>2.7703036469947127</v>
+        <v>2.8243860360658704</v>
       </c>
       <c r="G17" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H17" s="75"/>
       <c r="I17" s="71">
-        <v>77436.191999999995</v>
+        <v>86011.547999999995</v>
       </c>
       <c r="J17" s="72">
-        <v>3.0271271458808258</v>
+        <v>2.9952811537212778</v>
       </c>
       <c r="K17" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L17" s="74">
-        <v>9.1394446037157504</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>6.2219554570365174</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="68"/>
       <c r="B18" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C18" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D18" s="71"/>
       <c r="E18" s="71">
-        <v>712895.28</v>
+        <v>800903.65199999977</v>
       </c>
       <c r="F18" s="72">
-        <v>27.834976851748593</v>
+        <v>27.935847921634707</v>
       </c>
       <c r="G18" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H18" s="75"/>
       <c r="I18" s="71">
-        <v>700527.58399999957</v>
+        <v>785186.50200000009</v>
       </c>
       <c r="J18" s="72">
-        <v>27.384947673624104</v>
+        <v>27.343471734713283</v>
       </c>
       <c r="K18" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L18" s="74">
-        <v>-1.7348545216908242</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-1.9624270610767147</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="61">
         <v>44</v>
       </c>
       <c r="B19" s="61" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="62" t="s">
         <v>74</v>
       </c>
       <c r="D19" s="63"/>
       <c r="E19" s="63">
-        <v>2248360.6320000002</v>
+        <v>2517007.0070000002</v>
       </c>
       <c r="F19" s="64">
         <v>100</v>
       </c>
       <c r="G19" s="62" t="s">
         <v>74</v>
       </c>
       <c r="H19" s="63"/>
       <c r="I19" s="63">
-        <v>2260026.466</v>
+        <v>2537197.236</v>
       </c>
       <c r="J19" s="64">
         <v>100</v>
       </c>
       <c r="K19" s="65" t="s">
         <v>74</v>
       </c>
       <c r="L19" s="66">
-        <v>0.51885955633472403</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>0.80215227624909879</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="68"/>
       <c r="B20" s="69" t="s">
         <v>51</v>
       </c>
       <c r="C20" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D20" s="71"/>
       <c r="E20" s="71">
-        <v>492154.16800000001</v>
+        <v>556818.69700000004</v>
       </c>
       <c r="F20" s="72">
-        <v>21.889467418854892</v>
+        <v>22.12225454484005</v>
       </c>
       <c r="G20" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H20" s="71"/>
       <c r="I20" s="71">
-        <v>551295.76899999997</v>
+        <v>627222.47100000002</v>
       </c>
       <c r="J20" s="72">
-        <v>24.39333243631139</v>
+        <v>24.721076552520728</v>
       </c>
       <c r="K20" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L20" s="74">
-        <v>12.016885123687496</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>12.643931387239313</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="68"/>
       <c r="B21" s="69" t="s">
         <v>52</v>
       </c>
       <c r="C21" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D21" s="71"/>
       <c r="E21" s="71">
-        <v>139865.76699999999</v>
+        <v>157227.788</v>
       </c>
       <c r="F21" s="72">
-        <v>6.2207888276172225</v>
+        <v>6.2466170162711823</v>
       </c>
       <c r="G21" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H21" s="71"/>
       <c r="I21" s="71">
-        <v>140817.057</v>
+        <v>160302.28899999999</v>
       </c>
       <c r="J21" s="72">
-        <v>6.2307702639089353</v>
+        <v>6.3180854340170809</v>
       </c>
       <c r="K21" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L21" s="74">
-        <v>0.68014498501267162</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>1.9554437794418307</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="68"/>
       <c r="B22" s="69" t="s">
         <v>53</v>
       </c>
       <c r="C22" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D22" s="71"/>
       <c r="E22" s="71">
-        <v>144334.6</v>
+        <v>160194.595</v>
       </c>
       <c r="F22" s="72">
-        <v>6.4195484454648639</v>
+        <v>6.3644874469751525</v>
       </c>
       <c r="G22" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H22" s="71"/>
       <c r="I22" s="71">
-        <v>147753.21100000001</v>
+        <v>166419.40900000001</v>
       </c>
       <c r="J22" s="72">
-        <v>6.537676138877571</v>
+        <v>6.5591829692502479</v>
       </c>
       <c r="K22" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L22" s="74">
-        <v>2.3685318696972204</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>3.8857827881146756</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="68"/>
       <c r="B23" s="69" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D23" s="71"/>
       <c r="E23" s="71">
-        <v>289451.24</v>
+        <v>315742.21500000003</v>
       </c>
       <c r="F23" s="72">
-        <v>12.873879567199252</v>
+        <v>12.544351848123402</v>
       </c>
       <c r="G23" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H23" s="71"/>
       <c r="I23" s="71">
-        <v>221480.073</v>
+        <v>238320.96100000001</v>
       </c>
       <c r="J23" s="72">
-        <v>9.7998884673238162</v>
+        <v>9.3930797976007252</v>
       </c>
       <c r="K23" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L23" s="74">
-        <v>-23.482769325845691</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-24.520399972490221</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="68"/>
       <c r="B24" s="69" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D24" s="71"/>
       <c r="E24" s="71">
-        <v>153395.20600000001</v>
+        <v>169593.08600000001</v>
       </c>
       <c r="F24" s="72">
-        <v>6.8225356651770444</v>
+        <v>6.7378869239675501</v>
       </c>
       <c r="G24" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H24" s="71"/>
       <c r="I24" s="71">
-        <v>133963.32800000001</v>
+        <v>156169.99299999999</v>
       </c>
       <c r="J24" s="72">
-        <v>5.9275114701245277</v>
+        <v>6.1552168977689989</v>
       </c>
       <c r="K24" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L24" s="74">
-        <v>-12.667852214364505</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-7.9148822140072514</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="68"/>
       <c r="B25" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C25" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D25" s="71"/>
       <c r="E25" s="71">
-        <v>1029159.6510000003</v>
+        <v>1157430.6260000002</v>
       </c>
       <c r="F25" s="72">
-        <v>45.773780075686723</v>
+        <v>45.98440221982267</v>
       </c>
       <c r="G25" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H25" s="75"/>
       <c r="I25" s="71">
-        <v>1064717.0279999999</v>
+        <v>1188762.1130000001</v>
       </c>
       <c r="J25" s="72">
-        <v>47.110821223453762</v>
+        <v>46.853358348842221</v>
       </c>
       <c r="K25" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L25" s="74">
-        <v>3.4549913577985403</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>2.706986172318544</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="76">
         <v>4403</v>
       </c>
       <c r="B26" s="39" t="s">
         <v>62</v>
       </c>
       <c r="C26" s="77">
-        <v>3635.49</v>
+        <v>4028.7350000000001</v>
       </c>
       <c r="D26" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E26" s="79">
-        <v>300480.17499999999</v>
+        <v>334457.25799999997</v>
       </c>
       <c r="F26" s="80">
         <v>100</v>
       </c>
       <c r="G26" s="77">
-        <v>2938.105</v>
+        <v>3197.8679999999999</v>
       </c>
       <c r="H26" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I26" s="79">
-        <v>247304.47700000001</v>
+        <v>269950.06199999998</v>
       </c>
       <c r="J26" s="80">
         <v>100</v>
       </c>
       <c r="K26" s="81">
-        <v>-19.182696142748291</v>
+        <v>-20.623520782578158</v>
       </c>
       <c r="L26" s="82">
-        <v>-17.696907291803853</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-19.287126966758784</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="76"/>
       <c r="B27" s="39" t="s">
         <v>63</v>
       </c>
       <c r="C27" s="77">
-        <v>1410.4780000000001</v>
+        <v>1600.7829999999999</v>
       </c>
       <c r="D27" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E27" s="79">
-        <v>124929.198</v>
+        <v>142154.565</v>
       </c>
       <c r="F27" s="80">
-        <v>41.576519316124603</v>
+        <v>42.503058791446534</v>
       </c>
       <c r="G27" s="77">
-        <v>1285.7370000000001</v>
+        <v>1403.5319999999999</v>
       </c>
       <c r="H27" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I27" s="79">
-        <v>115078.58500000001</v>
+        <v>126535.399</v>
       </c>
       <c r="J27" s="80">
-        <v>46.533158799223841</v>
+        <v>46.873632131264344</v>
       </c>
       <c r="K27" s="81">
-        <v>-8.843881294142836</v>
+        <v>-12.322157344249657</v>
       </c>
       <c r="L27" s="82">
-        <v>-7.8849565655580349</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-10.987452988231505</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="68"/>
       <c r="B28" s="83" t="s">
         <v>54</v>
       </c>
       <c r="C28" s="70">
-        <v>638.79399999999998</v>
+        <v>727.76900000000001</v>
       </c>
       <c r="D28" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E28" s="71">
-        <v>51306.593000000001</v>
+        <v>58520.936999999998</v>
       </c>
       <c r="F28" s="72">
-        <v>17.074867917658796</v>
+        <v>17.497284212023288</v>
       </c>
       <c r="G28" s="70">
-        <v>591.73900000000003</v>
+        <v>620.23299999999995</v>
       </c>
       <c r="H28" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I28" s="71">
-        <v>43940.152999999998</v>
+        <v>45668.385000000002</v>
       </c>
       <c r="J28" s="72">
-        <v>17.767633458572604</v>
+        <v>16.917345623725033</v>
       </c>
       <c r="K28" s="85">
-        <v>-7.3662244792530851</v>
+        <v>-14.776117147061782</v>
       </c>
       <c r="L28" s="74">
-        <v>-14.357686935088443</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-21.96231410307049</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="68"/>
       <c r="B29" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C29" s="70">
-        <v>180.928</v>
+        <v>193.61699999999999</v>
       </c>
       <c r="D29" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E29" s="71">
-        <v>17351.036</v>
+        <v>18637.146000000001</v>
       </c>
       <c r="F29" s="72">
-        <v>5.77443620032503</v>
+        <v>5.5723550780291342</v>
       </c>
       <c r="G29" s="70">
-        <v>121.947</v>
+        <v>140.43899999999999</v>
       </c>
       <c r="H29" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I29" s="71">
-        <v>12658.181</v>
+        <v>14702.78</v>
       </c>
       <c r="J29" s="72">
-        <v>5.118460107780419</v>
+        <v>5.4464814310729821</v>
       </c>
       <c r="K29" s="86">
-        <v>-32.599155465157409</v>
+        <v>-27.465563457754229</v>
       </c>
       <c r="L29" s="87">
-        <v>-27.046540621551358</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-21.110345972500294</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="68"/>
       <c r="B30" s="83" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="88">
-        <v>267.90499999999997</v>
+        <v>300.59399999999999</v>
       </c>
       <c r="D30" s="89" t="s">
         <v>76</v>
       </c>
       <c r="E30" s="90">
-        <v>20683.726999999999</v>
+        <v>23312.946</v>
       </c>
       <c r="F30" s="91">
-        <v>6.8835579585242188</v>
+        <v>6.9703812497320667</v>
       </c>
       <c r="G30" s="70">
-        <v>123.099</v>
+        <v>130.51499999999999</v>
       </c>
       <c r="H30" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I30" s="71">
-        <v>8626.3340000000007</v>
+        <v>9121.57</v>
       </c>
       <c r="J30" s="72">
-        <v>3.488143079593339</v>
+        <v>3.3789842211630985</v>
       </c>
       <c r="K30" s="86">
-        <v>-54.05124951008753</v>
+        <v>-56.580969680033533</v>
       </c>
       <c r="L30" s="87">
-        <v>-58.294102412007263</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-60.873370529833515</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="68"/>
       <c r="B31" s="83" t="s">
         <v>60</v>
       </c>
       <c r="C31" s="88">
         <v>1.0960000000000001</v>
       </c>
       <c r="D31" s="89" t="s">
         <v>76</v>
       </c>
       <c r="E31" s="90">
         <v>87.575999999999993</v>
       </c>
       <c r="F31" s="91">
-        <v>2.9145350437845025E-2</v>
+        <v>2.6184511744098554E-2</v>
       </c>
       <c r="G31" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H31" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I31" s="71" t="s">
         <v>74</v>
       </c>
       <c r="J31" s="72" t="s">
         <v>74</v>
       </c>
       <c r="K31" s="71" t="s">
         <v>74</v>
       </c>
       <c r="L31" s="72" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="32" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="68"/>
       <c r="B32" s="83" t="s">
         <v>64</v>
       </c>
       <c r="C32" s="88">
-        <v>244.38200000000001</v>
+        <v>286.86700000000002</v>
       </c>
       <c r="D32" s="89" t="s">
         <v>76</v>
       </c>
       <c r="E32" s="90">
-        <v>27860.550999999999</v>
+        <v>32613.087</v>
       </c>
       <c r="F32" s="91">
-        <v>9.2720097091264009</v>
+        <v>9.7510477706541518</v>
       </c>
       <c r="G32" s="70">
-        <v>372.64400000000001</v>
+        <v>426.70499999999998</v>
       </c>
       <c r="H32" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I32" s="71">
-        <v>41213.983999999997</v>
+        <v>47286.777999999998</v>
       </c>
       <c r="J32" s="72">
-        <v>16.665280184151296</v>
+        <v>17.516861322298936</v>
       </c>
       <c r="K32" s="86">
-        <v>52.484225515790847</v>
+        <v>48.746631714348446</v>
       </c>
       <c r="L32" s="87">
-        <v>47.929536641253065</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>44.99325991434052</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="68"/>
       <c r="B33" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="88">
-        <v>77.373000000000047</v>
+        <v>90.839999999999918</v>
       </c>
       <c r="D33" s="89" t="s">
         <v>76</v>
       </c>
       <c r="E33" s="90">
-        <v>7639.7149999999965</v>
+        <v>8982.8730000000214</v>
       </c>
       <c r="F33" s="91">
-        <v>2.5425021800523102</v>
+        <v>2.6858059692637983</v>
       </c>
       <c r="G33" s="70">
-        <v>76.307999999999993</v>
+        <v>85.6400000000001</v>
       </c>
       <c r="H33" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I33" s="71">
-        <v>8639.9330000000045</v>
+        <v>9755.8859999999986</v>
       </c>
       <c r="J33" s="72">
-        <v>3.4936419691261813</v>
+        <v>3.6139595330042931</v>
       </c>
       <c r="K33" s="86">
-        <v>-1.3764491489279904</v>
+        <v>-5.7243505063846571</v>
       </c>
       <c r="L33" s="87">
-        <v>13.092347031270258</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>8.6054094274735409</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="76"/>
       <c r="B34" s="39" t="s">
         <v>66</v>
       </c>
       <c r="C34" s="77">
-        <v>2225.0120000000002</v>
+        <v>2427.9520000000002</v>
       </c>
       <c r="D34" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E34" s="79">
-        <v>175550.97700000001</v>
+        <v>192302.693</v>
       </c>
       <c r="F34" s="80">
-        <v>58.423480683875411</v>
+        <v>57.49694120855348</v>
       </c>
       <c r="G34" s="77">
-        <v>1652.3679999999999</v>
+        <v>1794.336</v>
       </c>
       <c r="H34" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I34" s="79">
-        <v>132225.89199999999</v>
+        <v>143414.663</v>
       </c>
       <c r="J34" s="80">
-        <v>53.466841200776152</v>
+        <v>53.12636786873567</v>
       </c>
       <c r="K34" s="92">
-        <v>-25.736670184250698</v>
+        <v>-26.096726788667983</v>
       </c>
       <c r="L34" s="93">
-        <v>-24.67948953653503</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-25.422436491828016</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="68"/>
       <c r="B35" s="83" t="s">
         <v>65</v>
       </c>
       <c r="C35" s="70">
-        <v>534.63300000000004</v>
+        <v>590.90599999999995</v>
       </c>
       <c r="D35" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E35" s="71">
-        <v>37377.741999999998</v>
+        <v>41533.283000000003</v>
       </c>
       <c r="F35" s="72">
-        <v>12.439337137633125</v>
+        <v>12.418113826670195</v>
       </c>
       <c r="G35" s="70">
-        <v>481.78199999999998</v>
+        <v>514.697</v>
       </c>
       <c r="H35" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I35" s="71">
-        <v>31705.038</v>
+        <v>33718.616999999998</v>
       </c>
       <c r="J35" s="72">
-        <v>12.820244252998299</v>
+        <v>12.49068688859942</v>
       </c>
       <c r="K35" s="86">
-        <v>-9.8854728383769892</v>
+        <v>-12.896975153408489</v>
       </c>
       <c r="L35" s="87">
-        <v>-15.17668991347845</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-18.815430506661379</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="68"/>
       <c r="B36" s="83" t="s">
         <v>54</v>
       </c>
       <c r="C36" s="70">
-        <v>1181.95</v>
+        <v>1269.193</v>
       </c>
       <c r="D36" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E36" s="71">
-        <v>89875.551000000007</v>
+        <v>96575.865999999995</v>
       </c>
       <c r="F36" s="72">
-        <v>29.910642524086661</v>
+        <v>28.875398482158221</v>
       </c>
       <c r="G36" s="70">
-        <v>744.30399999999997</v>
+        <v>809.49</v>
       </c>
       <c r="H36" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I36" s="71">
-        <v>55968.800000000003</v>
+        <v>60273.084000000003</v>
       </c>
       <c r="J36" s="72">
-        <v>22.631535295659045</v>
+        <v>22.327494038508505</v>
       </c>
       <c r="K36" s="86">
-        <v>-37.027454630060497</v>
+        <v>-36.220102064855382</v>
       </c>
       <c r="L36" s="87">
-        <v>-37.726334495573774</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-37.589910920394949</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="68"/>
       <c r="B37" s="83" t="s">
         <v>64</v>
       </c>
       <c r="C37" s="70">
-        <v>34.796999999999997</v>
+        <v>40.805999999999997</v>
       </c>
       <c r="D37" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E37" s="71">
-        <v>5614.1710000000003</v>
+        <v>6552.3109999999997</v>
       </c>
       <c r="F37" s="72">
-        <v>1.8683998037474523</v>
+        <v>1.959087699032682</v>
       </c>
       <c r="G37" s="70">
-        <v>38.460999999999999</v>
+        <v>43.576000000000001</v>
       </c>
       <c r="H37" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I37" s="71">
-        <v>5654.8969999999999</v>
+        <v>6325.049</v>
       </c>
       <c r="J37" s="72">
-        <v>2.2866132746961956</v>
+        <v>2.3430440997639042</v>
       </c>
       <c r="K37" s="86">
-        <v>10.529643360059779</v>
+        <v>6.788217419007017</v>
       </c>
       <c r="L37" s="87">
-        <v>0.72541431317285587</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-3.4684251098581815</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="68"/>
       <c r="B38" s="83" t="s">
         <v>56</v>
       </c>
       <c r="C38" s="70">
-        <v>56.570999999999998</v>
+        <v>60.033999999999999</v>
       </c>
       <c r="D38" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E38" s="71">
-        <v>3365.5659999999998</v>
+        <v>3578.24</v>
       </c>
       <c r="F38" s="72">
-        <v>1.120062579835758</v>
+        <v>1.0698646581620903</v>
       </c>
       <c r="G38" s="70">
-        <v>32.404000000000003</v>
+        <v>38.97</v>
       </c>
       <c r="H38" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I38" s="71">
-        <v>2027.7650000000001</v>
+        <v>2428.857</v>
       </c>
       <c r="J38" s="72">
-        <v>0.81994674119870459</v>
+        <v>0.89974307914772778</v>
       </c>
       <c r="K38" s="86">
-        <v>-42.719768079051093</v>
+        <v>-35.086784155645134</v>
       </c>
       <c r="L38" s="87">
-        <v>-39.749658749820973</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-32.121461947773206</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="68"/>
       <c r="B39" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C39" s="88">
-        <v>148</v>
+        <v>159.62899999999999</v>
       </c>
       <c r="D39" s="89" t="s">
         <v>76</v>
       </c>
       <c r="E39" s="90">
-        <v>16350.308000000001</v>
+        <v>17860.920999999998</v>
       </c>
       <c r="F39" s="91">
-        <v>5.4413932632993189</v>
+        <v>5.34027011606966</v>
       </c>
       <c r="G39" s="88">
-        <v>127.42100000000001</v>
+        <v>141.708</v>
       </c>
       <c r="H39" s="89" t="s">
         <v>76</v>
       </c>
       <c r="I39" s="90">
-        <v>16372.808999999999</v>
+        <v>18304.496999999999</v>
       </c>
       <c r="J39" s="91">
-        <v>6.6205065102804426</v>
+        <v>6.7806974609992876</v>
       </c>
       <c r="K39" s="86">
-        <v>-13.904729729729725</v>
+        <v>-11.226656810479295</v>
       </c>
       <c r="L39" s="87">
-        <v>0.13761820266626404</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>2.4835001509720631</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="68"/>
       <c r="B40" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C40" s="70">
-        <v>269.06100000000015</v>
+        <v>307.38400000000001</v>
       </c>
       <c r="D40" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E40" s="71">
-        <v>22967.639000000025</v>
+        <v>26202.072000000015</v>
       </c>
       <c r="F40" s="72">
-        <v>7.6436453752731035</v>
+        <v>7.8342064264606321</v>
       </c>
       <c r="G40" s="70">
-        <v>227.99599999999987</v>
+        <v>245.89499999999998</v>
       </c>
       <c r="H40" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I40" s="71">
-        <v>20496.582999999999</v>
+        <v>22364.558999999994</v>
       </c>
       <c r="J40" s="72">
-        <v>8.287995125943473</v>
+        <v>8.2847023017168251</v>
       </c>
       <c r="K40" s="85">
-        <v>-15.262338280167048</v>
+        <v>-20.00396897691488</v>
       </c>
       <c r="L40" s="74">
-        <v>-10.758859454382854</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-14.645837932206348</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="76">
         <v>4407</v>
       </c>
       <c r="B41" s="39" t="s">
         <v>67</v>
       </c>
       <c r="C41" s="77">
-        <v>2559.8519999999999</v>
+        <v>2820.1190000000001</v>
       </c>
       <c r="D41" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E41" s="79">
-        <v>610098.88600000006</v>
+        <v>679899.36100000003</v>
       </c>
       <c r="F41" s="80">
         <v>100</v>
       </c>
       <c r="G41" s="77">
-        <v>2333.5430000000001</v>
+        <v>2655.81</v>
       </c>
       <c r="H41" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I41" s="79">
-        <v>655636.36699999997</v>
+        <v>741269.16</v>
       </c>
       <c r="J41" s="80">
         <v>100</v>
       </c>
       <c r="K41" s="81">
-        <v>-8.8407064158396569</v>
+        <v>-5.8263144214836391</v>
       </c>
       <c r="L41" s="82">
-        <v>7.4639508520590718</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>9.0263063212380334</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="76"/>
       <c r="B42" s="39" t="s">
         <v>63</v>
       </c>
       <c r="C42" s="77">
-        <v>2199.8829999999998</v>
+        <v>2412.5830000000001</v>
       </c>
       <c r="D42" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E42" s="79">
-        <v>532901.804</v>
+        <v>592122.02899999998</v>
       </c>
       <c r="F42" s="80">
-        <v>87.346791844494518</v>
+        <v>87.089658111915767</v>
       </c>
       <c r="G42" s="77">
-        <v>2002.7059999999999</v>
+        <v>2285.9560000000001</v>
       </c>
       <c r="H42" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I42" s="79">
-        <v>580596.11100000003</v>
+        <v>657071.44200000004</v>
       </c>
       <c r="J42" s="80">
-        <v>88.554592182956199</v>
+        <v>88.641410901271001</v>
       </c>
       <c r="K42" s="81">
-        <v>-8.9630675813213667</v>
+        <v>-5.2486069909304653</v>
       </c>
       <c r="L42" s="82">
-        <v>8.949924102715185</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>10.968923603414874</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="68"/>
       <c r="B43" s="83" t="s">
         <v>51</v>
       </c>
       <c r="C43" s="70">
-        <v>731.16200000000003</v>
+        <v>809.20699999999999</v>
       </c>
       <c r="D43" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E43" s="71">
-        <v>213023.28599999999</v>
+        <v>236138.389</v>
       </c>
       <c r="F43" s="72">
-        <v>34.916189963343086</v>
+        <v>34.731373868727609</v>
       </c>
       <c r="G43" s="70">
-        <v>785.01300000000003</v>
+        <v>883.423</v>
       </c>
       <c r="H43" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I43" s="71">
-        <v>252334.93700000001</v>
+        <v>283822.44</v>
       </c>
       <c r="J43" s="72">
-        <v>38.487025689958408</v>
+        <v>38.288715532155685</v>
       </c>
       <c r="K43" s="85">
-        <v>7.3651256493089079</v>
+        <v>9.1714480967169116</v>
       </c>
       <c r="L43" s="74">
-        <v>18.454156697216668</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>20.19326514504171</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="68"/>
       <c r="B44" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C44" s="70">
-        <v>167.06200000000001</v>
+        <v>189.184</v>
       </c>
       <c r="D44" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E44" s="71">
-        <v>37466.671000000002</v>
+        <v>42728.061999999998</v>
       </c>
       <c r="F44" s="72">
-        <v>6.1410816934355124</v>
+        <v>6.2844686215258845</v>
       </c>
       <c r="G44" s="70">
-        <v>168.98400000000001</v>
+        <v>189.745</v>
       </c>
       <c r="H44" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I44" s="71">
-        <v>40193.116000000002</v>
+        <v>45531.03</v>
       </c>
       <c r="J44" s="72">
-        <v>6.130397583634954</v>
+        <v>6.1423073367843868</v>
       </c>
       <c r="K44" s="85">
-        <v>1.1504710825920896</v>
+        <v>0.2965367050067696</v>
       </c>
       <c r="L44" s="74">
-        <v>7.2769875925192267</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>6.5600166934788682</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="68"/>
       <c r="B45" s="83" t="s">
         <v>82</v>
       </c>
       <c r="C45" s="70">
-        <v>95.972999999999999</v>
+        <v>105.199</v>
       </c>
       <c r="D45" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E45" s="71">
-        <v>29622.896000000001</v>
+        <v>32682.732</v>
       </c>
       <c r="F45" s="72">
-        <v>4.8554253547678163</v>
+        <v>4.8069955459187437</v>
       </c>
       <c r="G45" s="70">
-        <v>117.387</v>
+        <v>157.37100000000001</v>
       </c>
       <c r="H45" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I45" s="71">
-        <v>33638.446000000004</v>
+        <v>41679.339999999997</v>
       </c>
       <c r="J45" s="72">
-        <v>5.130655908231522</v>
+        <v>5.6226998570937434</v>
       </c>
       <c r="K45" s="85">
-        <v>22.312525397768123</v>
+        <v>49.59362731584902</v>
       </c>
       <c r="L45" s="74">
-        <v>13.555561886994447</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>27.527099019751461</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="68"/>
       <c r="B46" s="83" t="s">
         <v>57</v>
       </c>
       <c r="C46" s="70">
-        <v>101.063</v>
+        <v>111.69</v>
       </c>
       <c r="D46" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E46" s="71">
-        <v>23774.429</v>
+        <v>26466.826000000001</v>
       </c>
       <c r="F46" s="72">
-        <v>3.8968156712877522</v>
+        <v>3.8927564163426238</v>
       </c>
       <c r="G46" s="70">
-        <v>93.844999999999999</v>
+        <v>103.71599999999999</v>
       </c>
       <c r="H46" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I46" s="71">
-        <v>23264.185000000001</v>
+        <v>25889.18</v>
       </c>
       <c r="J46" s="72">
-        <v>3.5483365735872918</v>
+        <v>3.4925478351210506</v>
       </c>
       <c r="K46" s="85">
-        <v>-7.1420796928648498</v>
+        <v>-7.1394037066881575</v>
       </c>
       <c r="L46" s="74">
-        <v>-2.1461882428385506</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-2.1825284225618917</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="68"/>
       <c r="B47" s="83" t="s">
         <v>55</v>
       </c>
       <c r="C47" s="70">
-        <v>124.11</v>
+        <v>137.88</v>
       </c>
       <c r="D47" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E47" s="71">
-        <v>27878.544000000002</v>
+        <v>31019.274000000001</v>
       </c>
       <c r="F47" s="72">
-        <v>4.5695123593456284</v>
+        <v>4.5623331597748038</v>
       </c>
       <c r="G47" s="70">
-        <v>127.873</v>
+        <v>143.34700000000001</v>
       </c>
       <c r="H47" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I47" s="71">
-        <v>31496.909</v>
+        <v>35135.281999999999</v>
       </c>
       <c r="J47" s="72">
-        <v>4.8040210374724372</v>
+        <v>4.7398817994802318</v>
       </c>
       <c r="K47" s="85">
-        <v>3.0319877527999397</v>
+        <v>3.9650420655642686</v>
       </c>
       <c r="L47" s="74">
-        <v>12.979031473092704</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>13.269195146217793</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="68"/>
       <c r="B48" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C48" s="70">
-        <v>980.51299999999992</v>
+        <v>1059.4230000000002</v>
       </c>
       <c r="D48" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E48" s="71">
-        <v>201135.978</v>
+        <v>223086.74599999998</v>
       </c>
       <c r="F48" s="72">
-        <v>32.967766802314728</v>
+        <v>32.811730499626101</v>
       </c>
       <c r="G48" s="70">
-        <v>709.60399999999981</v>
+        <v>808.35400000000004</v>
       </c>
       <c r="H48" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I48" s="71">
-        <v>199668.51800000004</v>
+        <v>225014.1700000001</v>
       </c>
       <c r="J48" s="72">
-        <v>30.454155390071591</v>
+        <v>30.355258540635909</v>
       </c>
       <c r="K48" s="85">
-        <v>-27.629312410952238</v>
+        <v>-23.698654833810494</v>
       </c>
       <c r="L48" s="74">
-        <v>-0.72958603159498536</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>0.86397961087303476</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="76"/>
       <c r="B49" s="39" t="s">
         <v>66</v>
       </c>
       <c r="C49" s="77">
-        <v>359.96899999999999</v>
+        <v>407.536</v>
       </c>
       <c r="D49" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E49" s="79">
-        <v>77197.081999999995</v>
+        <v>87777.331999999995</v>
       </c>
       <c r="F49" s="80">
-        <v>12.653208155505464</v>
+        <v>12.910341888084226</v>
       </c>
       <c r="G49" s="77">
-        <v>330.83699999999999</v>
+        <v>369.85399999999998</v>
       </c>
       <c r="H49" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I49" s="79">
-        <v>75040.255999999994</v>
+        <v>84197.717999999993</v>
       </c>
       <c r="J49" s="80">
-        <v>11.445407817043803</v>
+        <v>11.358589098728993</v>
       </c>
       <c r="K49" s="81">
-        <v>-8.092919112479132</v>
+        <v>-9.2462997133995568</v>
       </c>
       <c r="L49" s="82">
-        <v>-2.7939216666246542</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-4.0780619761831014</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="68"/>
       <c r="B50" s="83" t="s">
         <v>51</v>
       </c>
       <c r="C50" s="70">
-        <v>54.3</v>
+        <v>65.247</v>
       </c>
       <c r="D50" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E50" s="71">
-        <v>12697.031000000001</v>
+        <v>15282.255999999999</v>
       </c>
       <c r="F50" s="72">
-        <v>2.0811431214447422</v>
+        <v>2.247723247970518</v>
       </c>
       <c r="G50" s="70">
-        <v>62.064999999999998</v>
+        <v>66.063000000000002</v>
       </c>
       <c r="H50" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I50" s="71">
-        <v>15085.316999999999</v>
+        <v>16196.422</v>
       </c>
       <c r="J50" s="72">
-        <v>2.3008664191441963</v>
+        <v>2.1849582950408997</v>
       </c>
       <c r="K50" s="85">
-        <v>14.300184162062617</v>
+        <v>1.2506322129753131</v>
       </c>
       <c r="L50" s="74">
-        <v>18.8097989207083</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>5.9818785917471944</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="68"/>
       <c r="B51" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C51" s="70">
-        <v>38.866</v>
+        <v>42.058</v>
       </c>
       <c r="D51" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E51" s="71">
-        <v>8917.7060000000001</v>
+        <v>10089.258</v>
       </c>
       <c r="F51" s="72">
-        <v>1.4616820657495837</v>
+        <v>1.4839340318191592</v>
       </c>
       <c r="G51" s="70">
-        <v>22.407</v>
+        <v>25.053999999999998</v>
       </c>
       <c r="H51" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I51" s="71">
-        <v>8935.5409999999993</v>
+        <v>10296.703</v>
       </c>
       <c r="J51" s="72">
-        <v>1.3628806225143395</v>
+        <v>1.3890639939748737</v>
       </c>
       <c r="K51" s="85">
-        <v>-42.348067719857973</v>
+        <v>-40.42988254315469</v>
       </c>
       <c r="L51" s="74">
-        <v>0.19999537997775579</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>2.0560976832984119</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A52" s="68"/>
       <c r="B52" s="83" t="s">
         <v>65</v>
       </c>
       <c r="C52" s="70">
-        <v>11.46</v>
+        <v>11.564</v>
       </c>
       <c r="D52" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E52" s="71">
-        <v>1888.213</v>
+        <v>2026.703</v>
       </c>
       <c r="F52" s="72">
-        <v>0.30949294341114392</v>
+        <v>0.29808867550913903</v>
       </c>
       <c r="G52" s="70">
-        <v>0.67500000000000004</v>
+        <v>0.77500000000000002</v>
       </c>
       <c r="H52" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I52" s="71">
-        <v>959.25800000000004</v>
+        <v>1075.9780000000001</v>
       </c>
       <c r="J52" s="72">
-        <v>0.14630945571083612</v>
+        <v>0.14515348244084508</v>
       </c>
       <c r="K52" s="85">
-        <v>-94.109947643979055</v>
+        <v>-93.298166724316843</v>
       </c>
       <c r="L52" s="74">
-        <v>-49.197574638030773</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-46.909932042336742</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="68"/>
       <c r="B53" s="83" t="s">
         <v>54</v>
       </c>
       <c r="C53" s="70">
-        <v>1.2589999999999999</v>
+        <v>1.482</v>
       </c>
       <c r="D53" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E53" s="71">
-        <v>1780.354</v>
+        <v>2088.2579999999998</v>
       </c>
       <c r="F53" s="72">
-        <v>0.29181400603311375</v>
+        <v>0.30714222130295538</v>
       </c>
       <c r="G53" s="70">
-        <v>5.93</v>
+        <v>6.4160000000000004</v>
       </c>
       <c r="H53" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I53" s="71">
-        <v>2376.848</v>
+        <v>2662.134</v>
       </c>
       <c r="J53" s="72">
-        <v>0.36252534478460374</v>
+        <v>0.3591318975147974</v>
       </c>
       <c r="K53" s="85">
-        <v>371.00873709293086</v>
+        <v>332.92847503373821</v>
       </c>
       <c r="L53" s="74">
-        <v>33.504235674478217</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>27.481087107052875</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A54" s="68"/>
       <c r="B54" s="83" t="s">
         <v>72</v>
       </c>
       <c r="C54" s="70">
-        <v>2.7229999999999999</v>
+        <v>2.8130000000000002</v>
       </c>
       <c r="D54" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E54" s="71">
-        <v>1081.7070000000001</v>
+        <v>1139.287</v>
       </c>
       <c r="F54" s="72">
-        <v>0.17730027456565459</v>
+        <v>0.16756700555275267</v>
       </c>
       <c r="G54" s="70">
-        <v>2.52</v>
+        <v>2.7090000000000001</v>
       </c>
       <c r="H54" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I54" s="71">
-        <v>1269.9970000000001</v>
+        <v>1340.886</v>
       </c>
       <c r="J54" s="72">
-        <v>0.19370447765293047</v>
+        <v>0.1808905688184842</v>
       </c>
       <c r="K54" s="85">
-        <v>-7.4550128534704312</v>
+        <v>-3.6971205119089969</v>
       </c>
       <c r="L54" s="74">
-        <v>17.406746928696954</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>17.695190061854468</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55" s="68"/>
       <c r="B55" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C55" s="70">
-        <v>251.36099999999999</v>
+        <v>284.37200000000001</v>
       </c>
       <c r="D55" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E55" s="71">
-        <v>50832.070999999996</v>
+        <v>57151.569999999992</v>
       </c>
       <c r="F55" s="72">
-        <v>8.3317757443012255</v>
+        <v>8.4058867059297011</v>
       </c>
       <c r="G55" s="70">
-        <v>237.24</v>
+        <v>268.83699999999999</v>
       </c>
       <c r="H55" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I55" s="71">
-        <v>46413.294999999998</v>
+        <v>52625.594999999994</v>
       </c>
       <c r="J55" s="72">
-        <v>7.0791214972368977</v>
+        <v>7.099390860939093</v>
       </c>
       <c r="K55" s="85">
-        <v>-5.6178166063947792</v>
+        <v>-5.4629147736064114</v>
       </c>
       <c r="L55" s="74">
-        <v>-8.6928899670446214</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-7.9192487625449299</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="76">
         <v>4412</v>
       </c>
       <c r="B56" s="39" t="s">
         <v>30</v>
       </c>
       <c r="C56" s="77">
-        <v>243.43899999999999</v>
+        <v>275.005</v>
       </c>
       <c r="D56" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E56" s="79">
-        <v>270859.45299999998</v>
+        <v>306848.28200000001</v>
       </c>
       <c r="F56" s="80">
         <v>100</v>
       </c>
       <c r="G56" s="77">
-        <v>254.626</v>
+        <v>288.803</v>
       </c>
       <c r="H56" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I56" s="79">
-        <v>282735.41899999999</v>
+        <v>320540.86700000003</v>
       </c>
       <c r="J56" s="80">
         <v>100</v>
       </c>
       <c r="K56" s="81">
-        <v>4.5954017228135235</v>
+        <v>5.0173633206668979</v>
       </c>
       <c r="L56" s="82">
-        <v>4.3845492075183419</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>4.4623306706341674</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="76"/>
       <c r="B57" s="83" t="s">
         <v>53</v>
       </c>
       <c r="C57" s="70">
-        <v>38.741999999999997</v>
+        <v>42.3</v>
       </c>
       <c r="D57" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E57" s="71">
-        <v>43378.972999999998</v>
+        <v>47459.023999999998</v>
       </c>
       <c r="F57" s="72">
-        <v>16.015307023454707</v>
+        <v>15.46660899994871</v>
       </c>
       <c r="G57" s="70">
-        <v>36.247999999999998</v>
+        <v>41.128999999999998</v>
       </c>
       <c r="H57" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I57" s="71">
-        <v>40434.497000000003</v>
+        <v>46105.24</v>
       </c>
       <c r="J57" s="72">
-        <v>14.30117851630043</v>
+        <v>14.383576244585374</v>
       </c>
       <c r="K57" s="85">
-        <v>-6.437458055856693</v>
+        <v>-2.7683215130023626</v>
       </c>
       <c r="L57" s="74">
-        <v>-6.7877955524673101</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-2.8525323234628672</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58" s="76"/>
       <c r="B58" s="83" t="s">
         <v>51</v>
       </c>
       <c r="C58" s="70">
-        <v>21.994</v>
+        <v>24.984000000000002</v>
       </c>
       <c r="D58" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E58" s="71">
-        <v>26941.225999999999</v>
+        <v>30708.29</v>
       </c>
       <c r="F58" s="72">
-        <v>9.9465703343940532</v>
+        <v>10.007646058777674</v>
       </c>
       <c r="G58" s="70">
-        <v>21.472000000000001</v>
+        <v>25.292999999999999</v>
       </c>
       <c r="H58" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I58" s="71">
-        <v>26205.682000000001</v>
+        <v>30790.252</v>
       </c>
       <c r="J58" s="72">
-        <v>9.2686236809969689</v>
+        <v>9.6057180752555951</v>
       </c>
       <c r="K58" s="85">
-        <v>-2.3733745566972742</v>
+        <v>1.2367915465898074</v>
       </c>
       <c r="L58" s="74">
-        <v>-2.7301801335989611</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>0.26690512561917168</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="76"/>
       <c r="B59" s="83" t="s">
         <v>68</v>
       </c>
       <c r="C59" s="70">
-        <v>15.029</v>
+        <v>16.733000000000001</v>
       </c>
       <c r="D59" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E59" s="71">
-        <v>14769.677</v>
+        <v>16384.47</v>
       </c>
       <c r="F59" s="72">
-        <v>5.4528933129020238</v>
+        <v>5.339599717882729</v>
       </c>
       <c r="G59" s="70">
-        <v>15.315</v>
+        <v>17.754000000000001</v>
       </c>
       <c r="H59" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I59" s="71">
-        <v>15947.641</v>
+        <v>18304.580999999998</v>
       </c>
       <c r="J59" s="72">
-        <v>5.6404822064405025</v>
+        <v>5.7105295718813904</v>
       </c>
       <c r="K59" s="85">
-        <v>1.9029875573890451</v>
+        <v>6.1017151736090405</v>
       </c>
       <c r="L59" s="74">
-        <v>7.975556946844538</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>11.719091310246819</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A60" s="76"/>
       <c r="B60" s="83" t="s">
         <v>59</v>
       </c>
       <c r="C60" s="70">
-        <v>13.888</v>
+        <v>15.534000000000001</v>
       </c>
       <c r="D60" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E60" s="71">
-        <v>17069.54</v>
+        <v>19076.163</v>
       </c>
       <c r="F60" s="72">
-        <v>6.3019916089101757</v>
+        <v>6.216806193492066</v>
       </c>
       <c r="G60" s="70">
-        <v>11.539</v>
+        <v>13.106999999999999</v>
       </c>
       <c r="H60" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I60" s="71">
-        <v>13762.398999999999</v>
+        <v>15689.791999999999</v>
       </c>
       <c r="J60" s="72">
-        <v>4.8675892990966227</v>
+        <v>4.8947867854865441</v>
       </c>
       <c r="K60" s="85">
-        <v>-16.913882488479263</v>
+        <v>-15.623792970258796</v>
       </c>
       <c r="L60" s="74">
-        <v>-19.374517415232052</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-17.751845588654287</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="76"/>
       <c r="B61" s="83" t="s">
         <v>60</v>
       </c>
       <c r="C61" s="70">
-        <v>19.239999999999998</v>
+        <v>21.603999999999999</v>
       </c>
       <c r="D61" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E61" s="71">
-        <v>16766.03</v>
+        <v>18932.900000000001</v>
       </c>
       <c r="F61" s="72">
-        <v>6.1899371848764684</v>
+        <v>6.1701176479130497</v>
       </c>
       <c r="G61" s="70">
-        <v>25.966000000000001</v>
+        <v>28.890999999999998</v>
       </c>
       <c r="H61" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I61" s="71">
-        <v>21255.199000000001</v>
+        <v>23731.1</v>
       </c>
       <c r="J61" s="72">
-        <v>7.5176994361643805</v>
+        <v>7.4034553603425541</v>
       </c>
       <c r="K61" s="85">
-        <v>34.958419958419974</v>
+        <v>33.729864839844467</v>
       </c>
       <c r="L61" s="74">
-        <v>26.775384512612714</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>25.343185671503026</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="68"/>
       <c r="B62" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C62" s="70">
-        <v>134.54599999999999</v>
+        <v>153.85</v>
       </c>
       <c r="D62" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E62" s="71">
-        <v>151934.00699999998</v>
+        <v>174287.435</v>
       </c>
       <c r="F62" s="72">
-        <v>56.093300535462575</v>
+        <v>56.799221381985774</v>
       </c>
       <c r="G62" s="70">
-        <v>144.08600000000001</v>
+        <v>162.62899999999999</v>
       </c>
       <c r="H62" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I62" s="71">
-        <v>165130.00099999999</v>
+        <v>185919.90200000003</v>
       </c>
       <c r="J62" s="72">
-        <v>58.404426861001099</v>
+        <v>58.00193396244854</v>
       </c>
       <c r="K62" s="85">
-        <v>7.0905117952224677</v>
+        <v>5.7062073448163773</v>
       </c>
       <c r="L62" s="74">
-        <v>8.6853458686178193</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>6.6743004164356616</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="61" t="s">
         <v>69</v>
       </c>
       <c r="B63" s="61" t="s">
         <v>43</v>
       </c>
       <c r="C63" s="62" t="s">
         <v>74</v>
       </c>
       <c r="D63" s="63"/>
       <c r="E63" s="63">
-        <v>140727.478</v>
+        <v>158285.43900000001</v>
       </c>
       <c r="F63" s="64">
         <v>100</v>
       </c>
       <c r="G63" s="62" t="s">
         <v>74</v>
       </c>
       <c r="H63" s="63"/>
       <c r="I63" s="63">
-        <v>149217.878</v>
+        <v>168305.45300000001</v>
       </c>
       <c r="J63" s="64">
         <v>100</v>
       </c>
       <c r="K63" s="65" t="s">
         <v>74</v>
       </c>
       <c r="L63" s="66">
-        <v>6.033221173763943</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>6.330344764056278</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A64" s="68"/>
       <c r="B64" s="69" t="s">
         <v>56</v>
       </c>
       <c r="C64" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D64" s="71"/>
       <c r="E64" s="71">
-        <v>38546.311000000002</v>
+        <v>43552.970999999998</v>
       </c>
       <c r="F64" s="72">
-        <v>27.390749516594052</v>
+        <v>27.515462745755151</v>
       </c>
       <c r="G64" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H64" s="71"/>
       <c r="I64" s="71">
-        <v>41077.332000000002</v>
+        <v>46369.752999999997</v>
       </c>
       <c r="J64" s="72">
-        <v>27.528425246738866</v>
+        <v>27.550951067521261</v>
       </c>
       <c r="K64" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L64" s="74">
-        <v>6.5661821698060825</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>6.467485306570703</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A65" s="68"/>
       <c r="B65" s="69" t="s">
         <v>53</v>
       </c>
       <c r="C65" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D65" s="71"/>
       <c r="E65" s="71">
-        <v>15197.031000000001</v>
+        <v>17595.203000000001</v>
       </c>
       <c r="F65" s="72">
-        <v>10.798908085313659</v>
+        <v>11.116122311162178</v>
       </c>
       <c r="G65" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H65" s="71"/>
       <c r="I65" s="71">
-        <v>15367.816999999999</v>
+        <v>17683.978999999999</v>
       </c>
       <c r="J65" s="72">
-        <v>10.298911367711582</v>
+        <v>10.507074301389389</v>
       </c>
       <c r="K65" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L65" s="74">
-        <v>1.1238116182035705</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>0.50454660852732425</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="68"/>
       <c r="B66" s="69" t="s">
         <v>54</v>
       </c>
       <c r="C66" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D66" s="71"/>
       <c r="E66" s="71">
-        <v>12432.593999999999</v>
+        <v>13865.557000000001</v>
       </c>
       <c r="F66" s="72">
-        <v>8.8345177336298164</v>
+        <v>8.7598436644573479</v>
       </c>
       <c r="G66" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H66" s="71"/>
       <c r="I66" s="71">
-        <v>12743.36</v>
+        <v>14174.532999999999</v>
       </c>
       <c r="J66" s="72">
-        <v>8.5401026812618266</v>
+        <v>8.4219095384865508</v>
       </c>
       <c r="K66" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L66" s="74">
-        <v>2.4996070811932043</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>2.2283706309093732</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A67" s="94"/>
       <c r="B67" s="69" t="s">
         <v>51</v>
       </c>
       <c r="C67" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D67" s="71"/>
       <c r="E67" s="71">
-        <v>8983.6779999999999</v>
+        <v>10029.843999999999</v>
       </c>
       <c r="F67" s="72">
-        <v>6.3837412051113436</v>
+        <v>6.3365550636657098</v>
       </c>
       <c r="G67" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H67" s="71"/>
       <c r="I67" s="71">
-        <v>10394.234</v>
+        <v>11848.245000000001</v>
       </c>
       <c r="J67" s="72">
-        <v>6.9658100887884231</v>
+        <v>7.0397273462078491</v>
       </c>
       <c r="K67" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L67" s="74">
-        <v>15.701319659943294</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>18.129903117137232</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A68" s="94"/>
       <c r="B68" s="69" t="s">
         <v>59</v>
       </c>
       <c r="C68" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D68" s="71"/>
       <c r="E68" s="71">
-        <v>10897.754000000001</v>
+        <v>11900.905000000001</v>
       </c>
       <c r="F68" s="72">
-        <v>7.7438707456975822</v>
+        <v>7.5186353686014034</v>
       </c>
       <c r="G68" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H68" s="71"/>
       <c r="I68" s="71">
-        <v>9930.9959999999992</v>
+        <v>10967.233</v>
       </c>
       <c r="J68" s="72">
-        <v>6.6553660547297149</v>
+        <v>6.5162671823829736</v>
       </c>
       <c r="K68" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L68" s="74">
-        <v>-8.8711673983464987</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-7.8453865483339325</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A69" s="95"/>
       <c r="B69" s="96" t="s">
         <v>61</v>
       </c>
       <c r="C69" s="97" t="s">
         <v>74</v>
       </c>
       <c r="D69" s="98"/>
       <c r="E69" s="98">
-        <v>54670.11</v>
+        <v>61340.959000000017</v>
       </c>
       <c r="F69" s="99">
-        <v>38.848212713653545</v>
+        <v>38.753380846358212</v>
       </c>
       <c r="G69" s="97" t="s">
         <v>74</v>
       </c>
       <c r="H69" s="98"/>
       <c r="I69" s="98">
-        <v>59704.138999999996</v>
+        <v>67261.710000000021</v>
       </c>
       <c r="J69" s="99">
-        <v>40.011384560769585</v>
+        <v>39.964070564011976</v>
       </c>
       <c r="K69" s="100" t="s">
         <v>74</v>
       </c>
       <c r="L69" s="101">
-        <v>9.2080096418316977</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>9.6521982970628191</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="L71" s="3" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:F4"/>
     <mergeCell ref="G4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="G5:H5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A33961D3-2922-40AB-86A0-8E652E75B414}">
   <dimension ref="A1:M48"/>
   <sheetViews>
     <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
       <selection activeCell="M43" sqref="M43"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="24.08984375" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="11.08984375" customWidth="1"/>
+    <col min="1" max="1" width="24.109375" customWidth="1"/>
+    <col min="2" max="2" width="55.33203125" customWidth="1"/>
+    <col min="3" max="3" width="11.33203125" customWidth="1"/>
+    <col min="4" max="4" width="5.44140625" customWidth="1"/>
+    <col min="5" max="5" width="16.109375" customWidth="1"/>
+    <col min="6" max="6" width="10.109375" customWidth="1"/>
+    <col min="7" max="7" width="11.109375" customWidth="1"/>
     <col min="8" max="8" width="6" customWidth="1"/>
-    <col min="9" max="9" width="16.453125" customWidth="1"/>
-    <col min="10" max="10" width="11.453125" customWidth="1"/>
+    <col min="9" max="9" width="16.44140625" customWidth="1"/>
+    <col min="10" max="10" width="11.44140625" customWidth="1"/>
     <col min="11" max="11" width="11" customWidth="1"/>
-    <col min="12" max="12" width="11.6328125" customWidth="1"/>
+    <col min="12" max="12" width="11.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:13" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1"/>
     </row>
-    <row r="2" spans="1:13" ht="24" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="2" spans="1:13" ht="24" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="116" t="s">
         <v>70</v>
       </c>
       <c r="B2" s="105"/>
       <c r="C2" s="105"/>
       <c r="D2" s="105"/>
       <c r="E2" s="105"/>
       <c r="F2" s="105"/>
       <c r="G2" s="105"/>
       <c r="H2" s="105"/>
       <c r="I2" s="105"/>
       <c r="J2" s="105"/>
       <c r="K2" s="105"/>
       <c r="L2" s="106"/>
       <c r="M2" s="3"/>
     </row>
-    <row r="3" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="4"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
       <c r="H3" s="5"/>
       <c r="I3" s="5"/>
       <c r="J3" s="5"/>
       <c r="K3" s="5"/>
       <c r="L3" s="6"/>
       <c r="M3" s="3"/>
     </row>
-    <row r="4" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="107" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="109" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="111" t="s">
         <v>83</v>
       </c>
       <c r="D4" s="112"/>
       <c r="E4" s="112"/>
       <c r="F4" s="113"/>
       <c r="G4" s="111" t="s">
         <v>85</v>
       </c>
       <c r="H4" s="112"/>
       <c r="I4" s="112"/>
       <c r="J4" s="113"/>
       <c r="K4" s="114" t="s">
         <v>81</v>
       </c>
       <c r="L4" s="115"/>
       <c r="M4" s="7"/>
     </row>
-    <row r="5" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="108"/>
       <c r="B5" s="110"/>
       <c r="C5" s="114" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="115"/>
       <c r="E5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G5" s="114" t="s">
         <v>3</v>
       </c>
       <c r="H5" s="115"/>
       <c r="I5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="J5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K5" s="10" t="s">
         <v>6</v>
       </c>
       <c r="L5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="M5" s="7"/>
     </row>
-    <row r="6" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="11">
         <v>3605</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="13" t="s">
         <v>74</v>
       </c>
       <c r="D6" s="14"/>
       <c r="E6" s="14">
-        <v>179.03899999999999</v>
+        <v>188.14099999999999</v>
       </c>
       <c r="F6" s="14">
-        <v>2.4082308182795834E-2</v>
+        <v>2.2315032501285421E-2</v>
       </c>
       <c r="G6" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H6" s="16"/>
       <c r="I6" s="16">
-        <v>154.06</v>
+        <v>160.22800000000001</v>
       </c>
       <c r="J6" s="17">
-        <v>1.9522667930543355E-2</v>
+        <v>1.8166556488333024E-2</v>
       </c>
       <c r="K6" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L6" s="17">
-        <v>-13.95170884555878</v>
+        <v>-14.836213265582721</v>
       </c>
       <c r="M6" s="18"/>
     </row>
-    <row r="7" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="11">
         <v>44</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D7" s="16"/>
       <c r="E7" s="16">
-        <v>402439.484</v>
+        <v>461467.75199999998</v>
       </c>
       <c r="F7" s="16">
-        <v>54.131623158157353</v>
+        <v>54.733778837016494</v>
       </c>
       <c r="G7" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H7" s="16"/>
       <c r="I7" s="16">
-        <v>452795.93099999998</v>
+        <v>504141.804</v>
       </c>
       <c r="J7" s="17">
-        <v>57.378843315683639</v>
+        <v>57.159301498465396</v>
       </c>
       <c r="K7" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L7" s="17">
-        <v>12.512799812654563</v>
+        <v>9.2474613480683754</v>
       </c>
       <c r="M7" s="18"/>
     </row>
-    <row r="8" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="19">
         <v>4401</v>
       </c>
       <c r="B8" s="20" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="21">
-        <v>345.80684500000001</v>
+        <v>420.85046799999998</v>
       </c>
       <c r="D8" s="22" t="s">
         <v>75</v>
       </c>
       <c r="E8" s="23">
-        <v>37272.057000000001</v>
+        <v>47568.012000000002</v>
       </c>
       <c r="F8" s="23">
-        <v>5.0134169833429185</v>
+        <v>5.6419479741339478</v>
       </c>
       <c r="G8" s="21">
-        <v>385.89190000000002</v>
+        <v>427.86523</v>
       </c>
       <c r="H8" s="22" t="s">
         <v>75</v>
       </c>
       <c r="I8" s="23">
-        <v>36616.540999999997</v>
+        <v>40349.245000000003</v>
       </c>
       <c r="J8" s="23">
-        <v>4.6400919817481885</v>
+        <v>4.5747736884570038</v>
       </c>
       <c r="K8" s="21">
-        <v>11.591747121142154</v>
+        <v>1.6668062728636479</v>
       </c>
       <c r="L8" s="24">
-        <v>-1.7587330905831231</v>
+        <v>-15.175675199543759</v>
       </c>
       <c r="M8" s="25"/>
     </row>
-    <row r="9" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="26">
         <v>44011</v>
       </c>
       <c r="B9" s="27" t="s">
         <v>79</v>
       </c>
       <c r="C9" s="37">
-        <v>18.912127999999999</v>
+        <v>22.823005999999999</v>
       </c>
       <c r="D9" s="102" t="s">
         <v>75</v>
       </c>
       <c r="E9" s="31">
-        <v>1554.9290000000001</v>
+        <v>1963.2560000000001</v>
       </c>
       <c r="F9" s="31">
-        <v>0.20915152218436511</v>
+        <v>0.23285791745735177</v>
       </c>
       <c r="G9" s="37">
-        <v>18.178246999999999</v>
+        <v>21.416839</v>
       </c>
       <c r="H9" s="102" t="s">
         <v>75</v>
       </c>
       <c r="I9" s="31">
-        <v>1471.788</v>
+        <v>1777.5820000000001</v>
       </c>
       <c r="J9" s="31">
-        <v>0.1865067401542162</v>
+        <v>0.20154120263402148</v>
       </c>
       <c r="K9" s="37">
-        <v>-3.8804781778126727</v>
+        <v>-6.1611822737110096</v>
       </c>
       <c r="L9" s="32">
-        <v>-5.3469322393498402</v>
+        <v>-9.4574523139111744</v>
       </c>
       <c r="M9" s="25"/>
     </row>
-    <row r="10" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="26">
         <v>44012</v>
       </c>
       <c r="B10" s="27" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="37">
-        <v>38.208441999999998</v>
+        <v>43.699762999999997</v>
       </c>
       <c r="D10" s="102" t="s">
         <v>75</v>
       </c>
       <c r="E10" s="31">
-        <v>3754.8620000000001</v>
+        <v>4229.6989999999996</v>
       </c>
       <c r="F10" s="31">
-        <v>0.50506171207317474</v>
+        <v>0.5016762463027965</v>
       </c>
       <c r="G10" s="37">
-        <v>63.045850000000002</v>
+        <v>67.214601000000002</v>
       </c>
       <c r="H10" s="102" t="s">
         <v>75</v>
       </c>
       <c r="I10" s="31">
-        <v>5186.1989999999996</v>
+        <v>5569.1760000000004</v>
       </c>
       <c r="J10" s="31">
-        <v>0.65720135595687412</v>
+        <v>0.63142990237329644</v>
       </c>
       <c r="K10" s="37">
-        <v>65.005026899552732</v>
+        <v>53.809989770425084</v>
       </c>
       <c r="L10" s="32">
-        <v>38.119563382089659</v>
+        <v>31.668376402197907</v>
       </c>
       <c r="M10" s="25"/>
     </row>
-    <row r="11" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="26">
         <v>440131</v>
       </c>
       <c r="B11" s="27" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="37">
-        <v>94.930600999999996</v>
+        <v>136.712965</v>
       </c>
       <c r="D11" s="102" t="s">
         <v>75</v>
       </c>
       <c r="E11" s="31">
-        <v>16307.281000000001</v>
+        <v>23393.683000000001</v>
       </c>
       <c r="F11" s="31">
-        <v>2.1934716272178187</v>
+        <v>2.7746785467801716</v>
       </c>
       <c r="G11" s="37">
-        <v>105.868118</v>
+        <v>114.749623</v>
       </c>
       <c r="H11" s="102" t="s">
         <v>75</v>
       </c>
       <c r="I11" s="31">
-        <v>18596.887999999999</v>
+        <v>20243.853999999999</v>
       </c>
       <c r="J11" s="31">
-        <v>2.3566199465500879</v>
+        <v>2.2952362710173402</v>
       </c>
       <c r="K11" s="37">
-        <v>11.521592494710953</v>
+        <v>-16.065295636006429</v>
       </c>
       <c r="L11" s="32">
-        <v>14.040397047184003</v>
+        <v>-13.464442516383595</v>
       </c>
       <c r="M11" s="25"/>
     </row>
-    <row r="12" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="26" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="27" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="37">
-        <v>193.755674</v>
+        <v>217.614734</v>
       </c>
       <c r="D12" s="102" t="s">
         <v>75</v>
       </c>
       <c r="E12" s="31">
-        <v>15654.985000000001</v>
+        <v>17981.374</v>
       </c>
       <c r="F12" s="31">
-        <v>2.1057321218675602</v>
+        <v>2.1327352635936276</v>
       </c>
       <c r="G12" s="37">
-        <v>198.79968500000001</v>
+        <v>224.48416700000001</v>
       </c>
       <c r="H12" s="102" t="s">
         <v>75</v>
       </c>
       <c r="I12" s="31">
-        <v>11361.665999999999</v>
+        <v>12758.633</v>
       </c>
       <c r="J12" s="31">
-        <v>1.4397639390870103</v>
+        <v>1.4465663124323451</v>
       </c>
       <c r="K12" s="37">
-        <v>2.6032842785290571</v>
+        <v>3.1566948035788864</v>
       </c>
       <c r="L12" s="32">
-        <v>-27.424612671299275</v>
+        <v>-29.045283191373471</v>
       </c>
       <c r="M12" s="25"/>
     </row>
     <row r="13" spans="1:13" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="19">
         <v>4402</v>
       </c>
       <c r="B13" s="20" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="21">
-        <v>1.7674650000000001</v>
+        <v>1.806074</v>
       </c>
       <c r="D13" s="22" t="s">
         <v>75</v>
       </c>
       <c r="E13" s="23">
-        <v>1778.827</v>
+        <v>1834.6279999999999</v>
       </c>
       <c r="F13" s="23">
-        <v>0.23926775740413078</v>
+        <v>0.21760160436995801</v>
       </c>
       <c r="G13" s="21">
-        <v>1.6793229999999999</v>
+        <v>1.704715</v>
       </c>
       <c r="H13" s="22" t="s">
         <v>75</v>
       </c>
       <c r="I13" s="23">
-        <v>1502.1189999999999</v>
+        <v>1520.5730000000001</v>
       </c>
       <c r="J13" s="23">
-        <v>0.19035032084356648</v>
+        <v>0.17240167323522734</v>
       </c>
       <c r="K13" s="21">
-        <v>-4.9869162897143742</v>
+        <v>-5.6121177759050838</v>
       </c>
       <c r="L13" s="24">
-        <v>-15.555644253207316</v>
+        <v>-17.118184176846743</v>
       </c>
       <c r="M13" s="18"/>
     </row>
-    <row r="14" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="19">
         <v>4403</v>
       </c>
       <c r="B14" s="20" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="21">
-        <v>866.56500000000005</v>
+        <v>987.92600000000004</v>
       </c>
       <c r="D14" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E14" s="23">
-        <v>81424.527000000002</v>
+        <v>93877.244999999995</v>
       </c>
       <c r="F14" s="23">
-        <v>10.952309568598912</v>
+        <v>11.134594656699679</v>
       </c>
       <c r="G14" s="21">
-        <v>929.95299999999997</v>
+        <v>1011.213</v>
       </c>
       <c r="H14" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I14" s="23">
-        <v>95903.297999999995</v>
+        <v>104647.802</v>
       </c>
       <c r="J14" s="24">
-        <v>12.152980918459969</v>
+        <v>11.864906298605044</v>
       </c>
       <c r="K14" s="23">
-        <v>7.3148580891219837</v>
+        <v>2.3571603541155834</v>
       </c>
       <c r="L14" s="24">
-        <v>17.781830037526642</v>
+        <v>11.473022029992466</v>
       </c>
       <c r="M14" s="25"/>
     </row>
-    <row r="15" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="26"/>
       <c r="B15" s="27" t="s">
         <v>16</v>
       </c>
       <c r="C15" s="37">
-        <v>514.173</v>
+        <v>595.89400000000001</v>
       </c>
       <c r="D15" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E15" s="31">
-        <v>52483.137000000002</v>
+        <v>61674.688999999998</v>
       </c>
       <c r="F15" s="31">
-        <v>7.0594400082322561</v>
+        <v>7.3151130776474584</v>
       </c>
       <c r="G15" s="37">
-        <v>553.18799999999999</v>
+        <v>598.57799999999997</v>
       </c>
       <c r="H15" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I15" s="31">
-        <v>62379.237999999998</v>
+        <v>67714.398000000001</v>
       </c>
       <c r="J15" s="32">
-        <v>7.9047718371694895</v>
+        <v>7.6774186555437529</v>
       </c>
       <c r="K15" s="31">
-        <v>7.5879130176030225</v>
+        <v>0.45041567795614135</v>
       </c>
       <c r="L15" s="32">
-        <v>18.855772664656069</v>
+        <v>9.7928487324840869</v>
       </c>
       <c r="M15" s="25"/>
     </row>
-    <row r="16" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="26"/>
       <c r="B16" s="27" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="37">
-        <v>499.66899999999998</v>
+        <v>579.46600000000001</v>
       </c>
       <c r="D16" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E16" s="31">
-        <v>50935.38</v>
+        <v>59898.974000000002</v>
       </c>
       <c r="F16" s="31">
-        <v>6.8512531826463245</v>
+        <v>7.1044990278761704</v>
       </c>
       <c r="G16" s="37">
-        <v>546.99900000000002</v>
+        <v>591.95500000000004</v>
       </c>
       <c r="H16" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I16" s="31">
-        <v>61892.67</v>
+        <v>67126.209000000003</v>
       </c>
       <c r="J16" s="32">
-        <v>7.8431133567746523</v>
+        <v>7.6107301323498291</v>
       </c>
       <c r="K16" s="31">
-        <v>9.4722706431657837</v>
+        <v>2.1552601878281097</v>
       </c>
       <c r="L16" s="32">
-        <v>21.512139499106517</v>
+        <v>12.06570750276958</v>
       </c>
       <c r="M16" s="25"/>
     </row>
-    <row r="17" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="26"/>
       <c r="B17" s="27" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="37">
-        <v>14.504</v>
+        <v>16.428000000000001</v>
       </c>
       <c r="D17" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E17" s="31">
-        <v>1547.7570000000001</v>
+        <v>1775.7149999999999</v>
       </c>
       <c r="F17" s="31">
-        <v>0.20818682558593118</v>
+        <v>0.21061404977128875</v>
       </c>
       <c r="G17" s="37">
-        <v>6.1890000000000001</v>
+        <v>6.6230000000000002</v>
       </c>
       <c r="H17" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I17" s="31">
-        <v>486.56799999999998</v>
+        <v>588.18899999999996</v>
       </c>
       <c r="J17" s="32">
-        <v>6.1658480394837206E-2</v>
+        <v>6.6688523193924348E-2</v>
       </c>
       <c r="K17" s="31">
-        <v>-57.329012686155544</v>
+        <v>-59.684684684684676</v>
       </c>
       <c r="L17" s="32">
-        <v>-68.563023782157018</v>
+        <v>-66.875934482729477</v>
       </c>
       <c r="M17" s="25"/>
     </row>
-    <row r="18" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="26"/>
       <c r="B18" s="27" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="37">
-        <v>352.392</v>
+        <v>392.03199999999998</v>
       </c>
       <c r="D18" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E18" s="31">
-        <v>28941.39</v>
+        <v>32202.556</v>
       </c>
       <c r="F18" s="31">
-        <v>3.892869560366655</v>
+        <v>3.8194815790522214</v>
       </c>
       <c r="G18" s="37">
-        <v>376.76499999999999</v>
+        <v>412.63499999999999</v>
       </c>
       <c r="H18" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I18" s="31">
-        <v>33524.06</v>
+        <v>36933.404000000002</v>
       </c>
       <c r="J18" s="32">
-        <v>4.2482090812904802</v>
+        <v>4.1874876430612922</v>
       </c>
       <c r="K18" s="31">
-        <v>6.9164453222547593</v>
+        <v>5.2554383315647728</v>
       </c>
       <c r="L18" s="32">
-        <v>15.834312035462009</v>
+        <v>14.690908386278412</v>
       </c>
       <c r="M18" s="25"/>
     </row>
-    <row r="19" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="26"/>
       <c r="B19" s="27" t="s">
         <v>17</v>
       </c>
       <c r="C19" s="37">
-        <v>271.25400000000002</v>
+        <v>295.04199999999997</v>
       </c>
       <c r="D19" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E19" s="31">
-        <v>23214.751</v>
+        <v>25286.435000000001</v>
       </c>
       <c r="F19" s="31">
-        <v>3.1225866317889834</v>
+        <v>2.9991741240167822</v>
       </c>
       <c r="G19" s="37">
-        <v>281.29000000000002</v>
+        <v>303.05799999999999</v>
       </c>
       <c r="H19" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I19" s="31">
-        <v>27193.161</v>
+        <v>29670.661</v>
       </c>
       <c r="J19" s="32">
-        <v>3.4459499687446606</v>
+        <v>3.3640421093858719</v>
       </c>
       <c r="K19" s="31">
-        <v>3.699853274053102</v>
+        <v>2.7169013225235799</v>
       </c>
       <c r="L19" s="32">
-        <v>17.137422667165371</v>
+        <v>17.338252703475195</v>
       </c>
       <c r="M19" s="25"/>
     </row>
-    <row r="20" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="26"/>
       <c r="B20" s="27" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="37">
-        <v>81.138000000000005</v>
+        <v>96.99</v>
       </c>
       <c r="D20" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E20" s="31">
-        <v>5726.6390000000001</v>
+        <v>6916.1210000000001</v>
       </c>
       <c r="F20" s="31">
-        <v>0.77028292857767167</v>
+        <v>0.82030745503543967</v>
       </c>
       <c r="G20" s="37">
-        <v>95.474999999999994</v>
+        <v>109.577</v>
       </c>
       <c r="H20" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I20" s="31">
-        <v>6330.8990000000003</v>
+        <v>7262.7430000000004</v>
       </c>
       <c r="J20" s="32">
-        <v>0.80225911254582005</v>
+        <v>0.82344553367542017</v>
       </c>
       <c r="K20" s="31">
-        <v>17.669895733195283</v>
+        <v>12.97762655943912</v>
       </c>
       <c r="L20" s="32">
-        <v>10.551738986864725</v>
+        <v>5.011797798216663</v>
       </c>
       <c r="M20" s="25"/>
     </row>
     <row r="21" spans="1:13" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="19">
         <v>4404</v>
       </c>
       <c r="B21" s="20" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="21">
-        <v>12.987135</v>
+        <v>14.538221999999999</v>
       </c>
       <c r="D21" s="22" t="s">
         <v>75</v>
       </c>
       <c r="E21" s="23">
-        <v>4816.9089999999997</v>
+        <v>5350.0680000000002</v>
       </c>
       <c r="F21" s="23">
-        <v>0.64791630329974426</v>
+        <v>0.63456100107944091</v>
       </c>
       <c r="G21" s="21">
-        <v>20.212244999999999</v>
+        <v>22.788208000000001</v>
       </c>
       <c r="H21" s="36" t="s">
         <v>75</v>
       </c>
       <c r="I21" s="23">
-        <v>7225.87</v>
+        <v>8134.674</v>
       </c>
       <c r="J21" s="24">
-        <v>0.91567091080926466</v>
+        <v>0.92230455809954504</v>
       </c>
       <c r="K21" s="23">
-        <v>55.632824329615417</v>
+        <v>56.746870421981463</v>
       </c>
       <c r="L21" s="24">
-        <v>50.010515041907588</v>
+        <v>52.048048735081487</v>
       </c>
       <c r="M21" s="18"/>
     </row>
     <row r="22" spans="1:13" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="19">
         <v>4406</v>
       </c>
       <c r="B22" s="20" t="s">
         <v>21</v>
       </c>
       <c r="C22" s="21">
-        <v>0.999</v>
+        <v>1.1379999999999999</v>
       </c>
       <c r="D22" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E22" s="23">
-        <v>496.92</v>
+        <v>589.73500000000001</v>
       </c>
       <c r="F22" s="23">
-        <v>6.6840077202145382E-2</v>
+        <v>6.9947303842041661E-2</v>
       </c>
       <c r="G22" s="21">
-        <v>0.46899999999999997</v>
+        <v>0.52200000000000002</v>
       </c>
       <c r="H22" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I22" s="23">
-        <v>279.54500000000002</v>
+        <v>319.70800000000003</v>
       </c>
       <c r="J22" s="24">
-        <v>3.5424277597324048E-2</v>
+        <v>3.6248305176198752E-2</v>
       </c>
       <c r="K22" s="23">
-        <v>-53.053053053053056</v>
+        <v>-54.130052724077323</v>
       </c>
       <c r="L22" s="24">
-        <v>-43.74446591000563</v>
+        <v>-45.787853866567183</v>
       </c>
       <c r="M22" s="18"/>
     </row>
-    <row r="23" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="19">
         <v>4407</v>
       </c>
       <c r="B23" s="20" t="s">
         <v>22</v>
       </c>
       <c r="C23" s="21">
-        <v>344.774</v>
+        <v>388.791</v>
       </c>
       <c r="D23" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E23" s="23">
-        <v>86030.558999999994</v>
+        <v>97027.562000000005</v>
       </c>
       <c r="F23" s="23">
-        <v>11.571861074828389</v>
+        <v>11.508247535361706</v>
       </c>
       <c r="G23" s="21">
-        <v>407.98599999999999</v>
+        <v>452.18299999999999</v>
       </c>
       <c r="H23" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I23" s="23">
-        <v>108388.261</v>
+        <v>119983.003</v>
       </c>
       <c r="J23" s="24">
-        <v>13.735090400311977</v>
+        <v>13.60360237685879</v>
       </c>
       <c r="K23" s="23">
-        <v>18.334329154750645</v>
+        <v>16.304904177308629</v>
       </c>
       <c r="L23" s="24">
-        <v>25.988093370403426</v>
+        <v>23.658680612834516</v>
       </c>
       <c r="M23" s="25"/>
     </row>
-    <row r="24" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="26">
         <v>44071</v>
       </c>
       <c r="B24" s="27" t="s">
         <v>23</v>
       </c>
       <c r="C24" s="37">
-        <v>326.33300000000003</v>
+        <v>369.01799999999997</v>
       </c>
       <c r="D24" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="31">
-        <v>78613.846000000005</v>
+        <v>88625.481</v>
       </c>
       <c r="F24" s="31">
-        <v>10.574248441997844</v>
+        <v>10.511693298946289</v>
       </c>
       <c r="G24" s="37">
-        <v>391.892</v>
+        <v>434.95299999999997</v>
       </c>
       <c r="H24" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I24" s="31">
-        <v>101908.061</v>
+        <v>112694.17</v>
       </c>
       <c r="J24" s="32">
-        <v>12.913911686022045</v>
+        <v>12.77719877431413</v>
       </c>
       <c r="K24" s="31">
-        <v>20.089601725844446</v>
+        <v>17.867692090900718</v>
       </c>
       <c r="L24" s="32">
-        <v>29.631186089025586</v>
+        <v>27.157752746075364</v>
       </c>
       <c r="M24" s="25"/>
     </row>
-    <row r="25" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="26" t="s">
         <v>24</v>
       </c>
       <c r="B25" s="27" t="s">
         <v>25</v>
       </c>
       <c r="C25" s="37">
-        <v>18.440999999999999</v>
+        <v>19.773</v>
       </c>
       <c r="D25" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E25" s="31">
-        <v>7416.7129999999997</v>
+        <v>8402.0810000000001</v>
       </c>
       <c r="F25" s="31">
-        <v>0.99761263283054669</v>
+        <v>0.99655423641541585</v>
       </c>
       <c r="G25" s="37">
-        <v>16.094000000000001</v>
+        <v>17.23</v>
       </c>
       <c r="H25" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I25" s="31">
-        <v>6480.2</v>
+        <v>7288.8329999999996</v>
       </c>
       <c r="J25" s="32">
-        <v>0.82117871428993283</v>
+        <v>0.82640360254466017</v>
       </c>
       <c r="K25" s="31">
-        <v>-12.727075538202905</v>
+        <v>-12.860972032569663</v>
       </c>
       <c r="L25" s="32">
-        <v>-12.627062689361177</v>
+        <v>-13.249669932960661</v>
       </c>
       <c r="M25" s="25"/>
     </row>
-    <row r="26" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="19">
         <v>4408</v>
       </c>
       <c r="B26" s="20" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="21">
-        <v>114.01900000000001</v>
+        <v>127.9</v>
       </c>
       <c r="D26" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E26" s="23">
-        <v>38238.525000000001</v>
+        <v>43050.559999999998</v>
       </c>
       <c r="F26" s="23">
-        <v>5.143415364839746</v>
+        <v>5.1061419127066303</v>
       </c>
       <c r="G26" s="21">
-        <v>112.587</v>
+        <v>127.137</v>
       </c>
       <c r="H26" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I26" s="23">
-        <v>35547.396000000001</v>
+        <v>40205.769999999997</v>
       </c>
       <c r="J26" s="24">
-        <v>4.5046086453558685</v>
+        <v>4.5585065772644295</v>
       </c>
       <c r="K26" s="23">
-        <v>-1.2559310290390215</v>
+        <v>-0.59655981235340516</v>
       </c>
       <c r="L26" s="24">
-        <v>-7.037742695357629</v>
+        <v>-6.6080208945017231</v>
       </c>
       <c r="M26" s="18"/>
     </row>
-    <row r="27" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="19">
         <v>4409</v>
       </c>
       <c r="B27" s="20" t="s">
         <v>27</v>
       </c>
       <c r="C27" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D27" s="36"/>
       <c r="E27" s="23">
-        <v>8817.1509999999998</v>
+        <v>10529.684999999999</v>
       </c>
       <c r="F27" s="23">
-        <v>1.1859837670912288</v>
+        <v>1.2489051456264055</v>
       </c>
       <c r="G27" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H27" s="36"/>
       <c r="I27" s="23">
-        <v>10454.313</v>
+        <v>12369.710999999999</v>
       </c>
       <c r="J27" s="24">
-        <v>1.3247830789365345</v>
+        <v>1.4024705646070244</v>
       </c>
       <c r="K27" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L27" s="24">
-        <v>18.567925172201321</v>
+        <v>17.474653800184907</v>
       </c>
       <c r="M27" s="18"/>
     </row>
-    <row r="28" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="26">
         <v>44091</v>
       </c>
       <c r="B28" s="27" t="s">
         <v>23</v>
       </c>
       <c r="C28" s="37" t="s">
         <v>74</v>
       </c>
       <c r="D28" s="38"/>
       <c r="E28" s="31">
-        <v>5466.0370000000003</v>
+        <v>6362.6719999999996</v>
       </c>
       <c r="F28" s="31">
-        <v>0.73522968499916119</v>
+        <v>0.75466396200200214</v>
       </c>
       <c r="G28" s="37" t="s">
         <v>74</v>
       </c>
       <c r="H28" s="38"/>
       <c r="I28" s="31">
-        <v>6186.0259999999998</v>
+        <v>7310.93</v>
       </c>
       <c r="J28" s="32">
-        <v>0.78390063227124096</v>
+        <v>0.82890894742022947</v>
       </c>
       <c r="K28" s="31" t="s">
         <v>74</v>
       </c>
       <c r="L28" s="32">
-        <v>13.17204768280931</v>
+        <v>14.903455655108433</v>
       </c>
       <c r="M28" s="25"/>
     </row>
-    <row r="29" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="26">
         <v>44092</v>
       </c>
       <c r="B29" s="27" t="s">
         <v>25</v>
       </c>
       <c r="C29" s="37" t="s">
         <v>74</v>
       </c>
       <c r="D29" s="38"/>
       <c r="E29" s="31">
-        <v>3351.114</v>
+        <v>4167.0129999999999</v>
       </c>
       <c r="F29" s="31">
-        <v>0.45075408209206763</v>
+        <v>0.49424118362440328</v>
       </c>
       <c r="G29" s="37" t="s">
         <v>74</v>
       </c>
       <c r="H29" s="38"/>
       <c r="I29" s="31">
-        <v>4268.2870000000003</v>
+        <v>5058.7809999999999</v>
       </c>
       <c r="J29" s="32">
-        <v>0.54088244666529339</v>
+        <v>0.57356161718679499</v>
       </c>
       <c r="K29" s="31" t="s">
         <v>74</v>
       </c>
       <c r="L29" s="32">
-        <v>27.36919722814563</v>
+        <v>21.40065317770787</v>
       </c>
       <c r="M29" s="25"/>
     </row>
-    <row r="30" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="19">
         <v>4410</v>
       </c>
       <c r="B30" s="20" t="s">
         <v>28</v>
       </c>
       <c r="C30" s="21">
-        <v>56.387</v>
+        <v>61.027000000000001</v>
       </c>
       <c r="D30" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E30" s="23">
-        <v>21045.23</v>
+        <v>22870.351999999999</v>
       </c>
       <c r="F30" s="23">
-        <v>2.8307671213412742</v>
+        <v>2.7126072902548519</v>
       </c>
       <c r="G30" s="21">
-        <v>45.619</v>
+        <v>54.145000000000003</v>
       </c>
       <c r="H30" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I30" s="23">
-        <v>16908.198</v>
+        <v>19605.744999999999</v>
       </c>
       <c r="J30" s="24">
-        <v>2.1426271248726296</v>
+        <v>2.2228878475569354</v>
       </c>
       <c r="K30" s="23">
-        <v>-19.096600280206431</v>
+        <v>-11.276975764825401</v>
       </c>
       <c r="L30" s="24">
-        <v>-19.657813195674265</v>
+        <v>-14.274406445515137</v>
       </c>
       <c r="M30" s="18"/>
     </row>
-    <row r="31" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="19">
         <v>4411</v>
       </c>
       <c r="B31" s="39" t="s">
         <v>29</v>
       </c>
       <c r="C31" s="21">
-        <v>29.695</v>
+        <v>33.792000000000002</v>
       </c>
       <c r="D31" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E31" s="23">
-        <v>17128.584999999999</v>
+        <v>19275.603999999999</v>
       </c>
       <c r="F31" s="23">
-        <v>2.3039441836986021</v>
+        <v>2.286241328269262</v>
       </c>
       <c r="G31" s="21">
-        <v>32.095999999999997</v>
+        <v>36.557000000000002</v>
       </c>
       <c r="H31" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I31" s="23">
-        <v>18034.155999999999</v>
+        <v>20674.257000000001</v>
       </c>
       <c r="J31" s="24">
-        <v>2.285309872748384</v>
+        <v>2.3440351102479862</v>
       </c>
       <c r="K31" s="23">
-        <v>8.0855362855699475</v>
+        <v>8.182410037878789</v>
       </c>
       <c r="L31" s="24">
-        <v>5.2868990637580398</v>
+        <v>7.2560787200235177</v>
       </c>
       <c r="M31" s="25"/>
     </row>
-    <row r="32" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="19">
         <v>4412</v>
       </c>
       <c r="B32" s="20" t="s">
         <v>30</v>
       </c>
       <c r="C32" s="21">
-        <v>27.934999999999999</v>
+        <v>31.52</v>
       </c>
       <c r="D32" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E32" s="23">
-        <v>21545.204000000002</v>
+        <v>24420.704000000002</v>
       </c>
       <c r="F32" s="23">
-        <v>2.8980179881992507</v>
+        <v>2.8964914796045038</v>
       </c>
       <c r="G32" s="21">
-        <v>32.978999999999999</v>
+        <v>36.712000000000003</v>
       </c>
       <c r="H32" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I32" s="23">
-        <v>23252.46</v>
+        <v>25550.982</v>
       </c>
       <c r="J32" s="24">
-        <v>2.9465796128017794</v>
+        <v>2.896955325132812</v>
       </c>
       <c r="K32" s="23">
-        <v>18.056201897261502</v>
+        <v>16.472081218274123</v>
       </c>
       <c r="L32" s="24">
-        <v>7.9240651422933723</v>
+        <v>4.6283596083061251</v>
       </c>
       <c r="M32" s="25"/>
     </row>
-    <row r="33" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="19">
         <v>4413</v>
       </c>
       <c r="B33" s="20" t="s">
         <v>31</v>
       </c>
       <c r="C33" s="21">
-        <v>1.034</v>
+        <v>1.038</v>
       </c>
       <c r="D33" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E33" s="23">
-        <v>278.94799999999998</v>
+        <v>283.17</v>
       </c>
       <c r="F33" s="23">
-        <v>3.7520940705514066E-2</v>
+        <v>3.3586234544246037E-2</v>
       </c>
       <c r="G33" s="21">
-        <v>0.13900000000000001</v>
+        <v>0.14599999999999999</v>
       </c>
       <c r="H33" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I33" s="23">
-        <v>120.164</v>
+        <v>128.58799999999999</v>
       </c>
       <c r="J33" s="24">
-        <v>1.5227326166466389E-2</v>
+        <v>1.4579231880331566E-2</v>
       </c>
       <c r="K33" s="23">
-        <v>-86.557059961315275</v>
+        <v>-85.934489402697494</v>
       </c>
       <c r="L33" s="24">
-        <v>-56.922437156746064</v>
+        <v>-54.58982236818872</v>
       </c>
       <c r="M33" s="25"/>
     </row>
-    <row r="34" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="19" t="s">
         <v>32</v>
       </c>
       <c r="B34" s="39" t="s">
         <v>33</v>
       </c>
       <c r="C34" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D34" s="36"/>
       <c r="E34" s="23">
-        <v>14895.157999999999</v>
+        <v>16757.073</v>
       </c>
       <c r="F34" s="23">
-        <v>2.0035287584684727</v>
+        <v>1.9875233395241465</v>
       </c>
       <c r="G34" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H34" s="36"/>
       <c r="I34" s="23">
-        <v>14690.315000000001</v>
+        <v>16433.248</v>
       </c>
       <c r="J34" s="24">
-        <v>1.8615743316894717</v>
+        <v>1.8631920018897172</v>
       </c>
       <c r="K34" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L34" s="24">
-        <v>-1.3752321391958309</v>
+        <v>-1.9324675616081681</v>
       </c>
       <c r="M34" s="25"/>
     </row>
-    <row r="35" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="19">
         <v>4418</v>
       </c>
       <c r="B35" s="39" t="s">
         <v>34</v>
       </c>
       <c r="C35" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D35" s="36"/>
       <c r="E35" s="23">
-        <v>24737.576000000001</v>
+        <v>27543.101999999999</v>
       </c>
       <c r="F35" s="23">
-        <v>3.327419885764185</v>
+        <v>3.2668329408062013</v>
       </c>
       <c r="G35" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H35" s="36"/>
       <c r="I35" s="23">
-        <v>22258.974999999999</v>
+        <v>25029.324000000001</v>
       </c>
       <c r="J35" s="24">
-        <v>2.8206840023319892</v>
+        <v>2.8378100476245685</v>
       </c>
       <c r="K35" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L35" s="24">
-        <v>-10.019579121252633</v>
+        <v>-9.1267062076014476</v>
       </c>
       <c r="M35" s="25"/>
     </row>
-    <row r="36" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="19" t="s">
         <v>35</v>
       </c>
       <c r="B36" s="20" t="s">
         <v>36</v>
       </c>
       <c r="C36" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D36" s="36"/>
       <c r="E36" s="23">
-        <v>2417.98</v>
+        <v>2741.3130000000001</v>
       </c>
       <c r="F36" s="23">
-        <v>0.32523941454005373</v>
+        <v>0.32514172185327089</v>
       </c>
       <c r="G36" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H36" s="36"/>
       <c r="I36" s="23">
-        <v>2569.9949999999999</v>
+        <v>2855.1210000000001</v>
       </c>
       <c r="J36" s="24">
-        <v>0.32567284803425134</v>
+        <v>0.32371194128071162</v>
       </c>
       <c r="K36" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L36" s="24">
-        <v>6.2868592792330729</v>
+        <v>4.1515872138643051</v>
       </c>
       <c r="M36" s="25"/>
     </row>
-    <row r="37" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="19">
         <v>44219910</v>
       </c>
       <c r="B37" s="20" t="s">
         <v>37</v>
       </c>
       <c r="C37" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D37" s="36"/>
       <c r="E37" s="23">
-        <v>835.471</v>
+        <v>948.24099999999999</v>
       </c>
       <c r="F37" s="23">
-        <v>0.11237814163276504</v>
+        <v>0.11246899258562136</v>
       </c>
       <c r="G37" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H37" s="36"/>
       <c r="I37" s="23">
-        <v>808.82899999999995</v>
+        <v>889.53499999999997</v>
       </c>
       <c r="J37" s="24">
-        <v>0.10249578073213975</v>
+        <v>0.10085495559982845</v>
       </c>
       <c r="K37" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L37" s="24">
-        <v>-3.1888599364909198</v>
+        <v>-6.1910421506768873</v>
       </c>
       <c r="M37" s="25"/>
     </row>
-    <row r="38" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="19" t="s">
         <v>38</v>
       </c>
       <c r="B38" s="20" t="s">
         <v>39</v>
       </c>
       <c r="C38" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D38" s="36"/>
       <c r="E38" s="23">
-        <v>40679.857000000047</v>
+        <v>46800.697999999975</v>
       </c>
       <c r="F38" s="23">
-        <v>5.4717958272000269</v>
+        <v>5.5509383757545825</v>
       </c>
       <c r="G38" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H38" s="36"/>
       <c r="I38" s="23">
-        <v>58235.495999999999</v>
+        <v>65444.518000000025</v>
       </c>
       <c r="J38" s="24">
-        <v>7.379671882243839</v>
+        <v>7.4200609949492451</v>
       </c>
       <c r="K38" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L38" s="24">
-        <v>43.155606471281182</v>
+        <v>39.836628077641194</v>
       </c>
       <c r="M38" s="25"/>
     </row>
-    <row r="39" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="11">
         <v>47</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D39" s="40"/>
       <c r="E39" s="16">
-        <v>11598.64</v>
+        <v>11992.124</v>
       </c>
       <c r="F39" s="16">
-        <v>1.5601183148995645</v>
+        <v>1.4223621476416355</v>
       </c>
       <c r="G39" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H39" s="40"/>
       <c r="I39" s="16">
-        <v>3808.7530000000002</v>
+        <v>4359.1670000000004</v>
       </c>
       <c r="J39" s="16">
-        <v>0.48264974716643377</v>
+        <v>0.49423979296737891</v>
       </c>
       <c r="K39" s="15" t="s">
         <v>74</v>
       </c>
       <c r="L39" s="17">
-        <v>-67.162072449873421</v>
+        <v>-63.649750452880568</v>
       </c>
       <c r="M39" s="18"/>
     </row>
-    <row r="40" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="11">
         <v>48</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D40" s="40"/>
       <c r="E40" s="16">
-        <v>260786.47399999999</v>
+        <v>292005.54599999997</v>
       </c>
       <c r="F40" s="16">
-        <v>35.078056941631004</v>
+        <v>34.634201208378798</v>
       </c>
       <c r="G40" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H40" s="40"/>
       <c r="I40" s="16">
-        <v>269385.696</v>
+        <v>301240.99</v>
       </c>
       <c r="J40" s="17">
-        <v>34.136878412607437</v>
+        <v>34.154526433809089</v>
       </c>
       <c r="K40" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L40" s="17">
-        <v>3.2974187150519194</v>
+        <v>3.1627632168328814</v>
       </c>
       <c r="M40" s="18"/>
     </row>
-    <row r="41" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D41" s="16"/>
       <c r="E41" s="16">
-        <v>65316.220999999998</v>
+        <v>74023.228000000003</v>
       </c>
       <c r="F41" s="16">
-        <v>8.7856018155686826</v>
+        <v>8.7797489046516244</v>
       </c>
       <c r="G41" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H41" s="16"/>
       <c r="I41" s="16">
-        <v>60950.743000000002</v>
+        <v>69814.642000000007</v>
       </c>
       <c r="J41" s="17">
-        <v>7.7237512378871207</v>
+        <v>7.9155430861381735</v>
       </c>
       <c r="K41" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L41" s="17">
-        <v>-6.6836046745570226</v>
+        <v>-5.6854937479894767</v>
       </c>
       <c r="M41" s="18"/>
     </row>
-    <row r="42" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D42" s="41"/>
       <c r="E42" s="16">
-        <v>3126.3209999999999</v>
+        <v>3436.4780000000001</v>
       </c>
       <c r="F42" s="16">
-        <v>0.42051746156058994</v>
+        <v>0.40759386981015477</v>
       </c>
       <c r="G42" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H42" s="41"/>
       <c r="I42" s="16">
-        <v>2038.7639999999999</v>
+        <v>2277.509</v>
       </c>
       <c r="J42" s="17">
-        <v>0.2583546187248234</v>
+        <v>0.25822263213163021</v>
       </c>
       <c r="K42" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L42" s="17">
-        <v>-34.787118789145453</v>
+        <v>-33.725488712571419</v>
       </c>
       <c r="M42" s="25"/>
     </row>
-    <row r="43" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="42"/>
       <c r="B43" s="43" t="s">
         <v>46</v>
       </c>
       <c r="C43" s="44"/>
       <c r="D43" s="45"/>
       <c r="E43" s="45">
-        <v>743446.179</v>
+        <v>843113.26899999997</v>
       </c>
       <c r="F43" s="46">
         <v>100</v>
       </c>
       <c r="G43" s="44"/>
       <c r="H43" s="45"/>
       <c r="I43" s="45">
-        <v>789133.94700000004</v>
+        <v>881994.34</v>
       </c>
       <c r="J43" s="46">
         <v>100</v>
       </c>
       <c r="K43" s="44"/>
       <c r="L43" s="46">
-        <v>6.145403566597663</v>
+        <v>4.611607055611409</v>
       </c>
       <c r="M43" s="47"/>
     </row>
-    <row r="44" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="3"/>
       <c r="B44" s="48"/>
       <c r="C44" s="3"/>
       <c r="D44" s="3"/>
       <c r="E44" s="3"/>
       <c r="F44" s="49"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3"/>
       <c r="I44" s="50"/>
       <c r="J44" s="3"/>
       <c r="K44" s="3"/>
       <c r="L44" s="3"/>
       <c r="M44" s="3"/>
     </row>
-    <row r="45" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="3"/>
       <c r="B45" s="48"/>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3" t="s">
         <v>47</v>
       </c>
       <c r="M45" s="3"/>
     </row>
-    <row r="46" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="3"/>
       <c r="B46" s="3"/>
       <c r="C46" s="3"/>
       <c r="D46" s="3"/>
       <c r="E46" s="3"/>
       <c r="F46" s="3"/>
       <c r="G46" s="3"/>
       <c r="H46" s="3"/>
       <c r="I46" s="3"/>
       <c r="J46" s="3"/>
       <c r="K46" s="3"/>
       <c r="L46" s="3"/>
       <c r="M46" s="3"/>
     </row>
-    <row r="47" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="3"/>
       <c r="B47" s="3"/>
       <c r="C47" s="3"/>
       <c r="D47" s="3"/>
       <c r="E47" s="3"/>
       <c r="F47" s="3"/>
       <c r="G47" s="3"/>
       <c r="H47" s="3"/>
       <c r="I47" s="3"/>
       <c r="J47" s="3"/>
       <c r="K47" s="3"/>
       <c r="L47" s="3"/>
       <c r="M47" s="3"/>
     </row>
-    <row r="48" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="3"/>
       <c r="B48" s="3"/>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
       <c r="M48" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:F4"/>
     <mergeCell ref="G4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="G5:H5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{500ED4FB-C9C5-4A27-A15F-6F46D49270AB}">
   <dimension ref="A1:M71"/>
   <sheetViews>
     <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
       <selection activeCell="M69" sqref="M69"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="14.08984375" customWidth="1"/>
+    <col min="1" max="1" width="14.109375" customWidth="1"/>
     <col min="2" max="2" width="34" customWidth="1"/>
-    <col min="3" max="3" width="13.6328125" customWidth="1"/>
+    <col min="3" max="3" width="13.6640625" customWidth="1"/>
     <col min="4" max="4" width="5" customWidth="1"/>
-    <col min="5" max="5" width="15.453125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="10" max="10" width="10.36328125" customWidth="1"/>
+    <col min="5" max="5" width="15.44140625" customWidth="1"/>
+    <col min="6" max="7" width="12.44140625" customWidth="1"/>
+    <col min="8" max="8" width="5.109375" customWidth="1"/>
+    <col min="9" max="9" width="15.33203125" customWidth="1"/>
+    <col min="10" max="10" width="10.33203125" customWidth="1"/>
     <col min="11" max="12" width="12" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:13" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1"/>
     </row>
-    <row r="2" spans="1:13" ht="24" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="2" spans="1:13" ht="24" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="116" t="s">
         <v>71</v>
       </c>
       <c r="B2" s="105"/>
       <c r="C2" s="105"/>
       <c r="D2" s="105"/>
       <c r="E2" s="105"/>
       <c r="F2" s="105"/>
       <c r="G2" s="105"/>
       <c r="H2" s="105"/>
       <c r="I2" s="105"/>
       <c r="J2" s="105"/>
       <c r="K2" s="105"/>
       <c r="L2" s="106"/>
       <c r="M2" s="3"/>
     </row>
-    <row r="3" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="51"/>
       <c r="B3" s="52"/>
       <c r="C3" s="52"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="52"/>
       <c r="J3" s="52"/>
       <c r="K3" s="52"/>
       <c r="L3" s="53"/>
       <c r="M3" s="3"/>
     </row>
-    <row r="4" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="117" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="118" t="s">
         <v>49</v>
       </c>
       <c r="C4" s="111" t="s">
         <v>83</v>
       </c>
       <c r="D4" s="112"/>
       <c r="E4" s="112"/>
       <c r="F4" s="113"/>
       <c r="G4" s="111" t="s">
         <v>85</v>
       </c>
       <c r="H4" s="112"/>
       <c r="I4" s="112"/>
       <c r="J4" s="113"/>
       <c r="K4" s="114" t="s">
         <v>81</v>
       </c>
       <c r="L4" s="115"/>
     </row>
-    <row r="5" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="108"/>
       <c r="B5" s="119"/>
       <c r="C5" s="114" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="115"/>
       <c r="E5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G5" s="114" t="s">
         <v>3</v>
       </c>
       <c r="H5" s="115"/>
       <c r="I5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="J5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K5" s="9" t="s">
         <v>50</v>
       </c>
       <c r="L5" s="9" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="6" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="54"/>
       <c r="B6" s="55"/>
       <c r="C6" s="56"/>
       <c r="D6" s="57"/>
       <c r="E6" s="57"/>
       <c r="F6" s="58"/>
       <c r="G6" s="56"/>
       <c r="H6" s="57"/>
       <c r="I6" s="57"/>
       <c r="J6" s="58"/>
       <c r="K6" s="59"/>
       <c r="L6" s="60"/>
     </row>
-    <row r="7" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="61"/>
       <c r="B7" s="103" t="s">
         <v>46</v>
       </c>
       <c r="C7" s="62" t="s">
         <v>74</v>
       </c>
       <c r="D7" s="63"/>
       <c r="E7" s="63">
-        <v>743446.179</v>
+        <v>843113.26899999997</v>
       </c>
       <c r="F7" s="64">
         <v>100</v>
       </c>
       <c r="G7" s="62" t="s">
         <v>74</v>
       </c>
       <c r="H7" s="63"/>
       <c r="I7" s="63">
-        <v>789133.94700000004</v>
+        <v>881994.34</v>
       </c>
       <c r="J7" s="64">
         <v>100</v>
       </c>
       <c r="K7" s="65" t="s">
         <v>74</v>
       </c>
       <c r="L7" s="66">
-        <v>6.145403566597663</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>4.611607055611409</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="68"/>
       <c r="B8" s="69" t="s">
         <v>55</v>
       </c>
       <c r="C8" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D8" s="71"/>
       <c r="E8" s="71">
-        <v>178727.973</v>
+        <v>202124.826</v>
       </c>
       <c r="F8" s="72">
-        <v>24.040472336599365</v>
+        <v>23.973626490274111</v>
       </c>
       <c r="G8" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H8" s="71"/>
       <c r="I8" s="71">
-        <v>207057.57699999999</v>
+        <v>228062.65100000001</v>
       </c>
       <c r="J8" s="72">
-        <v>26.238584436413806</v>
+        <v>25.857609358354843</v>
       </c>
       <c r="K8" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L8" s="74">
-        <v>15.85068275798103</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>12.832577528106325</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="68"/>
       <c r="B9" s="69" t="s">
         <v>52</v>
       </c>
       <c r="C9" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D9" s="71"/>
       <c r="E9" s="71">
-        <v>93948.558000000005</v>
+        <v>106820.857</v>
       </c>
       <c r="F9" s="72">
-        <v>12.636901049968273</v>
+        <v>12.669810917185318</v>
       </c>
       <c r="G9" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H9" s="71"/>
       <c r="I9" s="71">
-        <v>96959.032999999996</v>
+        <v>109397.936</v>
       </c>
       <c r="J9" s="72">
-        <v>12.2867649235726</v>
+        <v>12.403473700296081</v>
       </c>
       <c r="K9" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L9" s="74">
-        <v>3.2043865963328475</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>2.412524175873255</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="68"/>
       <c r="B10" s="69" t="s">
         <v>65</v>
       </c>
       <c r="C10" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D10" s="71"/>
       <c r="E10" s="71">
-        <v>83444.205000000002</v>
+        <v>95213.623000000007</v>
       </c>
       <c r="F10" s="72">
-        <v>11.223973887691471</v>
+        <v>11.293099812428645</v>
       </c>
       <c r="G10" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H10" s="71"/>
       <c r="I10" s="71">
-        <v>101583.751</v>
+        <v>113383.586</v>
       </c>
       <c r="J10" s="72">
-        <v>12.872814733947822</v>
+        <v>12.855364355286</v>
       </c>
       <c r="K10" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L10" s="74">
-        <v>21.738532951449415</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>19.083364782789523</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="68"/>
       <c r="B11" s="69" t="s">
         <v>60</v>
       </c>
       <c r="C11" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D11" s="71"/>
       <c r="E11" s="71">
-        <v>103576.886</v>
+        <v>116946.268</v>
       </c>
       <c r="F11" s="72">
-        <v>13.931995203650107</v>
+        <v>13.87076592196297</v>
       </c>
       <c r="G11" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H11" s="71"/>
       <c r="I11" s="71">
-        <v>103883.027</v>
+        <v>117455.766</v>
       </c>
       <c r="J11" s="72">
-        <v>13.164181745687845</v>
+        <v>13.317065730829974</v>
       </c>
       <c r="K11" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="74">
-        <v>0.29556883955750829</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>0.43566845587582742</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="68"/>
       <c r="B12" s="69" t="s">
         <v>54</v>
       </c>
       <c r="C12" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D12" s="71"/>
       <c r="E12" s="71">
-        <v>54996.129000000001</v>
+        <v>61271.453999999998</v>
       </c>
       <c r="F12" s="72">
-        <v>7.397459366053182</v>
+        <v>7.2672861705370693</v>
       </c>
       <c r="G12" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H12" s="75"/>
       <c r="I12" s="71">
-        <v>60583.072999999997</v>
+        <v>68388.278999999995</v>
       </c>
       <c r="J12" s="72">
-        <v>7.6771596546207119</v>
+        <v>7.7538228873441524</v>
       </c>
       <c r="K12" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L12" s="74">
-        <v>10.158794994462239</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>11.615237660265084</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="68"/>
       <c r="B13" s="69" t="s">
         <v>73</v>
       </c>
       <c r="C13" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D13" s="71"/>
       <c r="E13" s="71">
-        <v>27474.179</v>
+        <v>30910.901000000002</v>
       </c>
       <c r="F13" s="72">
-        <v>3.6955168747998903</v>
+        <v>3.6662809300419159</v>
       </c>
       <c r="G13" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H13" s="71"/>
       <c r="I13" s="71">
-        <v>30966.537</v>
+        <v>33790.875999999997</v>
       </c>
       <c r="J13" s="72">
-        <v>3.9241167000511763</v>
+        <v>3.8311896650039725</v>
       </c>
       <c r="K13" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L13" s="74">
-        <v>12.711418965422041</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>9.3170205553050511</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="68"/>
       <c r="B14" s="69" t="s">
         <v>53</v>
       </c>
       <c r="C14" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D14" s="71"/>
       <c r="E14" s="71">
-        <v>46041.421000000002</v>
+        <v>51275.96</v>
       </c>
       <c r="F14" s="72">
-        <v>6.1929729818410975</v>
+        <v>6.0817403645915107</v>
       </c>
       <c r="G14" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H14" s="71"/>
       <c r="I14" s="71">
-        <v>43661.125</v>
+        <v>49429.974999999999</v>
       </c>
       <c r="J14" s="72">
-        <v>5.5327901132607087</v>
+        <v>5.6043415199240396</v>
       </c>
       <c r="K14" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L14" s="74">
-        <v>-5.1699012504414279</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-3.600098369684352</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="68"/>
       <c r="B15" s="69" t="s">
         <v>58</v>
       </c>
       <c r="C15" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D15" s="71"/>
       <c r="E15" s="71">
-        <v>17367.510999999999</v>
+        <v>20501.644</v>
       </c>
       <c r="F15" s="72">
-        <v>2.3360818160853039</v>
+        <v>2.4316595116948632</v>
       </c>
       <c r="G15" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H15" s="71"/>
       <c r="I15" s="71">
-        <v>17362.768</v>
+        <v>18322.096000000001</v>
       </c>
       <c r="J15" s="72">
-        <v>2.2002307803392469</v>
+        <v>2.0773484782226608</v>
       </c>
       <c r="K15" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L15" s="74">
-        <v>-2.7309612759125784E-2</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-10.631088901943663</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="68"/>
       <c r="B16" s="69" t="s">
         <v>56</v>
       </c>
       <c r="C16" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D16" s="71"/>
       <c r="E16" s="71">
-        <v>13563.187</v>
+        <v>15302.519</v>
       </c>
       <c r="F16" s="72">
-        <v>1.8243670332993935</v>
+        <v>1.8150015617889652</v>
       </c>
       <c r="G16" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H16" s="71"/>
       <c r="I16" s="71">
-        <v>12749.683999999999</v>
+        <v>14316.47</v>
       </c>
       <c r="J16" s="72">
-        <v>1.6156552443941432</v>
+        <v>1.623192956090852</v>
       </c>
       <c r="K16" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L16" s="74">
-        <v>-5.9978749832174447</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-6.443703811117639</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="68"/>
       <c r="B17" s="69" t="s">
         <v>80</v>
       </c>
       <c r="C17" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D17" s="71"/>
       <c r="E17" s="71">
-        <v>3815.5639999999999</v>
+        <v>4341.509</v>
       </c>
       <c r="F17" s="72">
-        <v>0.51322666089053903</v>
+        <v>0.51493780961950442</v>
       </c>
       <c r="G17" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H17" s="75"/>
       <c r="I17" s="71">
-        <v>4352.9809999999998</v>
+        <v>4927.6530000000002</v>
       </c>
       <c r="J17" s="72">
-        <v>0.55161497190032804</v>
+        <v>0.55869440159899442</v>
       </c>
       <c r="K17" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L17" s="74">
-        <v>14.084863993894478</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>13.50092790317837</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="68"/>
       <c r="B18" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C18" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D18" s="71"/>
       <c r="E18" s="71">
-        <v>120490.56599999999</v>
+        <v>138403.7080000001</v>
       </c>
       <c r="F18" s="72">
-        <v>16.207032789121374</v>
+        <v>16.415790509875144</v>
       </c>
       <c r="G18" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H18" s="75"/>
       <c r="I18" s="71">
-        <v>109974.39099999995</v>
+        <v>124519.05199999991</v>
       </c>
       <c r="J18" s="72">
-        <v>13.936086695811596</v>
+        <v>14.117896947048427</v>
       </c>
       <c r="K18" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L18" s="74">
-        <v>-8.7277994859780534</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-10.031997119614875</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="61">
         <v>44</v>
       </c>
       <c r="B19" s="103" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="62" t="s">
         <v>74</v>
       </c>
       <c r="D19" s="63"/>
       <c r="E19" s="63">
-        <v>402439.484</v>
+        <v>461467.75199999998</v>
       </c>
       <c r="F19" s="64">
         <v>100</v>
       </c>
       <c r="G19" s="62" t="s">
         <v>74</v>
       </c>
       <c r="H19" s="63"/>
       <c r="I19" s="63">
-        <v>452795.93099999998</v>
+        <v>504141.804</v>
       </c>
       <c r="J19" s="64">
         <v>100</v>
       </c>
       <c r="K19" s="65" t="s">
         <v>74</v>
       </c>
       <c r="L19" s="66">
-        <v>12.512799812654563</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>9.2474613480683754</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="68"/>
       <c r="B20" s="69" t="s">
         <v>55</v>
       </c>
       <c r="C20" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D20" s="71"/>
       <c r="E20" s="71">
-        <v>120422.591</v>
+        <v>136889.80499999999</v>
       </c>
       <c r="F20" s="72">
-        <v>29.923155104731222</v>
+        <v>29.664002393822745</v>
       </c>
       <c r="G20" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H20" s="71"/>
       <c r="I20" s="71">
-        <v>144674.128</v>
+        <v>159110.72399999999</v>
       </c>
       <c r="J20" s="72">
-        <v>31.951287124088577</v>
+        <v>31.560708264534235</v>
       </c>
       <c r="K20" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L20" s="74">
-        <v>20.138693910015601</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>16.232705569271573</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="68"/>
       <c r="B21" s="69" t="s">
         <v>52</v>
       </c>
       <c r="C21" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D21" s="71"/>
       <c r="E21" s="71">
-        <v>77787.005999999994</v>
+        <v>88603.758000000002</v>
       </c>
       <c r="F21" s="72">
-        <v>19.328870325258642</v>
+        <v>19.200422481525862</v>
       </c>
       <c r="G21" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H21" s="71"/>
       <c r="I21" s="71">
-        <v>77265.929999999993</v>
+        <v>86675.214000000007</v>
       </c>
       <c r="J21" s="72">
-        <v>17.064183821033495</v>
+        <v>17.192625827157155</v>
       </c>
       <c r="K21" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L21" s="74">
-        <v>-0.66987537738629632</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-2.1765939092560771</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="68"/>
       <c r="B22" s="69" t="s">
         <v>65</v>
       </c>
       <c r="C22" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D22" s="71"/>
       <c r="E22" s="71">
-        <v>55160.207000000002</v>
+        <v>63847.220999999998</v>
       </c>
       <c r="F22" s="72">
-        <v>13.706460025179837</v>
+        <v>13.835684232167106</v>
       </c>
       <c r="G22" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H22" s="71"/>
       <c r="I22" s="71">
-        <v>73244.721999999994</v>
+        <v>81633.475000000006</v>
       </c>
       <c r="J22" s="72">
-        <v>16.176099868706636</v>
+        <v>16.19256216252997</v>
       </c>
       <c r="K22" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L22" s="74">
-        <v>32.785437153997613</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>27.85752256938483</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="68"/>
       <c r="B23" s="69" t="s">
         <v>60</v>
       </c>
       <c r="C23" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D23" s="71"/>
       <c r="E23" s="71">
-        <v>36438.366000000002</v>
+        <v>41175.868999999999</v>
       </c>
       <c r="F23" s="72">
-        <v>9.054371513904437</v>
+        <v>8.9228052927954113</v>
       </c>
       <c r="G23" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H23" s="71"/>
       <c r="I23" s="71">
-        <v>36379.635000000002</v>
+        <v>41025.417999999998</v>
       </c>
       <c r="J23" s="72">
-        <v>8.034443887261876</v>
+        <v>8.1376742960994353</v>
       </c>
       <c r="K23" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L23" s="74">
-        <v>-0.16117901664415951</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-0.36538633829440476</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="68"/>
       <c r="B24" s="69" t="s">
         <v>58</v>
       </c>
       <c r="C24" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D24" s="71"/>
       <c r="E24" s="71">
-        <v>17233.023000000001</v>
+        <v>20360.412</v>
       </c>
       <c r="F24" s="72">
-        <v>4.2821402186272559</v>
+        <v>4.4120985511464301</v>
       </c>
       <c r="G24" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H24" s="71"/>
       <c r="I24" s="71">
-        <v>17308.123</v>
+        <v>18255.297999999999</v>
       </c>
       <c r="J24" s="72">
-        <v>3.8224996770123365</v>
+        <v>3.6210641242518342</v>
       </c>
       <c r="K24" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L24" s="74">
-        <v>0.43579121318412067</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-10.339250502396521</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="68"/>
       <c r="B25" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C25" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D25" s="71"/>
       <c r="E25" s="71">
-        <v>95398.291000000027</v>
+        <v>110590.68699999998</v>
       </c>
       <c r="F25" s="72">
-        <v>23.705002812298616</v>
+        <v>23.964987048542447</v>
       </c>
       <c r="G25" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H25" s="75"/>
       <c r="I25" s="71">
-        <v>103923.39299999998</v>
+        <v>117441.67499999999</v>
       </c>
       <c r="J25" s="72">
-        <v>22.951485621897074</v>
+        <v>23.295365325427362</v>
       </c>
       <c r="K25" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L25" s="74">
-        <v>8.93632570419941</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>6.1949050013587614</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="76">
         <v>4403</v>
       </c>
       <c r="B26" s="39" t="s">
         <v>62</v>
       </c>
       <c r="C26" s="77">
-        <v>866.56500000000005</v>
+        <v>987.92600000000004</v>
       </c>
       <c r="D26" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E26" s="79">
-        <v>81424.527000000002</v>
+        <v>93877.244999999995</v>
       </c>
       <c r="F26" s="80">
         <v>100</v>
       </c>
       <c r="G26" s="77">
-        <v>929.95299999999997</v>
+        <v>1011.213</v>
       </c>
       <c r="H26" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I26" s="79">
-        <v>95903.297999999995</v>
+        <v>104647.802</v>
       </c>
       <c r="J26" s="80">
         <v>100</v>
       </c>
       <c r="K26" s="81">
-        <v>7.3148580891219837</v>
+        <v>2.3571603541155834</v>
       </c>
       <c r="L26" s="82">
-        <v>17.781830037526642</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>11.473022029992466</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="76"/>
       <c r="B27" s="39" t="s">
         <v>63</v>
       </c>
       <c r="C27" s="77">
-        <v>770.923</v>
+        <v>874.50800000000004</v>
       </c>
       <c r="D27" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E27" s="79">
-        <v>74150.130999999994</v>
+        <v>85185.409</v>
       </c>
       <c r="F27" s="80">
-        <v>91.066087494742206</v>
+        <v>90.741274949003895</v>
       </c>
       <c r="G27" s="77">
-        <v>828.28899999999999</v>
+        <v>895.01300000000003</v>
       </c>
       <c r="H27" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I27" s="79">
-        <v>89085.831000000006</v>
+        <v>96796.87</v>
       </c>
       <c r="J27" s="80">
-        <v>92.891311203917112</v>
+        <v>92.497757382424524</v>
       </c>
       <c r="K27" s="81">
-        <v>7.4412100819407367</v>
+        <v>2.3447469891641921</v>
       </c>
       <c r="L27" s="82">
-        <v>20.142513301830867</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>13.630809708268227</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="68"/>
       <c r="B28" s="83" t="s">
         <v>55</v>
       </c>
       <c r="C28" s="70">
-        <v>529.98699999999997</v>
+        <v>595.60599999999999</v>
       </c>
       <c r="D28" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E28" s="71">
-        <v>47331.813000000002</v>
+        <v>53483.646999999997</v>
       </c>
       <c r="F28" s="72">
-        <v>58.129675103915559</v>
+        <v>56.971896650780494</v>
       </c>
       <c r="G28" s="70">
-        <v>642.14499999999998</v>
+        <v>694.74099999999999</v>
       </c>
       <c r="H28" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I28" s="71">
-        <v>64844.133000000002</v>
+        <v>70530.426999999996</v>
       </c>
       <c r="J28" s="72">
-        <v>67.614080383346163</v>
+        <v>67.397905786879306</v>
       </c>
       <c r="K28" s="85">
-        <v>21.162405870332673</v>
+        <v>16.644392433924438</v>
       </c>
       <c r="L28" s="74">
-        <v>36.999047553914735</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>31.872882565394239</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="68"/>
       <c r="B29" s="69" t="s">
         <v>52</v>
       </c>
       <c r="C29" s="70">
-        <v>75.433999999999997</v>
+        <v>82.793999999999997</v>
       </c>
       <c r="D29" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E29" s="71">
-        <v>7273.9679999999998</v>
+        <v>8225.6880000000001</v>
       </c>
       <c r="F29" s="72">
-        <v>8.9333868651149793</v>
+        <v>8.7621744758274502</v>
       </c>
       <c r="G29" s="70">
-        <v>46.774000000000001</v>
+        <v>54.762999999999998</v>
       </c>
       <c r="H29" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I29" s="71">
-        <v>5675.36</v>
+        <v>6731.9380000000001</v>
       </c>
       <c r="J29" s="72">
-        <v>5.9177944016065016</v>
+        <v>6.4329473446561263</v>
       </c>
       <c r="K29" s="85">
-        <v>-37.993477742132193</v>
+        <v>-33.856318090682905</v>
       </c>
       <c r="L29" s="74">
-        <v>-21.977110704913745</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-18.159575223373412</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="68"/>
       <c r="B30" s="83" t="s">
         <v>58</v>
       </c>
       <c r="C30" s="70">
-        <v>113.178</v>
+        <v>132.238</v>
       </c>
       <c r="D30" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E30" s="71">
-        <v>13628.744000000001</v>
+        <v>16060.884</v>
       </c>
       <c r="F30" s="72">
-        <v>16.737885379426277</v>
+        <v>17.108388726149773</v>
       </c>
       <c r="G30" s="70">
-        <v>113.53</v>
+        <v>118.23</v>
       </c>
       <c r="H30" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I30" s="71">
-        <v>14631.824000000001</v>
+        <v>15246.424000000001</v>
       </c>
       <c r="J30" s="72">
-        <v>15.256851750812574</v>
+        <v>14.569273036427466</v>
       </c>
       <c r="K30" s="85">
-        <v>0.31101450811995607</v>
+        <v>-10.593021673044053</v>
       </c>
       <c r="L30" s="74">
-        <v>7.3600325899437244</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-5.0710782793773941</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="68"/>
       <c r="B31" s="83" t="s">
         <v>54</v>
       </c>
       <c r="C31" s="70">
-        <v>12.231</v>
+        <v>12.551</v>
       </c>
       <c r="D31" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E31" s="71">
-        <v>1371.9839999999999</v>
+        <v>1428.268</v>
       </c>
       <c r="F31" s="72">
-        <v>1.6849763216923568</v>
+        <v>1.5214208725447793</v>
       </c>
       <c r="G31" s="70">
-        <v>4</v>
+        <v>4.5590000000000002</v>
       </c>
       <c r="H31" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I31" s="71">
-        <v>923.60699999999997</v>
+        <v>1039.2460000000001</v>
       </c>
       <c r="J31" s="72">
-        <v>0.96306072810968402</v>
+        <v>0.99308918117553979</v>
       </c>
       <c r="K31" s="85">
-        <v>-67.296214536832636</v>
+        <v>-63.676201099513982</v>
       </c>
       <c r="L31" s="74">
-        <v>-32.680920477206733</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-27.237325207874147</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="68"/>
       <c r="B32" s="69" t="s">
         <v>65</v>
       </c>
       <c r="C32" s="70">
-        <v>26.776</v>
+        <v>38.002000000000002</v>
       </c>
       <c r="D32" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E32" s="71">
-        <v>3481.056</v>
+        <v>4924.3559999999998</v>
       </c>
       <c r="F32" s="72">
-        <v>4.2751933947371894</v>
+        <v>5.2455267514507913</v>
       </c>
       <c r="G32" s="70">
-        <v>19.888000000000002</v>
+        <v>20.768000000000001</v>
       </c>
       <c r="H32" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I32" s="71">
-        <v>2748.9250000000002</v>
+        <v>2986.8530000000001</v>
       </c>
       <c r="J32" s="72">
-        <v>2.8663508527099877</v>
+        <v>2.854195638050764</v>
       </c>
       <c r="K32" s="85">
-        <v>-25.7245294293397</v>
+        <v>-45.350244723961893</v>
       </c>
       <c r="L32" s="74">
-        <v>-21.031865043251237</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-39.345307284851053</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="68"/>
       <c r="B33" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="70">
         <v>13.317000000000121</v>
       </c>
       <c r="D33" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E33" s="71">
-        <v>1062.5659999999916</v>
+        <v>1062.5660000000062</v>
       </c>
       <c r="F33" s="72">
-        <v>1.3049704298558487</v>
+        <v>1.1318674722506037</v>
       </c>
       <c r="G33" s="70">
         <v>1.9519999999999982</v>
       </c>
       <c r="H33" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I33" s="71">
-        <v>261.98199999998906</v>
+        <v>261.98200000000361</v>
       </c>
       <c r="J33" s="72">
-        <v>0.27317308733218859</v>
+        <v>0.25034639523532815</v>
       </c>
       <c r="K33" s="85">
         <v>-85.342044003904931</v>
       </c>
       <c r="L33" s="74">
-        <v>-75.34440213596227</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-75.344402135961246</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="76"/>
       <c r="B34" s="39" t="s">
         <v>66</v>
       </c>
       <c r="C34" s="77">
-        <v>95.641999999999996</v>
+        <v>113.41800000000001</v>
       </c>
       <c r="D34" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E34" s="79">
-        <v>7274.3959999999997</v>
+        <v>8691.8359999999993</v>
       </c>
       <c r="F34" s="80">
-        <v>8.9339125052577835</v>
+        <v>9.2587250509961176</v>
       </c>
       <c r="G34" s="77">
-        <v>101.664</v>
+        <v>116.2</v>
       </c>
       <c r="H34" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I34" s="79">
-        <v>6817.4669999999996</v>
+        <v>7850.9319999999998</v>
       </c>
       <c r="J34" s="80">
-        <v>7.1086887960829044</v>
+        <v>7.5022426175754742</v>
       </c>
       <c r="K34" s="81">
-        <v>6.2963969804061035</v>
+        <v>2.4528734416053859</v>
       </c>
       <c r="L34" s="82">
-        <v>-6.2813324982582754</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-9.6746418133061827</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="68"/>
       <c r="B35" s="83" t="s">
         <v>55</v>
       </c>
       <c r="C35" s="70">
-        <v>77.775999999999996</v>
+        <v>92.700999999999993</v>
       </c>
       <c r="D35" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E35" s="71">
-        <v>5588.1260000000002</v>
+        <v>6650.2830000000004</v>
       </c>
       <c r="F35" s="72">
-        <v>6.8629517491701248</v>
+        <v>7.0840202010615041</v>
       </c>
       <c r="G35" s="70">
-        <v>85.787000000000006</v>
+        <v>96.075999999999993</v>
       </c>
       <c r="H35" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I35" s="71">
-        <v>5066.8230000000003</v>
+        <v>5659.4949999999999</v>
       </c>
       <c r="J35" s="72">
-        <v>5.2832625213785667</v>
+        <v>5.408135566956294</v>
       </c>
       <c r="K35" s="85">
-        <v>10.300092573544552</v>
+        <v>3.6407374246232513</v>
       </c>
       <c r="L35" s="74">
-        <v>-9.3287624509540379</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-14.898433645605765</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="68"/>
       <c r="B36" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C36" s="70">
-        <v>16.431000000000001</v>
+        <v>18.844000000000001</v>
       </c>
       <c r="D36" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E36" s="71">
-        <v>1321.385</v>
+        <v>1574.454</v>
       </c>
       <c r="F36" s="72">
-        <v>1.6228341123799221</v>
+        <v>1.6771412497245739</v>
       </c>
       <c r="G36" s="70">
-        <v>5.1639999999999997</v>
+        <v>5.6079999999999997</v>
       </c>
       <c r="H36" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I36" s="71">
-        <v>429.27100000000002</v>
+        <v>476.40199999999999</v>
       </c>
       <c r="J36" s="72">
-        <v>0.44760817297440597</v>
+        <v>0.45524319755898929</v>
       </c>
       <c r="K36" s="85">
-        <v>-68.571602458766961</v>
+        <v>-70.239864147739326</v>
       </c>
       <c r="L36" s="74">
-        <v>-67.513555852382169</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-69.741764446595454</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="68"/>
       <c r="B37" s="69" t="s">
         <v>54</v>
       </c>
       <c r="C37" s="70">
-        <v>0.73199999999999998</v>
+        <v>1.079</v>
       </c>
       <c r="D37" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E37" s="71">
-        <v>177.404</v>
+        <v>213.559</v>
       </c>
       <c r="F37" s="72">
-        <v>0.21787538292976513</v>
+        <v>0.22748750242936935</v>
       </c>
       <c r="G37" s="70">
-        <v>8.7140000000000004</v>
+        <v>12.282</v>
       </c>
       <c r="H37" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I37" s="71">
-        <v>1039.758</v>
+        <v>1271.665</v>
       </c>
       <c r="J37" s="72">
-        <v>1.0841733513690011</v>
+        <v>1.2151855802953224</v>
       </c>
       <c r="K37" s="85">
-        <v>1090.4371584699454</v>
+        <v>1038.2761816496757</v>
       </c>
       <c r="L37" s="74">
-        <v>486.09614213884697</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>495.46308046020073</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="68"/>
       <c r="B38" s="69" t="s">
         <v>53</v>
       </c>
       <c r="C38" s="70">
-        <v>8.5999999999999993E-2</v>
+        <v>8.6999999999999994E-2</v>
       </c>
       <c r="D38" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E38" s="71">
-        <v>45.377000000000002</v>
+        <v>45.491</v>
       </c>
       <c r="F38" s="72">
-        <v>5.5728908317760333E-2</v>
+        <v>4.8457962310248889E-2</v>
       </c>
       <c r="G38" s="70">
         <v>6.0000000000000001E-3</v>
       </c>
       <c r="H38" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I38" s="71">
         <v>12.218</v>
       </c>
       <c r="J38" s="72">
-        <v>1.2739916410382466E-2</v>
+        <v>1.1675352722649636E-2</v>
       </c>
       <c r="K38" s="85">
-        <v>-93.023255813953483</v>
+        <v>-93.103448275862064</v>
       </c>
       <c r="L38" s="74">
-        <v>-73.074465037353733</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-73.141940163988465</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="68"/>
       <c r="B39" s="83" t="s">
         <v>60</v>
       </c>
       <c r="C39" s="70">
         <v>2.7E-2</v>
       </c>
       <c r="D39" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E39" s="71">
-        <v>3.5379999999999998</v>
+        <v>3.58</v>
       </c>
       <c r="F39" s="72">
-        <v>4.345128096353572E-3</v>
+        <v>3.8134906920202017E-3</v>
       </c>
       <c r="G39" s="70">
         <v>1.2999999999999999E-2</v>
       </c>
       <c r="H39" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I39" s="71">
-        <v>1.8049999999999999</v>
+        <v>1.954</v>
       </c>
       <c r="J39" s="72">
-        <v>1.8821042004207196E-3</v>
+        <v>1.8672155197296929E-3</v>
       </c>
       <c r="K39" s="85">
         <v>-51.851851851851848</v>
       </c>
       <c r="L39" s="74">
-        <v>-48.982475975127187</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-45.418994413407823</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="68"/>
       <c r="B40" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C40" s="70">
-        <v>0.59000000000000341</v>
+        <v>0.68000000000002103</v>
       </c>
       <c r="D40" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E40" s="71">
-        <v>138.56599999999889</v>
+        <v>204.46899999999914</v>
       </c>
       <c r="F40" s="72">
-        <v>0.17017722436385649</v>
+        <v>0.21780464477840095</v>
       </c>
       <c r="G40" s="70">
-        <v>1.9799999999999898</v>
+        <v>2.2150000000000034</v>
       </c>
       <c r="H40" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I40" s="71">
-        <v>267.59199999999964</v>
+        <v>429.19800000000032</v>
       </c>
       <c r="J40" s="72">
-        <v>0.27902272975012771</v>
+        <v>0.41013570452248987</v>
       </c>
       <c r="K40" s="85">
-        <v>235.59322033897936</v>
+        <v>225.73529411763747</v>
       </c>
       <c r="L40" s="74">
-        <v>93.115194203485544</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>109.90859250057569</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="76">
         <v>4407</v>
       </c>
       <c r="B41" s="39" t="s">
         <v>67</v>
       </c>
       <c r="C41" s="77">
-        <v>344.774</v>
+        <v>388.791</v>
       </c>
       <c r="D41" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E41" s="79">
-        <v>86030.558999999994</v>
+        <v>97027.562000000005</v>
       </c>
       <c r="F41" s="80">
         <v>100</v>
       </c>
       <c r="G41" s="77">
-        <v>407.98599999999999</v>
+        <v>452.18299999999999</v>
       </c>
       <c r="H41" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I41" s="79">
-        <v>108388.261</v>
+        <v>119983.003</v>
       </c>
       <c r="J41" s="80">
         <v>100</v>
       </c>
       <c r="K41" s="81">
-        <v>18.334329154750645</v>
+        <v>16.304904177308629</v>
       </c>
       <c r="L41" s="82">
-        <v>25.988093370403426</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>23.658680612834516</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="76"/>
       <c r="B42" s="39" t="s">
         <v>63</v>
       </c>
       <c r="C42" s="77">
-        <v>326.33300000000003</v>
+        <v>369.01799999999997</v>
       </c>
       <c r="D42" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E42" s="79">
-        <v>78613.846000000005</v>
+        <v>88625.481</v>
       </c>
       <c r="F42" s="80">
-        <v>91.378978486005195</v>
+        <v>91.340521366495835</v>
       </c>
       <c r="G42" s="77">
-        <v>391.892</v>
+        <v>434.95299999999997</v>
       </c>
       <c r="H42" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I42" s="79">
-        <v>101908.061</v>
+        <v>112694.17</v>
       </c>
       <c r="J42" s="80">
-        <v>94.021308266953369</v>
+        <v>93.925112042744928</v>
       </c>
       <c r="K42" s="81">
-        <v>20.089601725844446</v>
+        <v>17.867692090900718</v>
       </c>
       <c r="L42" s="82">
-        <v>29.631186089025586</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>27.157752746075364</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="68"/>
       <c r="B43" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C43" s="70">
-        <v>91.838999999999999</v>
+        <v>105.884</v>
       </c>
       <c r="D43" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E43" s="71">
-        <v>21939.632000000001</v>
+        <v>25081.993999999999</v>
       </c>
       <c r="F43" s="72">
-        <v>25.502138141401591</v>
+        <v>25.850380534141419</v>
       </c>
       <c r="G43" s="70">
-        <v>90.003</v>
+        <v>98.587000000000003</v>
       </c>
       <c r="H43" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I43" s="71">
-        <v>23136.649000000001</v>
+        <v>25312.080000000002</v>
       </c>
       <c r="J43" s="72">
-        <v>21.346083779312593</v>
+        <v>21.096388127575043</v>
       </c>
       <c r="K43" s="85">
-        <v>-1.9991506876163707</v>
+        <v>-6.8915039099391757</v>
       </c>
       <c r="L43" s="74">
-        <v>5.4559575110466749</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>0.91733536017911088</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="68"/>
       <c r="B44" s="83" t="s">
         <v>65</v>
       </c>
       <c r="C44" s="70">
-        <v>123.66800000000001</v>
+        <v>140.672</v>
       </c>
       <c r="D44" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E44" s="71">
-        <v>30290.573</v>
+        <v>34508.892999999996</v>
       </c>
       <c r="F44" s="72">
-        <v>35.209085413474995</v>
+        <v>35.566072452691323</v>
       </c>
       <c r="G44" s="70">
-        <v>165.04599999999999</v>
+        <v>185.12100000000001</v>
       </c>
       <c r="H44" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I44" s="71">
-        <v>44000.483</v>
+        <v>49193.063999999998</v>
       </c>
       <c r="J44" s="72">
-        <v>40.595247671701273</v>
+        <v>41.000027312201887</v>
       </c>
       <c r="K44" s="85">
-        <v>33.45893844810297</v>
+        <v>31.597617151956332</v>
       </c>
       <c r="L44" s="74">
-        <v>45.26130951699065</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>42.551845983584592</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="68"/>
       <c r="B45" s="83" t="s">
         <v>54</v>
       </c>
       <c r="C45" s="70">
-        <v>61.67</v>
+        <v>67.444000000000003</v>
       </c>
       <c r="D45" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E45" s="71">
-        <v>15011.829</v>
+        <v>16380.397999999999</v>
       </c>
       <c r="F45" s="72">
-        <v>17.44941468995918</v>
+        <v>16.882211262816227</v>
       </c>
       <c r="G45" s="70">
-        <v>71.616</v>
+        <v>82.947000000000003</v>
       </c>
       <c r="H45" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I45" s="71">
-        <v>17831.894</v>
+        <v>20380.205000000002</v>
       </c>
       <c r="J45" s="72">
-        <v>16.451868343934404</v>
+        <v>16.985910079280149</v>
       </c>
       <c r="K45" s="85">
-        <v>16.127776876925566</v>
+        <v>22.986477670363563</v>
       </c>
       <c r="L45" s="74">
-        <v>18.785618994194515</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>24.418252840987154</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="68"/>
       <c r="B46" s="83" t="s">
         <v>73</v>
       </c>
       <c r="C46" s="70">
-        <v>27.573</v>
+        <v>30.882000000000001</v>
       </c>
       <c r="D46" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E46" s="71">
-        <v>5980.34</v>
+        <v>6691.5209999999997</v>
       </c>
       <c r="F46" s="72">
-        <v>6.951413625012016</v>
+        <v>6.896515651913421</v>
       </c>
       <c r="G46" s="70">
-        <v>27.335000000000001</v>
+        <v>28.155999999999999</v>
       </c>
       <c r="H46" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I46" s="71">
-        <v>6745.1719999999996</v>
+        <v>6963.6729999999998</v>
       </c>
       <c r="J46" s="72">
-        <v>6.2231573214372347</v>
+        <v>5.8038829049811334</v>
       </c>
       <c r="K46" s="85">
-        <v>-0.86316323940086159</v>
+        <v>-8.8271485007447783</v>
       </c>
       <c r="L46" s="74">
-        <v>12.789105636134391</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>4.0671171770962102</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="68"/>
       <c r="B47" s="69" t="s">
         <v>55</v>
       </c>
       <c r="C47" s="70">
-        <v>14.634</v>
+        <v>16.673999999999999</v>
       </c>
       <c r="D47" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E47" s="71">
-        <v>3199.6669999999999</v>
+        <v>3646.6329999999998</v>
       </c>
       <c r="F47" s="72">
-        <v>3.7192214454865971</v>
+        <v>3.7583475507711919</v>
       </c>
       <c r="G47" s="70">
-        <v>19.914000000000001</v>
+        <v>21.773</v>
       </c>
       <c r="H47" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I47" s="71">
-        <v>4547.7950000000001</v>
+        <v>4971.2860000000001</v>
       </c>
       <c r="J47" s="72">
-        <v>4.1958372226305949</v>
+        <v>4.1433252008203203</v>
       </c>
       <c r="K47" s="85">
-        <v>36.080360803608045</v>
+        <v>30.580544560393431</v>
       </c>
       <c r="L47" s="74">
-        <v>42.13338450532509</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>36.325371925280123</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="68"/>
       <c r="B48" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C48" s="70">
-        <v>6.9490000000000123</v>
+        <v>7.4619999999999891</v>
       </c>
       <c r="D48" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E48" s="71">
-        <v>2191.8050000000076</v>
+        <v>2316.0420000000158</v>
       </c>
       <c r="F48" s="72">
-        <v>2.5477051706708167</v>
+        <v>2.3869939141622623</v>
       </c>
       <c r="G48" s="70">
-        <v>17.978000000000065</v>
+        <v>18.368999999999915</v>
       </c>
       <c r="H48" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I48" s="71">
-        <v>5646.0679999999993</v>
+        <v>5873.8620000000083</v>
       </c>
       <c r="J48" s="72">
-        <v>5.2091139279372696</v>
+        <v>4.8955784178864139</v>
       </c>
       <c r="K48" s="85">
-        <v>158.71348395452631</v>
+        <v>146.16724738675879</v>
       </c>
       <c r="L48" s="74">
-        <v>157.59901086091054</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>153.61638519508577</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="76"/>
       <c r="B49" s="39" t="s">
         <v>66</v>
       </c>
       <c r="C49" s="77">
-        <v>18.440999999999999</v>
+        <v>19.773</v>
       </c>
       <c r="D49" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E49" s="79">
-        <v>7416.7129999999997</v>
+        <v>8402.0810000000001</v>
       </c>
       <c r="F49" s="80">
-        <v>8.6210215139948119</v>
+        <v>8.6594786335041576</v>
       </c>
       <c r="G49" s="77">
-        <v>16.094000000000001</v>
+        <v>17.23</v>
       </c>
       <c r="H49" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I49" s="79">
-        <v>6480.2</v>
+        <v>7288.8329999999996</v>
       </c>
       <c r="J49" s="80">
-        <v>5.9786917330466256</v>
+        <v>6.0748879572550782</v>
       </c>
       <c r="K49" s="81">
-        <v>-12.727075538202905</v>
+        <v>-12.860972032569663</v>
       </c>
       <c r="L49" s="82">
-        <v>-12.627062689361177</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-13.249669932960661</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="68"/>
       <c r="B50" s="83" t="s">
         <v>55</v>
       </c>
       <c r="C50" s="70">
-        <v>2.484</v>
+        <v>2.6989999999999998</v>
       </c>
       <c r="D50" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E50" s="71">
-        <v>1078.029</v>
+        <v>1191.915</v>
       </c>
       <c r="F50" s="72">
-        <v>1.2530768282000819</v>
+        <v>1.2284292992953898</v>
       </c>
       <c r="G50" s="70">
-        <v>0.96299999999999997</v>
+        <v>1.397</v>
       </c>
       <c r="H50" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I50" s="71">
-        <v>554.65899999999999</v>
+        <v>664.221</v>
       </c>
       <c r="J50" s="72">
-        <v>0.51173346161536803</v>
+        <v>0.55359591224767057</v>
       </c>
       <c r="K50" s="85">
-        <v>-61.231884057971008</v>
+        <v>-48.240088921822895</v>
       </c>
       <c r="L50" s="74">
-        <v>-48.548786720950922</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-44.272787908533743</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="68"/>
       <c r="B51" s="83" t="s">
         <v>73</v>
       </c>
       <c r="C51" s="70">
-        <v>3.8860000000000001</v>
+        <v>4.5590000000000002</v>
       </c>
       <c r="D51" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E51" s="71">
-        <v>2477.2629999999999</v>
+        <v>2887.5650000000001</v>
       </c>
       <c r="F51" s="72">
-        <v>2.8795151732072317</v>
+        <v>2.9760255132454012</v>
       </c>
       <c r="G51" s="70">
-        <v>2.7370000000000001</v>
+        <v>2.9630000000000001</v>
       </c>
       <c r="H51" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I51" s="71">
-        <v>1896.65</v>
+        <v>2056.9250000000002</v>
       </c>
       <c r="J51" s="72">
-        <v>1.7498666207035096</v>
+        <v>1.7143469896315231</v>
       </c>
       <c r="K51" s="85">
-        <v>-29.56767884714359</v>
+        <v>-35.00767712217592</v>
       </c>
       <c r="L51" s="74">
-        <v>-23.437681021352997</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-28.766105698053547</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A52" s="68"/>
       <c r="B52" s="83" t="s">
         <v>77</v>
       </c>
       <c r="C52" s="70">
-        <v>7.0570000000000004</v>
+        <v>7.0640000000000001</v>
       </c>
       <c r="D52" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E52" s="71">
-        <v>511.55099999999999</v>
+        <v>528.30100000000004</v>
       </c>
       <c r="F52" s="72">
-        <v>0.59461545518959147</v>
+        <v>0.54448549371981547</v>
       </c>
       <c r="G52" s="70">
-        <v>7.63</v>
+        <v>7.6420000000000003</v>
       </c>
       <c r="H52" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I52" s="71">
-        <v>631.24800000000005</v>
+        <v>643.78700000000003</v>
       </c>
       <c r="J52" s="72">
-        <v>0.58239517284994546</v>
+        <v>0.5365651666511464</v>
       </c>
       <c r="K52" s="85">
-        <v>8.1195975627036905</v>
+        <v>8.1823329558323934</v>
       </c>
       <c r="L52" s="74">
-        <v>23.39883999835795</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>21.859886693381231</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="68"/>
       <c r="B53" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C53" s="70">
-        <v>1.0569999999999999</v>
+        <v>1.2010000000000001</v>
       </c>
       <c r="D53" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E53" s="71">
-        <v>751.84900000000005</v>
+        <v>870.10199999999998</v>
       </c>
       <c r="F53" s="72">
-        <v>0.87393248252635447</v>
+        <v>0.89675756255732775</v>
       </c>
       <c r="G53" s="70">
-        <v>0.372</v>
+        <v>0.60399999999999998</v>
       </c>
       <c r="H53" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I53" s="71">
-        <v>590.12300000000005</v>
+        <v>716.71299999999997</v>
       </c>
       <c r="J53" s="72">
-        <v>0.54445287206886739</v>
+        <v>0.59734544233736164</v>
       </c>
       <c r="K53" s="85">
-        <v>-64.806054872280043</v>
+        <v>-49.708576186511245</v>
       </c>
       <c r="L53" s="74">
-        <v>-21.510436271112948</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-17.628852709222599</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A54" s="68"/>
       <c r="B54" s="83" t="s">
         <v>60</v>
       </c>
       <c r="C54" s="70">
-        <v>0.13700000000000001</v>
+        <v>0.14599999999999999</v>
       </c>
       <c r="D54" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E54" s="71">
-        <v>133.10300000000001</v>
+        <v>183.85400000000001</v>
       </c>
       <c r="F54" s="72">
-        <v>0.15471595389726575</v>
+        <v>0.18948636470944205</v>
       </c>
       <c r="G54" s="70">
-        <v>3.9E-2</v>
+        <v>4.8000000000000001E-2</v>
       </c>
       <c r="H54" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I54" s="71">
-        <v>142.959</v>
+        <v>181.51300000000001</v>
       </c>
       <c r="J54" s="72">
-        <v>0.13189527969269663</v>
+        <v>0.15128226120494748</v>
       </c>
       <c r="K54" s="85">
-        <v>-71.532846715328475</v>
+        <v>-67.123287671232873</v>
       </c>
       <c r="L54" s="74">
-        <v>7.4047917777961381</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-1.2732929389624421</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55" s="68"/>
       <c r="B55" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C55" s="70">
-        <v>3.8199999999999985</v>
+        <v>4.1039999999999992</v>
       </c>
       <c r="D55" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E55" s="71">
-        <v>2464.9179999999997</v>
+        <v>2740.3440000000001</v>
       </c>
       <c r="F55" s="72">
-        <v>2.8651656209742864</v>
+        <v>2.8242943999767816</v>
       </c>
       <c r="G55" s="70">
-        <v>4.3530000000000015</v>
+        <v>4.5760000000000005</v>
       </c>
       <c r="H55" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I55" s="71">
-        <v>2664.5609999999997</v>
+        <v>3025.674</v>
       </c>
       <c r="J55" s="72">
-        <v>2.4583483261162384</v>
+        <v>2.5217521851824292</v>
       </c>
       <c r="K55" s="85">
-        <v>13.952879581151917</v>
+        <v>11.500974658869429</v>
       </c>
       <c r="L55" s="74">
-        <v>8.0993769366770039</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>10.412196424974379</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="76">
         <v>4412</v>
       </c>
       <c r="B56" s="39" t="s">
         <v>30</v>
       </c>
       <c r="C56" s="77">
-        <v>27.934999999999999</v>
+        <v>31.52</v>
       </c>
       <c r="D56" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E56" s="79">
-        <v>21545.204000000002</v>
+        <v>24420.704000000002</v>
       </c>
       <c r="F56" s="80">
         <v>100</v>
       </c>
       <c r="G56" s="77">
-        <v>32.978999999999999</v>
+        <v>36.712000000000003</v>
       </c>
       <c r="H56" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I56" s="79">
-        <v>23252.46</v>
+        <v>25550.982</v>
       </c>
       <c r="J56" s="80">
         <v>100</v>
       </c>
       <c r="K56" s="81">
-        <v>18.056201897261502</v>
+        <v>16.472081218274123</v>
       </c>
       <c r="L56" s="82">
-        <v>7.9240651422933723</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>4.6283596083061251</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="76"/>
       <c r="B57" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C57" s="70">
-        <v>11.753</v>
+        <v>13.659000000000001</v>
       </c>
       <c r="D57" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E57" s="71">
-        <v>10969.272999999999</v>
+        <v>12631.932000000001</v>
       </c>
       <c r="F57" s="72">
-        <v>50.912829602356041</v>
+        <v>51.726322058528702</v>
       </c>
       <c r="G57" s="70">
-        <v>12.797000000000001</v>
+        <v>14.03</v>
       </c>
       <c r="H57" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I57" s="71">
-        <v>10697.431</v>
+        <v>11678.623</v>
       </c>
       <c r="J57" s="72">
-        <v>46.005588225933948</v>
+        <v>45.707139553383897</v>
       </c>
       <c r="K57" s="85">
-        <v>8.8828384242321139</v>
+        <v>2.7161578446445467</v>
       </c>
       <c r="L57" s="74">
-        <v>-2.4782134604544783</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-7.5468186497520806</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58" s="76"/>
       <c r="B58" s="83" t="s">
         <v>60</v>
       </c>
       <c r="C58" s="70">
-        <v>1.042</v>
+        <v>1.1579999999999999</v>
       </c>
       <c r="D58" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E58" s="71">
-        <v>1354.29</v>
+        <v>1536.942</v>
       </c>
       <c r="F58" s="72">
-        <v>6.2858072729318319</v>
+        <v>6.293602346599017</v>
       </c>
       <c r="G58" s="70">
-        <v>1.163</v>
+        <v>1.23</v>
       </c>
       <c r="H58" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I58" s="71">
-        <v>1598.4380000000001</v>
+        <v>1706.6030000000001</v>
       </c>
       <c r="J58" s="72">
-        <v>6.8742748079127978</v>
+        <v>6.6792070848783824</v>
       </c>
       <c r="K58" s="85">
-        <v>11.612284069097887</v>
+        <v>6.2176165803108869</v>
       </c>
       <c r="L58" s="74">
-        <v>18.027748857334849</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>11.038868090012508</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="76"/>
       <c r="B59" s="83" t="s">
         <v>78</v>
       </c>
       <c r="C59" s="70">
-        <v>3.597</v>
+        <v>4.0430000000000001</v>
       </c>
       <c r="D59" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E59" s="71">
-        <v>1308.7539999999999</v>
+        <v>1467.319</v>
       </c>
       <c r="F59" s="72">
-        <v>6.0744562919896223</v>
+        <v>6.008504095541225</v>
       </c>
       <c r="G59" s="70">
-        <v>4.4009999999999998</v>
+        <v>4.7279999999999998</v>
       </c>
       <c r="H59" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I59" s="71">
-        <v>1459.1559999999999</v>
+        <v>1566.6120000000001</v>
       </c>
       <c r="J59" s="72">
-        <v>6.275275820278801</v>
+        <v>6.1313181622530211</v>
       </c>
       <c r="K59" s="85">
-        <v>22.351959966638862</v>
+        <v>16.942864209745228</v>
       </c>
       <c r="L59" s="74">
-        <v>11.491999260365207</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>6.7669675101324334</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A60" s="76"/>
       <c r="B60" s="83" t="s">
         <v>73</v>
       </c>
       <c r="C60" s="70">
-        <v>1.131</v>
+        <v>1.252</v>
       </c>
       <c r="D60" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E60" s="71">
-        <v>1014.211</v>
+        <v>1127.3900000000001</v>
       </c>
       <c r="F60" s="72">
-        <v>4.7073631792950303</v>
+        <v>4.6165335774103813</v>
       </c>
       <c r="G60" s="70">
-        <v>1.448</v>
+        <v>1.5429999999999999</v>
       </c>
       <c r="H60" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I60" s="71">
-        <v>1067.9190000000001</v>
+        <v>1126.086</v>
       </c>
       <c r="J60" s="72">
-        <v>4.5927140612219102</v>
+        <v>4.4072122159531872</v>
       </c>
       <c r="K60" s="85">
-        <v>28.028293545534922</v>
+        <v>23.242811501597437</v>
       </c>
       <c r="L60" s="74">
-        <v>5.2955450098648198</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-0.1156653864235169</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="76"/>
       <c r="B61" s="83" t="s">
         <v>55</v>
       </c>
       <c r="C61" s="70">
-        <v>1.292</v>
+        <v>1.4330000000000001</v>
       </c>
       <c r="D61" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E61" s="71">
-        <v>787.73400000000004</v>
+        <v>880.678</v>
       </c>
       <c r="F61" s="72">
-        <v>3.656191883817856</v>
+        <v>3.6062760516650134</v>
       </c>
       <c r="G61" s="70">
-        <v>1.0549999999999999</v>
+        <v>1.121</v>
       </c>
       <c r="H61" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I61" s="71">
-        <v>817.322</v>
+        <v>885.03800000000001</v>
       </c>
       <c r="J61" s="72">
-        <v>3.5149915320787564</v>
+        <v>3.4638120757941908</v>
       </c>
       <c r="K61" s="85">
-        <v>-18.343653250774</v>
+        <v>-21.772505233775298</v>
       </c>
       <c r="L61" s="74">
-        <v>3.7560902538166392</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>0.49507311412343824</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="68"/>
       <c r="B62" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C62" s="70">
-        <v>9.1199999999999974</v>
+        <v>9.9750000000000014</v>
       </c>
       <c r="D62" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E62" s="71">
-        <v>6110.9420000000027</v>
+        <v>6776.4430000000029</v>
       </c>
       <c r="F62" s="72">
-        <v>28.363351769609618</v>
+        <v>27.748761870255674</v>
       </c>
       <c r="G62" s="70">
-        <v>12.114999999999998</v>
+        <v>14.060000000000006</v>
       </c>
       <c r="H62" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I62" s="71">
-        <v>7612.1939999999977</v>
+        <v>8588.02</v>
       </c>
       <c r="J62" s="72">
-        <v>32.737155552573782</v>
+        <v>33.61131090773732</v>
       </c>
       <c r="K62" s="85">
-        <v>32.839912280701775</v>
+        <v>40.952380952380992</v>
       </c>
       <c r="L62" s="74">
-        <v>24.566621643602478</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>26.733449982535035</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="61" t="s">
         <v>69</v>
       </c>
       <c r="B63" s="103" t="s">
         <v>43</v>
       </c>
       <c r="C63" s="62" t="s">
         <v>74</v>
       </c>
       <c r="D63" s="63"/>
       <c r="E63" s="63">
-        <v>65316.220999999998</v>
+        <v>74023.228000000003</v>
       </c>
       <c r="F63" s="64">
         <v>100</v>
       </c>
       <c r="G63" s="62" t="s">
         <v>74</v>
       </c>
       <c r="H63" s="63"/>
       <c r="I63" s="63">
-        <v>60950.743000000002</v>
+        <v>69814.642000000007</v>
       </c>
       <c r="J63" s="64">
         <v>100</v>
       </c>
       <c r="K63" s="65" t="s">
         <v>74</v>
       </c>
       <c r="L63" s="66">
-        <v>-6.6836046745570226</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-5.6854937479894767</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A64" s="68"/>
       <c r="B64" s="69" t="s">
         <v>60</v>
       </c>
       <c r="C64" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D64" s="71"/>
       <c r="E64" s="71">
-        <v>20079.862000000001</v>
+        <v>22907.584999999999</v>
       </c>
       <c r="F64" s="72">
-        <v>30.742534844445458</v>
+        <v>30.946482096133391</v>
       </c>
       <c r="G64" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H64" s="71"/>
       <c r="I64" s="71">
-        <v>20146.401999999998</v>
+        <v>23482.617999999999</v>
       </c>
       <c r="J64" s="72">
-        <v>33.053579018716796</v>
+        <v>33.635663418570559</v>
       </c>
       <c r="K64" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L64" s="74">
-        <v>0.33137677938223492</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>2.5102296902969017</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A65" s="68"/>
       <c r="B65" s="69" t="s">
         <v>72</v>
       </c>
       <c r="C65" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D65" s="71"/>
       <c r="E65" s="71">
-        <v>6452.1509999999998</v>
+        <v>7049.36</v>
       </c>
       <c r="F65" s="72">
-        <v>9.878328692653545</v>
+        <v>9.5231729153989342</v>
       </c>
       <c r="G65" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H65" s="71"/>
       <c r="I65" s="71">
-        <v>3770.5590000000002</v>
+        <v>4084.491</v>
       </c>
       <c r="J65" s="72">
-        <v>6.1862396000652531</v>
+        <v>5.8504790442096652</v>
       </c>
       <c r="K65" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L65" s="74">
-        <v>-41.561209587314366</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-42.058697527151402</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="68"/>
       <c r="B66" s="69" t="s">
         <v>55</v>
       </c>
       <c r="C66" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D66" s="71"/>
       <c r="E66" s="71">
-        <v>11384.373</v>
+        <v>12725.85</v>
       </c>
       <c r="F66" s="72">
-        <v>17.429625942382675</v>
+        <v>17.19169825990296</v>
       </c>
       <c r="G66" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H66" s="71"/>
       <c r="I66" s="71">
-        <v>9683.9680000000008</v>
+        <v>10613.627</v>
       </c>
       <c r="J66" s="72">
-        <v>15.888186957786553</v>
+        <v>15.202580283946737</v>
       </c>
       <c r="K66" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L66" s="74">
-        <v>-14.936307866933021</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-16.597893264497067</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A67" s="94"/>
       <c r="B67" s="69" t="s">
         <v>64</v>
       </c>
       <c r="C67" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D67" s="71"/>
       <c r="E67" s="71">
-        <v>6145.134</v>
+        <v>7136.0919999999996</v>
       </c>
       <c r="F67" s="72">
-        <v>9.4082815966955593</v>
+        <v>9.6403415425223002</v>
       </c>
       <c r="G67" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H67" s="71"/>
       <c r="I67" s="71">
-        <v>5285.02</v>
+        <v>6259.0839999999998</v>
       </c>
       <c r="J67" s="72">
-        <v>8.6709689494679338</v>
+        <v>8.9652883989579149</v>
       </c>
       <c r="K67" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L67" s="74">
-        <v>-13.996667932709029</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>-12.289751869790914</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A68" s="94"/>
       <c r="B68" s="69" t="s">
         <v>52</v>
       </c>
       <c r="C68" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D68" s="71"/>
       <c r="E68" s="71">
-        <v>2150.4830000000002</v>
+        <v>2557.09</v>
       </c>
       <c r="F68" s="72">
-        <v>3.2924179737832664</v>
+        <v>3.4544427054707745</v>
       </c>
       <c r="G68" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H68" s="71"/>
       <c r="I68" s="71">
-        <v>2995.5219999999999</v>
+        <v>3512.5740000000001</v>
       </c>
       <c r="J68" s="72">
-        <v>4.9146603512282043</v>
+        <v>5.0312855575482285</v>
       </c>
       <c r="K68" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L68" s="74">
-        <v>39.295311797396195</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>37.366068460632981</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A69" s="95"/>
       <c r="B69" s="96" t="s">
         <v>61</v>
       </c>
       <c r="C69" s="97" t="s">
         <v>74</v>
       </c>
       <c r="D69" s="98"/>
       <c r="E69" s="98">
-        <v>19104.218000000001</v>
+        <v>21647.251000000004</v>
       </c>
       <c r="F69" s="99">
-        <v>29.248810950039502</v>
+        <v>29.243862480571647</v>
       </c>
       <c r="G69" s="97" t="s">
         <v>74</v>
       </c>
       <c r="H69" s="98"/>
       <c r="I69" s="98">
-        <v>19069.271999999997</v>
+        <v>21862.248000000007</v>
       </c>
       <c r="J69" s="99">
-        <v>31.286365122735251</v>
+        <v>31.314703296766893</v>
       </c>
       <c r="K69" s="100" t="s">
         <v>74</v>
       </c>
       <c r="L69" s="101">
-        <v>-0.18292295450148</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>0.99318384583799102</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="L71" s="3" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:F4"/>
     <mergeCell ref="G4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="G5:H5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>