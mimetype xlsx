--- v2 (2025-12-24)
+++ v3 (2026-01-14)
@@ -8,53 +8,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://zmgovlv-my.sharepoint.com/personal/dace_ikere_zm_gov_lv/Documents/Darbvirsma/LAPAI/vestule/veti/Agita/BICEKS/MONTA/Publiceeet/ZM_timeklvietne/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="94" documentId="13_ncr:1_{D5E88BA7-78A9-48F3-9B25-EEF8946FC29A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{631107E1-3E50-49FA-A8C1-A5D7C4474D26}"/>
+  <xr:revisionPtr revIDLastSave="106" documentId="13_ncr:1_{D5E88BA7-78A9-48F3-9B25-EEF8946FC29A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1A31E5F1-7A31-4751-BFAE-52548D41C0C5}"/>
   <bookViews>
-    <workbookView xWindow="3456" yWindow="3456" windowWidth="23040" windowHeight="12132" xr2:uid="{6115FE8E-029A-4BD3-922D-BE3C791E55FE}"/>
+    <workbookView xWindow="1520" yWindow="1520" windowWidth="19200" windowHeight="9970" xr2:uid="{6115FE8E-029A-4BD3-922D-BE3C791E55FE}"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId1"/>
     <sheet name="Export_countries" sheetId="2" r:id="rId2"/>
     <sheet name="Import" sheetId="3" r:id="rId3"/>
     <sheet name="Import_countries" sheetId="4" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -413,57 +413,57 @@
   <si>
     <t>(t)</t>
   </si>
   <si>
     <t>(m3)</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t xml:space="preserve">    Fuel wood, in logs, billets, twigs, faggots or similar forms</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>2025/2024</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
-    <t>2024 January- October</t>
+    <t>2024 January- November</t>
   </si>
   <si>
-    <t>2025 January-  October</t>
+    <t>2025 January-  November</t>
   </si>
   <si>
-    <t>2025 January- October</t>
+    <t>2025 January- November</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color indexed="10"/>
       <name val="Times New Roman Baltic"/>
       <family val="1"/>
@@ -1438,7889 +1438,7889 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CF04C837-F983-4C27-A519-9E98E78F6737}">
   <dimension ref="A1:M48"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
       <selection activeCell="G4" sqref="G4:J4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="24.109375" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="11.109375" customWidth="1"/>
+    <col min="1" max="1" width="24.08984375" customWidth="1"/>
+    <col min="2" max="2" width="55.36328125" customWidth="1"/>
+    <col min="3" max="3" width="11.36328125" customWidth="1"/>
+    <col min="4" max="4" width="5.453125" customWidth="1"/>
+    <col min="5" max="5" width="16.08984375" customWidth="1"/>
+    <col min="6" max="6" width="10.08984375" customWidth="1"/>
+    <col min="7" max="7" width="11.08984375" customWidth="1"/>
     <col min="8" max="8" width="6" customWidth="1"/>
-    <col min="9" max="9" width="16.44140625" customWidth="1"/>
-    <col min="10" max="10" width="11.44140625" customWidth="1"/>
+    <col min="9" max="9" width="16.453125" customWidth="1"/>
+    <col min="10" max="10" width="11.453125" customWidth="1"/>
     <col min="11" max="11" width="11" customWidth="1"/>
-    <col min="12" max="12" width="11.6640625" customWidth="1"/>
+    <col min="12" max="12" width="11.6328125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:13" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
     </row>
-    <row r="2" spans="1:13" ht="24" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="2" spans="1:13" ht="24" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A2" s="104" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="105"/>
       <c r="C2" s="105"/>
       <c r="D2" s="105"/>
       <c r="E2" s="105"/>
       <c r="F2" s="105"/>
       <c r="G2" s="105"/>
       <c r="H2" s="105"/>
       <c r="I2" s="105"/>
       <c r="J2" s="105"/>
       <c r="K2" s="105"/>
       <c r="L2" s="106"/>
       <c r="M2" s="3"/>
     </row>
-    <row r="3" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
       <c r="H3" s="5"/>
       <c r="I3" s="5"/>
       <c r="J3" s="5"/>
       <c r="K3" s="5"/>
       <c r="L3" s="6"/>
       <c r="M3" s="3"/>
     </row>
-    <row r="4" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="107" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="109" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="111" t="s">
         <v>83</v>
       </c>
       <c r="D4" s="112"/>
       <c r="E4" s="112"/>
       <c r="F4" s="113"/>
       <c r="G4" s="111" t="s">
         <v>84</v>
       </c>
       <c r="H4" s="112"/>
       <c r="I4" s="112"/>
       <c r="J4" s="113"/>
       <c r="K4" s="114" t="s">
         <v>81</v>
       </c>
       <c r="L4" s="115"/>
       <c r="M4" s="7"/>
     </row>
-    <row r="5" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="108"/>
       <c r="B5" s="110"/>
       <c r="C5" s="114" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="115"/>
       <c r="E5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G5" s="114" t="s">
         <v>3</v>
       </c>
       <c r="H5" s="115"/>
       <c r="I5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="J5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K5" s="10" t="s">
         <v>6</v>
       </c>
       <c r="L5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="M5" s="7"/>
     </row>
-    <row r="6" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="11">
         <v>3605</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="13" t="s">
         <v>74</v>
       </c>
       <c r="D6" s="14"/>
       <c r="E6" s="14">
-        <v>45.633000000000003</v>
+        <v>54.1</v>
       </c>
       <c r="F6" s="14">
-        <v>1.5916977591805975E-3</v>
+        <v>1.7085821929749151E-3</v>
       </c>
       <c r="G6" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H6" s="16"/>
       <c r="I6" s="16">
-        <v>10.803000000000001</v>
+        <v>11.962</v>
       </c>
       <c r="J6" s="17">
-        <v>3.7620555676606327E-4</v>
+        <v>3.8181135506063461E-4</v>
       </c>
       <c r="K6" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L6" s="17">
-        <v>-76.326342778252581</v>
+        <v>-77.889094269870611</v>
       </c>
       <c r="M6" s="18"/>
     </row>
-    <row r="7" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="11">
         <v>44</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D7" s="16"/>
       <c r="E7" s="16">
-        <v>2517007.0070000002</v>
+        <v>2783466.642</v>
       </c>
       <c r="F7" s="16">
-        <v>87.794236909336718</v>
+        <v>87.907237324600416</v>
       </c>
       <c r="G7" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H7" s="16"/>
       <c r="I7" s="16">
-        <v>2537197.236</v>
+        <v>2772167.2379999999</v>
       </c>
       <c r="J7" s="17">
-        <v>88.355799203433918</v>
+        <v>88.48394328669761</v>
       </c>
       <c r="K7" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L7" s="17">
-        <v>0.80215227624909879</v>
+        <v>-0.40594716780514939</v>
       </c>
       <c r="M7" s="18"/>
     </row>
-    <row r="8" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="19">
         <v>4401</v>
       </c>
       <c r="B8" s="20" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="21">
-        <v>3988.687938</v>
+        <v>4524.6246579999997</v>
       </c>
       <c r="D8" s="22" t="s">
         <v>75</v>
       </c>
       <c r="E8" s="23">
-        <v>524904.22499999998</v>
+        <v>600976.23</v>
       </c>
       <c r="F8" s="23">
-        <v>18.308874689740495</v>
+        <v>18.979986783349297</v>
       </c>
       <c r="G8" s="21">
-        <v>3761.9259179999999</v>
+        <v>4213.7600860000002</v>
       </c>
       <c r="H8" s="22" t="s">
         <v>75</v>
       </c>
       <c r="I8" s="23">
-        <v>491369.81699999998</v>
+        <v>551896.00100000005</v>
       </c>
       <c r="J8" s="23">
-        <v>17.111548234983207</v>
+        <v>17.615796689044927</v>
       </c>
       <c r="K8" s="21">
-        <v>-5.6851281304724655</v>
+        <v>-6.8705051909744412</v>
       </c>
       <c r="L8" s="24">
-        <v>-6.3886717619771494</v>
+        <v>-8.1667504553382972</v>
       </c>
       <c r="M8" s="25"/>
     </row>
-    <row r="9" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="26">
         <v>44011</v>
       </c>
       <c r="B9" s="27" t="s">
         <v>79</v>
       </c>
       <c r="C9" s="28">
-        <v>428.26031799999998</v>
+        <v>480.16222699999997</v>
       </c>
       <c r="D9" s="29" t="s">
         <v>75</v>
       </c>
       <c r="E9" s="30">
-        <v>85325.16</v>
+        <v>98211.703999999998</v>
       </c>
       <c r="F9" s="30">
-        <v>2.9761765821604089</v>
+        <v>3.1017147614810212</v>
       </c>
       <c r="G9" s="28">
-        <v>269.30847899999998</v>
+        <v>301.30432200000001</v>
       </c>
       <c r="H9" s="29" t="s">
         <v>75</v>
       </c>
       <c r="I9" s="31">
-        <v>68661.163</v>
+        <v>78978.39</v>
       </c>
       <c r="J9" s="31">
-        <v>2.3910683194131646</v>
+        <v>2.5208866499253704</v>
       </c>
       <c r="K9" s="28">
-        <v>-37.115705639577847</v>
+        <v>-37.249474228217451</v>
       </c>
       <c r="L9" s="32">
-        <v>-19.52999209143001</v>
+        <v>-19.583525401412441</v>
       </c>
       <c r="M9" s="25"/>
     </row>
-    <row r="10" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="26">
         <v>44012</v>
       </c>
       <c r="B10" s="27" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="28">
-        <v>2047.8755839999999</v>
+        <v>2278.5307910000001</v>
       </c>
       <c r="D10" s="29" t="s">
         <v>75</v>
       </c>
       <c r="E10" s="30">
-        <v>147704.16200000001</v>
+        <v>164598.57800000001</v>
       </c>
       <c r="F10" s="30">
-        <v>5.1519817605033191</v>
+        <v>5.1983400990719524</v>
       </c>
       <c r="G10" s="28">
-        <v>1925.6143500000001</v>
+        <v>2144.4112180000002</v>
       </c>
       <c r="H10" s="29" t="s">
         <v>75</v>
       </c>
       <c r="I10" s="31">
-        <v>129329.893</v>
+        <v>143315.04699999999</v>
       </c>
       <c r="J10" s="31">
-        <v>4.5038067576192153</v>
+        <v>4.5744283811777748</v>
       </c>
       <c r="K10" s="28">
-        <v>-5.9701495029885487</v>
+        <v>-5.8862304397974645</v>
       </c>
       <c r="L10" s="32">
-        <v>-12.439912830621532</v>
+        <v>-12.930567966389125</v>
       </c>
       <c r="M10" s="25"/>
     </row>
-    <row r="11" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="26">
         <v>440131</v>
       </c>
       <c r="B11" s="27" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="28">
-        <v>1337.121719</v>
+        <v>1551.955248</v>
       </c>
       <c r="D11" s="29" t="s">
         <v>75</v>
       </c>
       <c r="E11" s="30">
-        <v>266902.027</v>
+        <v>307770.39199999999</v>
       </c>
       <c r="F11" s="30">
-        <v>9.3096521880362726</v>
+        <v>9.719981724512186</v>
       </c>
       <c r="G11" s="28">
-        <v>1411.9562969999999</v>
+        <v>1582.7585529999999</v>
       </c>
       <c r="H11" s="29" t="s">
         <v>75</v>
       </c>
       <c r="I11" s="31">
-        <v>269990.42</v>
+        <v>302637.11300000001</v>
       </c>
       <c r="J11" s="31">
-        <v>9.4021934904751685</v>
+        <v>9.6597798199438589</v>
       </c>
       <c r="K11" s="28">
-        <v>5.5966915305187683</v>
+        <v>1.984806265496124</v>
       </c>
       <c r="L11" s="32">
-        <v>1.1571260940629655</v>
+        <v>-1.6678924072722305</v>
       </c>
       <c r="M11" s="25"/>
     </row>
-    <row r="12" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="26" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="27" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="28">
-        <v>175.430317</v>
+        <v>213.976392</v>
       </c>
       <c r="D12" s="29" t="s">
         <v>75</v>
       </c>
       <c r="E12" s="30">
-        <v>24972.876</v>
+        <v>30395.556</v>
       </c>
       <c r="F12" s="30">
-        <v>0.87106415904049517</v>
+        <v>0.95995019828413763</v>
       </c>
       <c r="G12" s="28">
-        <v>155.04679200000001</v>
+        <v>185.28599299999999</v>
       </c>
       <c r="H12" s="29" t="s">
         <v>75</v>
       </c>
       <c r="I12" s="31">
-        <v>23388.341</v>
+        <v>26965.451000000001</v>
       </c>
       <c r="J12" s="31">
-        <v>0.81447966747565903</v>
+        <v>0.86070183799792244</v>
       </c>
       <c r="K12" s="28">
-        <v>-11.619157594066246</v>
+        <v>-13.408207668068359</v>
       </c>
       <c r="L12" s="32">
-        <v>-6.3450240973446554</v>
+        <v>-11.284889804285863</v>
       </c>
       <c r="M12" s="25"/>
     </row>
     <row r="13" spans="1:13" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="19">
         <v>4402</v>
       </c>
       <c r="B13" s="20" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="33">
-        <v>6.1323059999999998</v>
+        <v>6.4497450000000001</v>
       </c>
       <c r="D13" s="22" t="s">
         <v>75</v>
       </c>
       <c r="E13" s="34">
-        <v>5859.1610000000001</v>
+        <v>6096.5709999999999</v>
       </c>
       <c r="F13" s="34">
-        <v>0.20436993917512214</v>
+        <v>0.19254145376723233</v>
       </c>
       <c r="G13" s="33">
-        <v>5.5327070000000003</v>
+        <v>6.0720280000000004</v>
       </c>
       <c r="H13" s="22" t="s">
         <v>75</v>
       </c>
       <c r="I13" s="23">
-        <v>4928.0600000000004</v>
+        <v>5379.5559999999996</v>
       </c>
       <c r="J13" s="23">
-        <v>0.17161562122341623</v>
+        <v>0.17170837368204039</v>
       </c>
       <c r="K13" s="33">
-        <v>-9.7777084183339777</v>
+        <v>-5.8563090478770805</v>
       </c>
       <c r="L13" s="24">
-        <v>-15.891370795238425</v>
+        <v>-11.760955461684942</v>
       </c>
       <c r="M13" s="18"/>
     </row>
-    <row r="14" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="19">
         <v>4403</v>
       </c>
       <c r="B14" s="20" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="21">
-        <v>4028.7350000000001</v>
+        <v>4400.0309999999999</v>
       </c>
       <c r="D14" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E14" s="23">
-        <v>334457.25799999997</v>
+        <v>366461.065</v>
       </c>
       <c r="F14" s="23">
-        <v>11.666006357247756</v>
+        <v>11.573546212155691</v>
       </c>
       <c r="G14" s="21">
-        <v>3197.8679999999999</v>
+        <v>3449.6489999999999</v>
       </c>
       <c r="H14" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I14" s="23">
-        <v>269950.06199999998</v>
+        <v>290995.21399999998</v>
       </c>
       <c r="J14" s="24">
-        <v>9.4007880564420319</v>
+        <v>9.2881856690770235</v>
       </c>
       <c r="K14" s="23">
-        <v>-20.623520782578158</v>
+        <v>-21.599438731227121</v>
       </c>
       <c r="L14" s="24">
-        <v>-19.287126966758784</v>
+        <v>-20.593142957765519</v>
       </c>
       <c r="M14" s="25"/>
     </row>
-    <row r="15" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="26"/>
       <c r="B15" s="27" t="s">
         <v>16</v>
       </c>
       <c r="C15" s="37">
-        <v>678.90499999999997</v>
+        <v>723.57500000000005</v>
       </c>
       <c r="D15" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E15" s="31">
-        <v>83727.131999999998</v>
+        <v>89936.341</v>
       </c>
       <c r="F15" s="31">
-        <v>2.9204367099909732</v>
+        <v>2.8403628601463913</v>
       </c>
       <c r="G15" s="37">
-        <v>856.66200000000003</v>
+        <v>875.44799999999998</v>
       </c>
       <c r="H15" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I15" s="31">
-        <v>102751.033</v>
+        <v>92962.508000000002</v>
       </c>
       <c r="J15" s="32">
-        <v>3.5782198998475545</v>
+        <v>2.9672413600831877</v>
       </c>
       <c r="K15" s="31">
-        <v>26.182897459880262</v>
+        <v>20.98925474207925</v>
       </c>
       <c r="L15" s="32">
-        <v>22.721309742223106</v>
+        <v>3.3647877669383965</v>
       </c>
       <c r="M15" s="25"/>
     </row>
-    <row r="16" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="26"/>
       <c r="B16" s="27" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="37">
-        <v>445.77800000000002</v>
+        <v>493.315</v>
       </c>
       <c r="D16" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E16" s="31">
-        <v>51241.906000000003</v>
+        <v>56662.417999999998</v>
       </c>
       <c r="F16" s="31">
-        <v>1.7873387012982449</v>
+        <v>1.7895082884602826</v>
       </c>
       <c r="G16" s="37">
-        <v>584.90599999999995</v>
+        <v>562.99699999999996</v>
       </c>
       <c r="H16" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I16" s="31">
-        <v>66949.467000000004</v>
+        <v>59497.000999999997</v>
       </c>
       <c r="J16" s="32">
-        <v>2.3314599192748475</v>
+        <v>1.8990662576370116</v>
       </c>
       <c r="K16" s="31">
-        <v>31.210153933123646</v>
+        <v>14.125254654733782</v>
       </c>
       <c r="L16" s="32">
-        <v>30.653740709801074</v>
+        <v>5.0025803699376166</v>
       </c>
       <c r="M16" s="25"/>
     </row>
-    <row r="17" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="26"/>
       <c r="B17" s="27" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="37">
-        <v>233.12700000000001</v>
+        <v>230.26</v>
       </c>
       <c r="D17" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E17" s="31">
-        <v>32485.225999999999</v>
+        <v>33273.923000000003</v>
       </c>
       <c r="F17" s="31">
-        <v>1.1330980086927285</v>
+        <v>1.0508545716861086</v>
       </c>
       <c r="G17" s="37">
-        <v>271.75599999999997</v>
+        <v>312.45100000000002</v>
       </c>
       <c r="H17" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I17" s="31">
-        <v>35801.565999999999</v>
+        <v>33465.506999999998</v>
       </c>
       <c r="J17" s="32">
-        <v>1.2467599805727074</v>
+        <v>1.0681751024461759</v>
       </c>
       <c r="K17" s="31">
-        <v>16.569938273987979</v>
+        <v>35.694866672457238</v>
       </c>
       <c r="L17" s="32">
-        <v>10.208763823899519</v>
+        <v>0.57577821527084516</v>
       </c>
       <c r="M17" s="25"/>
     </row>
-    <row r="18" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="26"/>
       <c r="B18" s="27" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="37">
-        <v>3349.83</v>
+        <v>3676.4560000000001</v>
       </c>
       <c r="D18" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E18" s="31">
-        <v>250730.12599999999</v>
+        <v>276524.72399999999</v>
       </c>
       <c r="F18" s="31">
-        <v>8.7455696472567848</v>
+        <v>8.7331833520092985</v>
       </c>
       <c r="G18" s="37">
-        <v>2341.2060000000001</v>
+        <v>2574.201</v>
       </c>
       <c r="H18" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I18" s="31">
-        <v>167199.02900000001</v>
+        <v>198032.70600000001</v>
       </c>
       <c r="J18" s="32">
-        <v>5.8225681565944782</v>
+        <v>6.3209443089938366</v>
       </c>
       <c r="K18" s="31">
-        <v>-30.109707059761238</v>
+        <v>-29.981454966413306</v>
       </c>
       <c r="L18" s="32">
-        <v>-33.315141795126756</v>
+        <v>-28.385171808362418</v>
       </c>
       <c r="M18" s="25"/>
     </row>
-    <row r="19" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="26"/>
       <c r="B19" s="27" t="s">
         <v>17</v>
       </c>
       <c r="C19" s="37">
-        <v>1155.0050000000001</v>
+        <v>1273.165</v>
       </c>
       <c r="D19" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E19" s="31">
-        <v>90912.659</v>
+        <v>100423.70299999999</v>
       </c>
       <c r="F19" s="31">
-        <v>3.1710708393366596</v>
+        <v>3.171573950062875</v>
       </c>
       <c r="G19" s="37">
-        <v>818.62599999999998</v>
+        <v>947.38300000000004</v>
       </c>
       <c r="H19" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I19" s="31">
-        <v>59585.932000000001</v>
+        <v>77095.213000000003</v>
       </c>
       <c r="J19" s="32">
-        <v>2.0750308917416254</v>
+        <v>2.4607781093645089</v>
       </c>
       <c r="K19" s="31">
-        <v>-29.123596867546038</v>
+        <v>-25.588356575934775</v>
       </c>
       <c r="L19" s="32">
-        <v>-34.458047256103249</v>
+        <v>-23.230063523947123</v>
       </c>
       <c r="M19" s="25"/>
     </row>
-    <row r="20" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="26"/>
       <c r="B20" s="27" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="37">
-        <v>2194.8249999999998</v>
+        <v>2403.2910000000002</v>
       </c>
       <c r="D20" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E20" s="31">
-        <v>159817.467</v>
+        <v>176101.02100000001</v>
       </c>
       <c r="F20" s="31">
-        <v>5.5744988079201256</v>
+        <v>5.5616094019464235</v>
       </c>
       <c r="G20" s="37">
-        <v>1522.58</v>
+        <v>1626.818</v>
       </c>
       <c r="H20" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I20" s="31">
-        <v>107613.09699999999</v>
+        <v>120937.493</v>
       </c>
       <c r="J20" s="32">
-        <v>3.747537264852852</v>
+        <v>3.8601661996293277</v>
       </c>
       <c r="K20" s="31">
-        <v>-30.628637818504888</v>
+        <v>-32.3087383092601</v>
       </c>
       <c r="L20" s="32">
-        <v>-32.664996498786962</v>
+        <v>-31.324933658391451</v>
       </c>
       <c r="M20" s="25"/>
     </row>
     <row r="21" spans="1:13" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="19">
         <v>4404</v>
       </c>
       <c r="B21" s="20" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="21">
-        <v>56.331947</v>
+        <v>60.008845000000001</v>
       </c>
       <c r="D21" s="22" t="s">
         <v>75</v>
       </c>
       <c r="E21" s="23">
-        <v>25785.932000000001</v>
+        <v>27511.768</v>
       </c>
       <c r="F21" s="23">
-        <v>0.89942388584540267</v>
+        <v>0.86887461926168374</v>
       </c>
       <c r="G21" s="21">
-        <v>65.434783999999993</v>
+        <v>69.547152999999994</v>
       </c>
       <c r="H21" s="22" t="s">
         <v>75</v>
       </c>
       <c r="I21" s="23">
-        <v>29775.423999999999</v>
+        <v>31493.425999999999</v>
       </c>
       <c r="J21" s="24">
-        <v>1.0369045602023141</v>
+        <v>1.0052288627789518</v>
       </c>
       <c r="K21" s="23">
-        <v>16.159279919793992</v>
+        <v>15.894836836136395</v>
       </c>
       <c r="L21" s="24">
-        <v>15.471583497544314</v>
+        <v>14.472563159154292</v>
       </c>
       <c r="M21" s="18"/>
     </row>
     <row r="22" spans="1:13" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="19">
         <v>4406</v>
       </c>
       <c r="B22" s="20" t="s">
         <v>21</v>
       </c>
       <c r="C22" s="21">
-        <v>3.407</v>
+        <v>3.7839999999999998</v>
       </c>
       <c r="D22" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E22" s="23">
-        <v>1269.759</v>
+        <v>1405.78</v>
       </c>
       <c r="F22" s="23">
-        <v>4.4289714789722261E-2</v>
+        <v>4.4397239838082733E-2</v>
       </c>
       <c r="G22" s="21">
-        <v>3.6720000000000002</v>
+        <v>4.0019999999999998</v>
       </c>
       <c r="H22" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I22" s="23">
-        <v>1615.5050000000001</v>
+        <v>1689.338</v>
       </c>
       <c r="J22" s="24">
-        <v>5.6258627972170593E-2</v>
+        <v>5.392145384847203E-2</v>
       </c>
       <c r="K22" s="23">
-        <v>7.7781039037276232</v>
+        <v>5.7610993657505283</v>
       </c>
       <c r="L22" s="24">
-        <v>27.229261615786939</v>
+        <v>20.17086599610181</v>
       </c>
       <c r="M22" s="18"/>
     </row>
-    <row r="23" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="19">
         <v>4407</v>
       </c>
       <c r="B23" s="20" t="s">
         <v>22</v>
       </c>
       <c r="C23" s="21">
-        <v>2820.1190000000001</v>
+        <v>3068.3629999999998</v>
       </c>
       <c r="D23" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E23" s="23">
-        <v>679899.36100000003</v>
+        <v>745746.929</v>
       </c>
       <c r="F23" s="23">
-        <v>23.715168614205073</v>
+        <v>23.552124276434903</v>
       </c>
       <c r="G23" s="21">
-        <v>2655.81</v>
+        <v>2853.703</v>
       </c>
       <c r="H23" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I23" s="23">
-        <v>741269.16</v>
+        <v>795230.41500000004</v>
       </c>
       <c r="J23" s="24">
-        <v>25.81408655478219</v>
+        <v>25.382712116417061</v>
       </c>
       <c r="K23" s="23">
-        <v>-5.8263144214836391</v>
+        <v>-6.9959128043194321</v>
       </c>
       <c r="L23" s="24">
-        <v>9.0263063212380334</v>
+        <v>6.6354260508124776</v>
       </c>
       <c r="M23" s="25"/>
     </row>
-    <row r="24" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="26">
         <v>44071</v>
       </c>
       <c r="B24" s="27" t="s">
         <v>23</v>
       </c>
       <c r="C24" s="37">
-        <v>2412.5830000000001</v>
+        <v>2622.7049999999999</v>
       </c>
       <c r="D24" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="31">
-        <v>592122.02899999998</v>
+        <v>649449.05799999996</v>
       </c>
       <c r="F24" s="31">
-        <v>20.653459266775549</v>
+        <v>20.510852047007997</v>
       </c>
       <c r="G24" s="37">
-        <v>2285.9560000000001</v>
+        <v>2454.5059999999999</v>
       </c>
       <c r="H24" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I24" s="31">
-        <v>657071.44200000004</v>
+        <v>703995.19499999995</v>
       </c>
       <c r="J24" s="32">
-        <v>22.881970533434234</v>
+        <v>22.470603524421147</v>
       </c>
       <c r="K24" s="31">
-        <v>-5.2486069909304653</v>
+        <v>-6.413187910954532</v>
       </c>
       <c r="L24" s="32">
-        <v>10.968923603414874</v>
+        <v>8.3988322606820986</v>
       </c>
       <c r="M24" s="25"/>
     </row>
-    <row r="25" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="26" t="s">
         <v>24</v>
       </c>
       <c r="B25" s="27" t="s">
         <v>25</v>
       </c>
       <c r="C25" s="37">
-        <v>407.536</v>
+        <v>445.65800000000002</v>
       </c>
       <c r="D25" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E25" s="31">
-        <v>87777.331999999995</v>
+        <v>96297.870999999999</v>
       </c>
       <c r="F25" s="31">
-        <v>3.0617093474295212</v>
+        <v>3.0412722294269035</v>
       </c>
       <c r="G25" s="37">
-        <v>369.85399999999998</v>
+        <v>399.197</v>
       </c>
       <c r="H25" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I25" s="31">
-        <v>84197.717999999993</v>
+        <v>91235.22</v>
       </c>
       <c r="J25" s="32">
-        <v>2.9321160213479569</v>
+        <v>2.912108591995914</v>
       </c>
       <c r="K25" s="31">
-        <v>-9.2462997133995568</v>
+        <v>-10.425258830762605</v>
       </c>
       <c r="L25" s="32">
-        <v>-4.0780619761831014</v>
+        <v>-5.2572823754327844</v>
       </c>
       <c r="M25" s="25"/>
     </row>
-    <row r="26" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="19">
         <v>4408</v>
       </c>
       <c r="B26" s="20" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="21">
-        <v>70.001000000000005</v>
+        <v>76.531999999999996</v>
       </c>
       <c r="D26" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E26" s="23">
-        <v>29496.880000000001</v>
+        <v>32127.85</v>
       </c>
       <c r="F26" s="23">
-        <v>1.0288632743588846</v>
+        <v>1.0146593790863052</v>
       </c>
       <c r="G26" s="21">
-        <v>79.438999999999993</v>
+        <v>88.744</v>
       </c>
       <c r="H26" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I26" s="23">
-        <v>33549.78</v>
+        <v>38010.207999999999</v>
       </c>
       <c r="J26" s="24">
-        <v>1.1683433920465547</v>
+        <v>1.2132359992155639</v>
       </c>
       <c r="K26" s="23">
-        <v>13.482664533363792</v>
+        <v>15.956723984738415</v>
       </c>
       <c r="L26" s="24">
-        <v>13.74009725774386</v>
+        <v>18.309217703643412</v>
       </c>
       <c r="M26" s="18"/>
     </row>
-    <row r="27" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="19">
         <v>4409</v>
       </c>
       <c r="B27" s="20" t="s">
         <v>27</v>
       </c>
       <c r="C27" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D27" s="36"/>
       <c r="E27" s="23">
-        <v>45564.67</v>
+        <v>50090.728000000003</v>
       </c>
       <c r="F27" s="23">
-        <v>1.5893143807508465</v>
+        <v>1.5819616616256931</v>
       </c>
       <c r="G27" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H27" s="36"/>
       <c r="I27" s="23">
-        <v>43275.141000000003</v>
+        <v>48347.165000000001</v>
       </c>
       <c r="J27" s="24">
-        <v>1.5070210602642682</v>
+        <v>1.5431781125221611</v>
       </c>
       <c r="K27" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L27" s="24">
-        <v>-5.0247900401780479</v>
+        <v>-3.4808098616574341</v>
       </c>
       <c r="M27" s="18"/>
     </row>
-    <row r="28" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="26">
         <v>44091</v>
       </c>
       <c r="B28" s="27" t="s">
         <v>23</v>
       </c>
       <c r="C28" s="37" t="s">
         <v>74</v>
       </c>
       <c r="D28" s="38"/>
       <c r="E28" s="31">
-        <v>27143.023000000001</v>
+        <v>29375.846000000001</v>
       </c>
       <c r="F28" s="31">
-        <v>0.946759776619714</v>
+        <v>0.92774579259100542</v>
       </c>
       <c r="G28" s="37" t="s">
         <v>74</v>
       </c>
       <c r="H28" s="38"/>
       <c r="I28" s="31">
-        <v>23972.909</v>
+        <v>27114.803</v>
       </c>
       <c r="J28" s="32">
-        <v>0.83483676549543329</v>
+        <v>0.86546895800302315</v>
       </c>
       <c r="K28" s="31" t="s">
         <v>74</v>
       </c>
       <c r="L28" s="32">
-        <v>-11.679296001775489</v>
+        <v>-7.6969459875300323</v>
       </c>
       <c r="M28" s="25"/>
     </row>
-    <row r="29" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="26">
         <v>44092</v>
       </c>
       <c r="B29" s="27" t="s">
         <v>25</v>
       </c>
       <c r="C29" s="37" t="s">
         <v>74</v>
       </c>
       <c r="D29" s="38"/>
       <c r="E29" s="31">
-        <v>18421.647000000001</v>
+        <v>20714.882000000001</v>
       </c>
       <c r="F29" s="31">
-        <v>0.64255460413113263</v>
+        <v>0.65421586903468765</v>
       </c>
       <c r="G29" s="37" t="s">
         <v>74</v>
       </c>
       <c r="H29" s="38"/>
       <c r="I29" s="31">
-        <v>19302.232</v>
+        <v>21232.362000000001</v>
       </c>
       <c r="J29" s="32">
-        <v>0.67218429476883468</v>
+        <v>0.67770915451913794</v>
       </c>
       <c r="K29" s="31" t="s">
         <v>74</v>
       </c>
       <c r="L29" s="32">
-        <v>4.780164336011862</v>
+        <v>2.4981073993083793</v>
       </c>
       <c r="M29" s="25"/>
     </row>
-    <row r="30" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="19">
         <v>4410</v>
       </c>
       <c r="B30" s="20" t="s">
         <v>28</v>
       </c>
       <c r="C30" s="21">
-        <v>849.06200000000001</v>
+        <v>918.39499999999998</v>
       </c>
       <c r="D30" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E30" s="23">
-        <v>207029.59400000001</v>
+        <v>222827.91500000001</v>
       </c>
       <c r="F30" s="23">
-        <v>7.2212771646367511</v>
+        <v>7.0373347073332342</v>
       </c>
       <c r="G30" s="21">
-        <v>881.39099999999996</v>
+        <v>950.61699999999996</v>
       </c>
       <c r="H30" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I30" s="23">
-        <v>201898.72200000001</v>
+        <v>218916.05</v>
       </c>
       <c r="J30" s="24">
-        <v>7.0309563195748046</v>
+        <v>6.9875132665960242</v>
       </c>
       <c r="K30" s="23">
-        <v>3.8076135782781413</v>
+        <v>3.5085121325791171</v>
       </c>
       <c r="L30" s="24">
-        <v>-2.4783278085354321</v>
+        <v>-1.7555542805307942</v>
       </c>
       <c r="M30" s="18"/>
     </row>
-    <row r="31" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="19">
         <v>4411</v>
       </c>
       <c r="B31" s="39" t="s">
         <v>29</v>
       </c>
       <c r="C31" s="21">
-        <v>31.724</v>
+        <v>35.558</v>
       </c>
       <c r="D31" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E31" s="23">
-        <v>22532.614000000001</v>
+        <v>25247.432000000001</v>
       </c>
       <c r="F31" s="23">
-        <v>0.78594681945700162</v>
+        <v>0.79736252742227431</v>
       </c>
       <c r="G31" s="21">
-        <v>23.042999999999999</v>
+        <v>25.404</v>
       </c>
       <c r="H31" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I31" s="23">
-        <v>17638.036</v>
+        <v>19484.294000000002</v>
       </c>
       <c r="J31" s="24">
-        <v>0.61423004291769567</v>
+        <v>0.62191311607923372</v>
       </c>
       <c r="K31" s="23">
-        <v>-27.364140713655278</v>
+        <v>-28.556161763878734</v>
       </c>
       <c r="L31" s="24">
-        <v>-21.722193439252106</v>
+        <v>-22.826630447009418</v>
       </c>
       <c r="M31" s="25"/>
     </row>
-    <row r="32" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="19">
         <v>4412</v>
       </c>
       <c r="B32" s="20" t="s">
         <v>30</v>
       </c>
       <c r="C32" s="21">
-        <v>275.005</v>
+        <v>304.11399999999998</v>
       </c>
       <c r="D32" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E32" s="23">
-        <v>306848.28200000001</v>
+        <v>338751.95899999997</v>
       </c>
       <c r="F32" s="23">
-        <v>10.702993948848773</v>
+        <v>10.698439278794242</v>
       </c>
       <c r="G32" s="21">
-        <v>288.803</v>
+        <v>317.67099999999999</v>
       </c>
       <c r="H32" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I32" s="23">
-        <v>320540.86700000003</v>
+        <v>351227.679</v>
       </c>
       <c r="J32" s="24">
-        <v>11.162571076183617</v>
+        <v>11.2107269732312</v>
       </c>
       <c r="K32" s="23">
-        <v>5.0173633206668979</v>
+        <v>4.45786777326924</v>
       </c>
       <c r="L32" s="24">
-        <v>4.4623306706341674</v>
+        <v>3.6828480746881915</v>
       </c>
       <c r="M32" s="25"/>
     </row>
-    <row r="33" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="19">
         <v>4413</v>
       </c>
       <c r="B33" s="20" t="s">
         <v>31</v>
       </c>
       <c r="C33" s="21">
-        <v>9.3650000000000002</v>
+        <v>10.577</v>
       </c>
       <c r="D33" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E33" s="23">
-        <v>7271.1509999999998</v>
+        <v>8224.3050000000003</v>
       </c>
       <c r="F33" s="23">
-        <v>0.25362072958963378</v>
+        <v>0.25973939136034302</v>
       </c>
       <c r="G33" s="21">
-        <v>12.146000000000001</v>
+        <v>13.612</v>
       </c>
       <c r="H33" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I33" s="23">
-        <v>7862.9430000000002</v>
+        <v>9176.9159999999993</v>
       </c>
       <c r="J33" s="24">
-        <v>0.27382049885539378</v>
+        <v>0.29291512566774947</v>
       </c>
       <c r="K33" s="23">
-        <v>29.695675387079557</v>
+        <v>28.694336768459866</v>
       </c>
       <c r="L33" s="24">
-        <v>8.1389040057069426</v>
+        <v>11.582875391902403</v>
       </c>
       <c r="M33" s="25"/>
     </row>
-    <row r="34" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="19" t="s">
         <v>32</v>
       </c>
       <c r="B34" s="39" t="s">
         <v>33</v>
       </c>
       <c r="C34" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D34" s="36"/>
       <c r="E34" s="23">
-        <v>109459.353</v>
+        <v>119059.50199999999</v>
       </c>
       <c r="F34" s="23">
-        <v>3.8179871341235074</v>
+        <v>3.7601283737830178</v>
       </c>
       <c r="G34" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H34" s="36"/>
       <c r="I34" s="23">
-        <v>112858.465</v>
+        <v>122776.303</v>
       </c>
       <c r="J34" s="24">
-        <v>3.9302028752280158</v>
+        <v>3.9188586037255528</v>
       </c>
       <c r="K34" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L34" s="24">
-        <v>3.1053646005015154</v>
+        <v>3.1218012317908124</v>
       </c>
       <c r="M34" s="25"/>
     </row>
-    <row r="35" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="19">
         <v>4418</v>
       </c>
       <c r="B35" s="39" t="s">
         <v>34</v>
       </c>
       <c r="C35" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D35" s="36"/>
       <c r="E35" s="23">
-        <v>135770.636</v>
+        <v>149945.804</v>
       </c>
       <c r="F35" s="23">
-        <v>4.7357354783539227</v>
+        <v>4.7355772758910684</v>
       </c>
       <c r="G35" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H35" s="36"/>
       <c r="I35" s="23">
-        <v>137055.022</v>
+        <v>147913.54</v>
       </c>
       <c r="J35" s="24">
-        <v>4.7728279976946251</v>
+        <v>4.7212062480534511</v>
       </c>
       <c r="K35" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L35" s="24">
-        <v>0.94599689435055645</v>
+        <v>-1.355332357282899</v>
       </c>
       <c r="M35" s="25"/>
     </row>
-    <row r="36" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="19" t="s">
         <v>35</v>
       </c>
       <c r="B36" s="20" t="s">
         <v>36</v>
       </c>
       <c r="C36" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D36" s="36"/>
       <c r="E36" s="23">
-        <v>10372.947</v>
+        <v>11537.297</v>
       </c>
       <c r="F36" s="23">
-        <v>0.36181264646197053</v>
+        <v>0.36437005932094096</v>
       </c>
       <c r="G36" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H36" s="36"/>
       <c r="I36" s="23">
-        <v>8358.3670000000002</v>
+        <v>9301.0810000000001</v>
       </c>
       <c r="J36" s="24">
-        <v>0.29107323066648982</v>
+        <v>0.29687830965881312</v>
       </c>
       <c r="K36" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L36" s="24">
-        <v>-19.421481667649509</v>
+        <v>-19.382494877266314</v>
       </c>
       <c r="M36" s="25"/>
     </row>
-    <row r="37" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="19">
         <v>44219910</v>
       </c>
       <c r="B37" s="20" t="s">
         <v>37</v>
       </c>
       <c r="C37" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D37" s="36"/>
       <c r="E37" s="23">
-        <v>8380.3189999999995</v>
+        <v>9389.6039999999994</v>
       </c>
       <c r="F37" s="23">
-        <v>0.29230896442308385</v>
+        <v>0.2965417780681337</v>
       </c>
       <c r="G37" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H37" s="36"/>
       <c r="I37" s="23">
-        <v>6947.9769999999999</v>
+        <v>6958.3329999999996</v>
       </c>
       <c r="J37" s="24">
-        <v>0.24195756324010009</v>
+        <v>0.22210086538146886</v>
       </c>
       <c r="K37" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L37" s="24">
-        <v>-17.091736006708093</v>
+        <v>-25.893221907973967</v>
       </c>
       <c r="M37" s="25"/>
     </row>
-    <row r="38" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" s="19" t="s">
         <v>38</v>
       </c>
       <c r="B38" s="20" t="s">
         <v>39</v>
       </c>
       <c r="C38" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D38" s="36"/>
       <c r="E38" s="23">
-        <v>62104.864999999816</v>
+        <v>68065.903000000108</v>
       </c>
       <c r="F38" s="23">
-        <v>2.1662431673287581</v>
+        <v>2.1496523071082811</v>
       </c>
       <c r="G38" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H38" s="36"/>
       <c r="I38" s="23">
-        <v>108303.88800000017</v>
+        <v>123371.71899999971</v>
       </c>
       <c r="J38" s="24">
-        <v>3.7715934911570317</v>
+        <v>3.9378635017179175</v>
       </c>
       <c r="K38" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L38" s="24">
-        <v>74.388734280318431</v>
+        <v>81.253334727667564</v>
       </c>
       <c r="M38" s="25"/>
     </row>
-    <row r="39" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="11">
         <v>47</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D39" s="40"/>
       <c r="E39" s="16">
-        <v>37517.529000000002</v>
+        <v>38955.900999999998</v>
       </c>
       <c r="F39" s="16">
-        <v>1.3086268016412044</v>
+        <v>1.2303023800350033</v>
       </c>
       <c r="G39" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H39" s="40"/>
       <c r="I39" s="16">
-        <v>16862.623</v>
+        <v>18346.251</v>
       </c>
       <c r="J39" s="16">
-        <v>0.58722692532178311</v>
+        <v>0.58558827575593742</v>
       </c>
       <c r="K39" s="15" t="s">
         <v>74</v>
       </c>
       <c r="L39" s="17">
-        <v>-55.054014884615675</v>
+        <v>-52.905078488622301</v>
       </c>
       <c r="M39" s="18"/>
     </row>
-    <row r="40" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A40" s="11">
         <v>48</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D40" s="40"/>
       <c r="E40" s="16">
-        <v>111713.371</v>
+        <v>122333.95</v>
       </c>
       <c r="F40" s="16">
-        <v>3.8966082065875729</v>
+        <v>3.863541747990455</v>
       </c>
       <c r="G40" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H40" s="40"/>
       <c r="I40" s="16">
-        <v>107493.939</v>
+        <v>116432.11</v>
       </c>
       <c r="J40" s="17">
-        <v>3.7433876858717241</v>
+        <v>3.7163602818649779</v>
       </c>
       <c r="K40" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L40" s="17">
-        <v>-3.7770160923708955</v>
+        <v>-4.8243680515506915</v>
       </c>
       <c r="M40" s="18"/>
     </row>
-    <row r="41" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D41" s="16"/>
       <c r="E41" s="16">
-        <v>158285.43900000001</v>
+        <v>175691.04699999999</v>
       </c>
       <c r="F41" s="16">
-        <v>5.5210610428246483</v>
+        <v>5.548661633443972</v>
       </c>
       <c r="G41" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H41" s="16"/>
       <c r="I41" s="16">
-        <v>168305.45300000001</v>
+        <v>182302.03599999999</v>
       </c>
       <c r="J41" s="17">
-        <v>5.8610984590048583</v>
+        <v>5.8188419491282879</v>
       </c>
       <c r="K41" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L41" s="17">
-        <v>6.330344764056278</v>
+        <v>3.7628491109168478</v>
       </c>
       <c r="M41" s="18"/>
     </row>
-    <row r="42" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D42" s="41"/>
       <c r="E42" s="16">
-        <v>42369.781000000003</v>
+        <v>45866.370999999999</v>
       </c>
       <c r="F42" s="16">
-        <v>1.4778753418506927</v>
+        <v>1.4485483317371728</v>
       </c>
       <c r="G42" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H42" s="41"/>
       <c r="I42" s="16">
-        <v>41698.375999999997</v>
+        <v>43701.180999999997</v>
       </c>
       <c r="J42" s="17">
-        <v>1.4521115208109456</v>
+        <v>1.3948843951981322</v>
       </c>
       <c r="K42" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L42" s="17">
-        <v>-1.584631744969383</v>
+        <v>-4.7206481628991366</v>
       </c>
       <c r="M42" s="25"/>
     </row>
-    <row r="43" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" s="42"/>
       <c r="B43" s="43" t="s">
         <v>46</v>
       </c>
       <c r="C43" s="44"/>
       <c r="D43" s="45"/>
       <c r="E43" s="45">
-        <v>2866938.76</v>
+        <v>3166368.0109999999</v>
       </c>
       <c r="F43" s="46">
         <v>100</v>
       </c>
       <c r="G43" s="44"/>
       <c r="H43" s="45"/>
       <c r="I43" s="45">
-        <v>2871568.43</v>
+        <v>3132960.7779999999</v>
       </c>
       <c r="J43" s="46">
         <v>100</v>
       </c>
       <c r="K43" s="44"/>
       <c r="L43" s="46">
-        <v>0.1614847887438095</v>
+        <v>-1.0550647582322361</v>
       </c>
       <c r="M43" s="47"/>
     </row>
-    <row r="44" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A44" s="3"/>
       <c r="B44" s="48"/>
       <c r="C44" s="3"/>
       <c r="D44" s="3"/>
       <c r="E44" s="3"/>
       <c r="F44" s="49"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3"/>
       <c r="I44" s="50"/>
       <c r="J44" s="3"/>
       <c r="K44" s="3"/>
       <c r="L44" s="3"/>
       <c r="M44" s="3"/>
     </row>
-    <row r="45" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A45" s="3"/>
       <c r="B45" s="48"/>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3" t="s">
         <v>47</v>
       </c>
       <c r="M45" s="3"/>
     </row>
-    <row r="46" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A46" s="3"/>
       <c r="B46" s="3"/>
       <c r="C46" s="3"/>
       <c r="D46" s="3"/>
       <c r="E46" s="3"/>
       <c r="F46" s="3"/>
       <c r="G46" s="3"/>
       <c r="H46" s="3"/>
       <c r="I46" s="3"/>
       <c r="J46" s="3"/>
       <c r="K46" s="3"/>
       <c r="L46" s="3"/>
       <c r="M46" s="3"/>
     </row>
-    <row r="47" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A47" s="3"/>
       <c r="B47" s="3"/>
       <c r="C47" s="3"/>
       <c r="D47" s="3"/>
       <c r="E47" s="3"/>
       <c r="F47" s="3"/>
       <c r="G47" s="3"/>
       <c r="H47" s="3"/>
       <c r="I47" s="3"/>
       <c r="J47" s="3"/>
       <c r="K47" s="3"/>
       <c r="L47" s="3"/>
       <c r="M47" s="3"/>
     </row>
-    <row r="48" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A48" s="3"/>
       <c r="B48" s="3"/>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
       <c r="M48" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:F4"/>
     <mergeCell ref="G4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="G5:H5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="90" verticalDpi="90" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ABDD9527-05DE-4BA3-891C-C9C8A509B515}">
   <dimension ref="A1:N71"/>
   <sheetViews>
     <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
       <selection activeCell="M69" sqref="M69"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="14.109375" customWidth="1"/>
+    <col min="1" max="1" width="14.08984375" customWidth="1"/>
     <col min="2" max="2" width="34" customWidth="1"/>
-    <col min="3" max="3" width="13.6640625" customWidth="1"/>
+    <col min="3" max="3" width="13.6328125" customWidth="1"/>
     <col min="4" max="4" width="5" customWidth="1"/>
-    <col min="5" max="5" width="15.44140625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="10" max="10" width="10.33203125" customWidth="1"/>
+    <col min="5" max="5" width="15.453125" customWidth="1"/>
+    <col min="6" max="7" width="12.453125" customWidth="1"/>
+    <col min="8" max="8" width="5.08984375" customWidth="1"/>
+    <col min="9" max="9" width="15.36328125" customWidth="1"/>
+    <col min="10" max="10" width="10.36328125" customWidth="1"/>
     <col min="11" max="12" width="12" customWidth="1"/>
-    <col min="14" max="14" width="10.6640625" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="10.6328125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:14" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
     </row>
-    <row r="2" spans="1:14" ht="24" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="2" spans="1:14" ht="24" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A2" s="116" t="s">
         <v>48</v>
       </c>
       <c r="B2" s="105"/>
       <c r="C2" s="105"/>
       <c r="D2" s="105"/>
       <c r="E2" s="105"/>
       <c r="F2" s="105"/>
       <c r="G2" s="105"/>
       <c r="H2" s="105"/>
       <c r="I2" s="105"/>
       <c r="J2" s="105"/>
       <c r="K2" s="105"/>
       <c r="L2" s="106"/>
       <c r="M2" s="3"/>
     </row>
-    <row r="3" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="51"/>
       <c r="B3" s="52"/>
       <c r="C3" s="52"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="52"/>
       <c r="J3" s="52"/>
       <c r="K3" s="52"/>
       <c r="L3" s="53"/>
       <c r="M3" s="3"/>
     </row>
-    <row r="4" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="117" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="118" t="s">
         <v>49</v>
       </c>
       <c r="C4" s="111" t="s">
         <v>83</v>
       </c>
       <c r="D4" s="112"/>
       <c r="E4" s="112"/>
       <c r="F4" s="113"/>
       <c r="G4" s="111" t="s">
         <v>85</v>
       </c>
       <c r="H4" s="112"/>
       <c r="I4" s="112"/>
       <c r="J4" s="113"/>
       <c r="K4" s="114" t="s">
         <v>81</v>
       </c>
       <c r="L4" s="115"/>
     </row>
-    <row r="5" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="108"/>
       <c r="B5" s="119"/>
       <c r="C5" s="114" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="115"/>
       <c r="E5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G5" s="114" t="s">
         <v>3</v>
       </c>
       <c r="H5" s="115"/>
       <c r="I5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="J5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K5" s="9" t="s">
         <v>50</v>
       </c>
       <c r="L5" s="9" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="6" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="54"/>
       <c r="B6" s="55"/>
       <c r="C6" s="56"/>
       <c r="D6" s="57"/>
       <c r="E6" s="57"/>
       <c r="F6" s="58"/>
       <c r="G6" s="56"/>
       <c r="H6" s="57"/>
       <c r="I6" s="57"/>
       <c r="J6" s="58"/>
       <c r="K6" s="59"/>
       <c r="L6" s="60"/>
     </row>
-    <row r="7" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="61"/>
       <c r="B7" s="61" t="s">
         <v>46</v>
       </c>
       <c r="C7" s="62" t="s">
         <v>74</v>
       </c>
       <c r="D7" s="63"/>
       <c r="E7" s="63">
-        <v>2866938.76</v>
+        <v>3166368.0109999999</v>
       </c>
       <c r="F7" s="64">
         <v>100</v>
       </c>
       <c r="G7" s="62" t="s">
         <v>74</v>
       </c>
       <c r="H7" s="63"/>
       <c r="I7" s="63">
-        <v>2871568.43</v>
+        <v>3132960.7779999999</v>
       </c>
       <c r="J7" s="64">
         <v>100</v>
       </c>
       <c r="K7" s="65" t="s">
         <v>74</v>
       </c>
       <c r="L7" s="66">
-        <v>0.1614847887438095</v>
+        <v>-1.0550647582322361</v>
       </c>
       <c r="N7" s="67"/>
     </row>
-    <row r="8" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="68"/>
       <c r="B8" s="69" t="s">
         <v>51</v>
       </c>
       <c r="C8" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D8" s="71"/>
       <c r="E8" s="71">
-        <v>570211.00600000005</v>
+        <v>629104.777</v>
       </c>
       <c r="F8" s="72">
-        <v>19.889193796382319</v>
+        <v>19.868340471306006</v>
       </c>
       <c r="G8" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H8" s="71"/>
       <c r="I8" s="71">
-        <v>643401.22</v>
+        <v>701004.83299999998</v>
       </c>
       <c r="J8" s="72">
-        <v>22.405916337504795</v>
+        <v>22.375155090435033</v>
       </c>
       <c r="K8" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L8" s="74">
-        <v>12.835636848440613</v>
+        <v>11.428947709293897</v>
       </c>
       <c r="N8" s="67"/>
     </row>
-    <row r="9" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="68"/>
       <c r="B9" s="69" t="s">
         <v>52</v>
       </c>
       <c r="C9" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D9" s="71"/>
       <c r="E9" s="71">
-        <v>199622.11199999999</v>
+        <v>218098.204</v>
       </c>
       <c r="F9" s="72">
-        <v>6.9629011538425747</v>
+        <v>6.8879613248467724</v>
       </c>
       <c r="G9" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H9" s="71"/>
       <c r="I9" s="71">
-        <v>203945.16099999999</v>
+        <v>225134.74100000001</v>
       </c>
       <c r="J9" s="72">
-        <v>7.1022218683466987</v>
+        <v>7.1860057291786505</v>
       </c>
       <c r="K9" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L9" s="74">
-        <v>2.165616302065775</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>3.2263158847470432</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="68"/>
       <c r="B10" s="69" t="s">
         <v>53</v>
       </c>
       <c r="C10" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D10" s="71"/>
       <c r="E10" s="71">
-        <v>188469.19200000001</v>
+        <v>206902.58499999999</v>
       </c>
       <c r="F10" s="72">
-        <v>6.5738827291867237</v>
+        <v>6.5343821148147647</v>
       </c>
       <c r="G10" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H10" s="71"/>
       <c r="I10" s="71">
-        <v>192300.87299999999</v>
+        <v>213004.05600000001</v>
       </c>
       <c r="J10" s="72">
-        <v>6.6967191514917159</v>
+        <v>6.7988101701029349</v>
       </c>
       <c r="K10" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L10" s="74">
-        <v>2.033054293563259</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>2.9489583225845246</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="68"/>
       <c r="B11" s="69" t="s">
         <v>54</v>
       </c>
       <c r="C11" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D11" s="71"/>
       <c r="E11" s="71">
-        <v>336142.56</v>
+        <v>368120.48800000001</v>
       </c>
       <c r="F11" s="72">
-        <v>11.724790382337989</v>
+        <v>11.625953986433197</v>
       </c>
       <c r="G11" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H11" s="71"/>
       <c r="I11" s="71">
-        <v>257940.03</v>
+        <v>279234.64600000001</v>
       </c>
       <c r="J11" s="72">
-        <v>8.9825486067208224</v>
+        <v>8.9128037593326042</v>
       </c>
       <c r="K11" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="74">
-        <v>-23.264691623696805</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-24.145855744926646</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="68"/>
       <c r="B12" s="69" t="s">
         <v>55</v>
       </c>
       <c r="C12" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D12" s="71"/>
       <c r="E12" s="71">
-        <v>212942.696</v>
+        <v>235252.005</v>
       </c>
       <c r="F12" s="72">
-        <v>7.4275285880190909</v>
+        <v>7.429711397498072</v>
       </c>
       <c r="G12" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H12" s="75"/>
       <c r="I12" s="71">
-        <v>232022.96</v>
+        <v>253702.845</v>
       </c>
       <c r="J12" s="72">
-        <v>8.0800080393696199</v>
+        <v>8.0978621494890604</v>
       </c>
       <c r="K12" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L12" s="74">
-        <v>8.9602810326023086</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>7.8430107322570937</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="68"/>
       <c r="B13" s="69" t="s">
         <v>56</v>
       </c>
       <c r="C13" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D13" s="71"/>
       <c r="E13" s="71">
-        <v>216242.462</v>
+        <v>252139.55300000001</v>
       </c>
       <c r="F13" s="72">
-        <v>7.5426257797009937</v>
+        <v>7.963052687623934</v>
       </c>
       <c r="G13" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H13" s="71"/>
       <c r="I13" s="71">
-        <v>205132.41500000001</v>
+        <v>232880.08499999999</v>
       </c>
       <c r="J13" s="72">
-        <v>7.1435670087792404</v>
+        <v>7.4332269537272833</v>
       </c>
       <c r="K13" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L13" s="74">
-        <v>-5.137773079923587</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-7.6384160163875681</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="68"/>
       <c r="B14" s="69" t="s">
         <v>57</v>
       </c>
       <c r="C14" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D14" s="71"/>
       <c r="E14" s="71">
-        <v>101655.133</v>
+        <v>112422.965</v>
       </c>
       <c r="F14" s="72">
-        <v>3.5457727391428486</v>
+        <v>3.5505337537974513</v>
       </c>
       <c r="G14" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H14" s="71"/>
       <c r="I14" s="71">
-        <v>112553.341</v>
+        <v>122445.003</v>
       </c>
       <c r="J14" s="72">
-        <v>3.9195771838179732</v>
+        <v>3.9082839421362201</v>
       </c>
       <c r="K14" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L14" s="74">
-        <v>10.720765079319703</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>8.9145825321365617</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="68"/>
       <c r="B15" s="69" t="s">
         <v>58</v>
       </c>
       <c r="C15" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D15" s="71"/>
       <c r="E15" s="71">
-        <v>67247.909</v>
+        <v>75019.153999999995</v>
       </c>
       <c r="F15" s="72">
-        <v>2.3456346517844704</v>
+        <v>2.3692493651837867</v>
       </c>
       <c r="G15" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H15" s="71"/>
       <c r="I15" s="71">
-        <v>60511.067000000003</v>
+        <v>62794.673999999999</v>
       </c>
       <c r="J15" s="72">
-        <v>2.1072479543870735</v>
+        <v>2.0043236557875606</v>
       </c>
       <c r="K15" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L15" s="74">
-        <v>-10.01792040849924</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-16.295145103875733</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="68"/>
       <c r="B16" s="69" t="s">
         <v>59</v>
       </c>
       <c r="C16" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D16" s="71"/>
       <c r="E16" s="71">
-        <v>92528.62</v>
+        <v>101582.247</v>
       </c>
       <c r="F16" s="72">
-        <v>3.2274362219024173</v>
+        <v>3.2081630008609889</v>
       </c>
       <c r="G16" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H16" s="71"/>
       <c r="I16" s="71">
-        <v>92563.312999999995</v>
+        <v>102439.66499999999</v>
       </c>
       <c r="J16" s="72">
-        <v>3.2234409611474932</v>
+        <v>3.2697397847857768</v>
       </c>
       <c r="K16" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L16" s="74">
-        <v>3.7494344992932242E-2</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>0.84406284101983931</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="68"/>
       <c r="B17" s="69" t="s">
         <v>60</v>
       </c>
       <c r="C17" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D17" s="71"/>
       <c r="E17" s="71">
-        <v>80973.418000000005</v>
+        <v>87734.462</v>
       </c>
       <c r="F17" s="72">
-        <v>2.8243860360658704</v>
+        <v>2.7708232806549784</v>
       </c>
       <c r="G17" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H17" s="75"/>
       <c r="I17" s="71">
-        <v>86011.547999999995</v>
+        <v>93925.31</v>
       </c>
       <c r="J17" s="72">
-        <v>2.9952811537212778</v>
+        <v>2.9979727374678293</v>
       </c>
       <c r="K17" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L17" s="74">
-        <v>6.2219554570365174</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>7.0563469118896496</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="68"/>
       <c r="B18" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C18" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D18" s="71"/>
       <c r="E18" s="71">
-        <v>800903.65199999977</v>
+        <v>879991.571</v>
       </c>
       <c r="F18" s="72">
-        <v>27.935847921634707</v>
+        <v>27.791828616980048</v>
       </c>
       <c r="G18" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H18" s="75"/>
       <c r="I18" s="71">
-        <v>785186.50200000009</v>
+        <v>846394.91999999993</v>
       </c>
       <c r="J18" s="72">
-        <v>27.343471734713283</v>
+        <v>27.015816027557047</v>
       </c>
       <c r="K18" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L18" s="74">
-        <v>-1.9624270610767147</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-3.8178378188124791</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="61">
         <v>44</v>
       </c>
       <c r="B19" s="61" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="62" t="s">
         <v>74</v>
       </c>
       <c r="D19" s="63"/>
       <c r="E19" s="63">
-        <v>2517007.0070000002</v>
+        <v>2783466.642</v>
       </c>
       <c r="F19" s="64">
         <v>100</v>
       </c>
       <c r="G19" s="62" t="s">
         <v>74</v>
       </c>
       <c r="H19" s="63"/>
       <c r="I19" s="63">
-        <v>2537197.236</v>
+        <v>2772167.2379999999</v>
       </c>
       <c r="J19" s="64">
         <v>100</v>
       </c>
       <c r="K19" s="65" t="s">
         <v>74</v>
       </c>
       <c r="L19" s="66">
-        <v>0.80215227624909879</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-0.40594716780514939</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="68"/>
       <c r="B20" s="69" t="s">
         <v>51</v>
       </c>
       <c r="C20" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D20" s="71"/>
       <c r="E20" s="71">
-        <v>556818.69700000004</v>
+        <v>614389.56599999999</v>
       </c>
       <c r="F20" s="72">
-        <v>22.12225454484005</v>
+        <v>22.072819437798028</v>
       </c>
       <c r="G20" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H20" s="71"/>
       <c r="I20" s="71">
-        <v>627222.47100000002</v>
+        <v>683826.32799999998</v>
       </c>
       <c r="J20" s="72">
-        <v>24.721076552520728</v>
+        <v>24.667571228255024</v>
       </c>
       <c r="K20" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L20" s="74">
-        <v>12.643931387239313</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>11.301748246160805</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="68"/>
       <c r="B21" s="69" t="s">
         <v>52</v>
       </c>
       <c r="C21" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D21" s="71"/>
       <c r="E21" s="71">
-        <v>157227.788</v>
+        <v>171129.223</v>
       </c>
       <c r="F21" s="72">
-        <v>6.2466170162711823</v>
+        <v>6.148060853965859</v>
       </c>
       <c r="G21" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H21" s="71"/>
       <c r="I21" s="71">
-        <v>160302.28899999999</v>
+        <v>177152.73699999999</v>
       </c>
       <c r="J21" s="72">
-        <v>6.3180854340170809</v>
+        <v>6.3904058374129011</v>
       </c>
       <c r="K21" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L21" s="74">
-        <v>1.9554437794418307</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>3.5198628816306816</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="68"/>
       <c r="B22" s="69" t="s">
         <v>53</v>
       </c>
       <c r="C22" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D22" s="71"/>
       <c r="E22" s="71">
-        <v>160194.595</v>
+        <v>175630.734</v>
       </c>
       <c r="F22" s="72">
-        <v>6.3644874469751525</v>
+        <v>6.3097840423122262</v>
       </c>
       <c r="G22" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H22" s="71"/>
       <c r="I22" s="71">
-        <v>166419.40900000001</v>
+        <v>185106.22</v>
       </c>
       <c r="J22" s="72">
-        <v>6.5591829692502479</v>
+        <v>6.6773107142535251</v>
       </c>
       <c r="K22" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L22" s="74">
-        <v>3.8857827881146756</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>5.3951183737579802</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="68"/>
       <c r="B23" s="69" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D23" s="71"/>
       <c r="E23" s="71">
-        <v>315742.21500000003</v>
+        <v>345968.38199999998</v>
       </c>
       <c r="F23" s="72">
-        <v>12.544351848123402</v>
+        <v>12.429406437988128</v>
       </c>
       <c r="G23" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H23" s="71"/>
       <c r="I23" s="71">
-        <v>238320.96100000001</v>
+        <v>258187.66099999999</v>
       </c>
       <c r="J23" s="72">
-        <v>9.3930797976007252</v>
+        <v>9.3135672863038135</v>
       </c>
       <c r="K23" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L23" s="74">
-        <v>-24.520399972490221</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-25.372469152397858</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="68"/>
       <c r="B24" s="69" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D24" s="71"/>
       <c r="E24" s="71">
-        <v>169593.08600000001</v>
+        <v>200679.024</v>
       </c>
       <c r="F24" s="72">
-        <v>6.7378869239675501</v>
+        <v>7.2096795043969495</v>
       </c>
       <c r="G24" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H24" s="71"/>
       <c r="I24" s="71">
-        <v>156169.99299999999</v>
+        <v>178819.78</v>
       </c>
       <c r="J24" s="72">
-        <v>6.1552168977689989</v>
+        <v>6.4505408457611964</v>
       </c>
       <c r="K24" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L24" s="74">
-        <v>-7.9148822140072514</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-10.892640179473867</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="68"/>
       <c r="B25" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C25" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D25" s="71"/>
       <c r="E25" s="71">
-        <v>1157430.6260000002</v>
+        <v>1275669.713</v>
       </c>
       <c r="F25" s="72">
-        <v>45.98440221982267</v>
+        <v>45.830249723538806</v>
       </c>
       <c r="G25" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H25" s="75"/>
       <c r="I25" s="71">
-        <v>1188762.1130000001</v>
+        <v>1289074.5119999999</v>
       </c>
       <c r="J25" s="72">
-        <v>46.853358348842221</v>
+        <v>46.500604088013539</v>
       </c>
       <c r="K25" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L25" s="74">
-        <v>2.706986172318544</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>1.0508048332099802</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="76">
         <v>4403</v>
       </c>
       <c r="B26" s="39" t="s">
         <v>62</v>
       </c>
       <c r="C26" s="77">
-        <v>4028.7350000000001</v>
+        <v>4400.0309999999999</v>
       </c>
       <c r="D26" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E26" s="79">
-        <v>334457.25799999997</v>
+        <v>366461.065</v>
       </c>
       <c r="F26" s="80">
         <v>100</v>
       </c>
       <c r="G26" s="77">
-        <v>3197.8679999999999</v>
+        <v>3449.6489999999999</v>
       </c>
       <c r="H26" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I26" s="79">
-        <v>269950.06199999998</v>
+        <v>290995.21399999998</v>
       </c>
       <c r="J26" s="80">
         <v>100</v>
       </c>
       <c r="K26" s="81">
-        <v>-20.623520782578158</v>
+        <v>-21.599438731227121</v>
       </c>
       <c r="L26" s="82">
-        <v>-19.287126966758784</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-20.593142957765519</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="76"/>
       <c r="B27" s="39" t="s">
         <v>63</v>
       </c>
       <c r="C27" s="77">
-        <v>1600.7829999999999</v>
+        <v>1766.48</v>
       </c>
       <c r="D27" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E27" s="79">
-        <v>142154.565</v>
+        <v>157086.12100000001</v>
       </c>
       <c r="F27" s="80">
-        <v>42.503058791446534</v>
+        <v>42.865705528635083</v>
       </c>
       <c r="G27" s="77">
-        <v>1403.5319999999999</v>
+        <v>1510.38</v>
       </c>
       <c r="H27" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I27" s="79">
-        <v>126535.399</v>
+        <v>136592.21400000001</v>
       </c>
       <c r="J27" s="80">
-        <v>46.873632131264344</v>
+        <v>46.939677159088951</v>
       </c>
       <c r="K27" s="81">
-        <v>-12.322157344249657</v>
+        <v>-14.497758253702273</v>
       </c>
       <c r="L27" s="82">
-        <v>-10.987452988231505</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-13.046287520206834</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="68"/>
       <c r="B28" s="83" t="s">
         <v>54</v>
       </c>
       <c r="C28" s="70">
-        <v>727.76900000000001</v>
+        <v>801.69100000000003</v>
       </c>
       <c r="D28" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E28" s="71">
-        <v>58520.936999999998</v>
+        <v>64528.004999999997</v>
       </c>
       <c r="F28" s="72">
-        <v>17.497284212023288</v>
+        <v>17.608420419779108</v>
       </c>
       <c r="G28" s="70">
-        <v>620.23299999999995</v>
+        <v>647.24199999999996</v>
       </c>
       <c r="H28" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I28" s="71">
-        <v>45668.385000000002</v>
+        <v>47535.372000000003</v>
       </c>
       <c r="J28" s="72">
-        <v>16.917345623725033</v>
+        <v>16.335448046234877</v>
       </c>
       <c r="K28" s="85">
-        <v>-14.776117147061782</v>
+        <v>-19.265402754926779</v>
       </c>
       <c r="L28" s="74">
-        <v>-21.96231410307049</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-26.333733702134438</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="68"/>
       <c r="B29" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C29" s="70">
-        <v>193.61699999999999</v>
+        <v>202.12299999999999</v>
       </c>
       <c r="D29" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E29" s="71">
-        <v>18637.146000000001</v>
+        <v>19552.155999999999</v>
       </c>
       <c r="F29" s="72">
-        <v>5.5723550780291342</v>
+        <v>5.335397909188524</v>
       </c>
       <c r="G29" s="70">
-        <v>140.43899999999999</v>
+        <v>157.358</v>
       </c>
       <c r="H29" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I29" s="71">
-        <v>14702.78</v>
+        <v>16118.856</v>
       </c>
       <c r="J29" s="72">
-        <v>5.4464814310729821</v>
+        <v>5.5392168752301201</v>
       </c>
       <c r="K29" s="86">
-        <v>-27.465563457754229</v>
+        <v>-22.147405292816742</v>
       </c>
       <c r="L29" s="87">
-        <v>-21.110345972500294</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-17.559700321539985</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="68"/>
       <c r="B30" s="83" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="88">
-        <v>300.59399999999999</v>
+        <v>335.108</v>
       </c>
       <c r="D30" s="89" t="s">
         <v>76</v>
       </c>
       <c r="E30" s="90">
-        <v>23312.946</v>
+        <v>26027.02</v>
       </c>
       <c r="F30" s="91">
-        <v>6.9703812497320667</v>
+        <v>7.102260645343045</v>
       </c>
       <c r="G30" s="70">
-        <v>130.51499999999999</v>
+        <v>141.75299999999999</v>
       </c>
       <c r="H30" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I30" s="71">
-        <v>9121.57</v>
+        <v>9835.598</v>
       </c>
       <c r="J30" s="72">
-        <v>3.3789842211630985</v>
+        <v>3.379986173930682</v>
       </c>
       <c r="K30" s="86">
-        <v>-56.580969680033533</v>
+        <v>-57.699308879525411</v>
       </c>
       <c r="L30" s="87">
-        <v>-60.873370529833515</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-62.210049402505554</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="68"/>
       <c r="B31" s="83" t="s">
         <v>60</v>
       </c>
       <c r="C31" s="88">
         <v>1.0960000000000001</v>
       </c>
       <c r="D31" s="89" t="s">
         <v>76</v>
       </c>
       <c r="E31" s="90">
         <v>87.575999999999993</v>
       </c>
       <c r="F31" s="91">
-        <v>2.6184511744098554E-2</v>
+        <v>2.3897763872950593E-2</v>
       </c>
       <c r="G31" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H31" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I31" s="71" t="s">
         <v>74</v>
       </c>
       <c r="J31" s="72" t="s">
         <v>74</v>
       </c>
       <c r="K31" s="71" t="s">
         <v>74</v>
       </c>
       <c r="L31" s="72" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="32" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="68"/>
       <c r="B32" s="83" t="s">
         <v>64</v>
       </c>
       <c r="C32" s="88">
-        <v>286.86700000000002</v>
+        <v>330.45600000000002</v>
       </c>
       <c r="D32" s="89" t="s">
         <v>76</v>
       </c>
       <c r="E32" s="90">
-        <v>32613.087</v>
+        <v>37343.644999999997</v>
       </c>
       <c r="F32" s="91">
-        <v>9.7510477706541518</v>
+        <v>10.190344504947612</v>
       </c>
       <c r="G32" s="70">
-        <v>426.70499999999998</v>
+        <v>474.279</v>
       </c>
       <c r="H32" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I32" s="71">
-        <v>47286.777999999998</v>
+        <v>52594.137000000002</v>
       </c>
       <c r="J32" s="72">
-        <v>17.516861322298936</v>
+        <v>18.073883854323462</v>
       </c>
       <c r="K32" s="86">
-        <v>48.746631714348446</v>
+        <v>43.522586970731339</v>
       </c>
       <c r="L32" s="87">
-        <v>44.99325991434052</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>40.838252398768269</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="68"/>
       <c r="B33" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="88">
-        <v>90.839999999999918</v>
+        <v>96.005999999999858</v>
       </c>
       <c r="D33" s="89" t="s">
         <v>76</v>
       </c>
       <c r="E33" s="90">
-        <v>8982.8730000000214</v>
+        <v>9547.7190000000119</v>
       </c>
       <c r="F33" s="91">
-        <v>2.6858059692637983</v>
+        <v>2.6053842855038396</v>
       </c>
       <c r="G33" s="70">
-        <v>85.6400000000001</v>
+        <v>89.748000000000275</v>
       </c>
       <c r="H33" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I33" s="71">
-        <v>9755.8859999999986</v>
+        <v>10508.251000000004</v>
       </c>
       <c r="J33" s="72">
-        <v>3.6139595330042931</v>
+        <v>3.6111422093698091</v>
       </c>
       <c r="K33" s="86">
-        <v>-5.7243505063846571</v>
+        <v>-6.5183426035868521</v>
       </c>
       <c r="L33" s="87">
-        <v>8.6054094274735409</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>10.060329592858681</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="76"/>
       <c r="B34" s="39" t="s">
         <v>66</v>
       </c>
       <c r="C34" s="77">
-        <v>2427.9520000000002</v>
+        <v>2633.5509999999999</v>
       </c>
       <c r="D34" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E34" s="79">
-        <v>192302.693</v>
+        <v>209374.94399999999</v>
       </c>
       <c r="F34" s="80">
-        <v>57.49694120855348</v>
+        <v>57.134294471364917</v>
       </c>
       <c r="G34" s="77">
-        <v>1794.336</v>
+        <v>1939.269</v>
       </c>
       <c r="H34" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I34" s="79">
-        <v>143414.663</v>
+        <v>154403</v>
       </c>
       <c r="J34" s="80">
-        <v>53.12636786873567</v>
+        <v>53.060322840911056</v>
       </c>
       <c r="K34" s="92">
-        <v>-26.096726788667983</v>
+        <v>-26.362960124941569</v>
       </c>
       <c r="L34" s="93">
-        <v>-25.422436491828016</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-26.255263858124302</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="68"/>
       <c r="B35" s="83" t="s">
         <v>65</v>
       </c>
       <c r="C35" s="70">
-        <v>590.90599999999995</v>
+        <v>625.12099999999998</v>
       </c>
       <c r="D35" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E35" s="71">
-        <v>41533.283000000003</v>
+        <v>44010.8</v>
       </c>
       <c r="F35" s="72">
-        <v>12.418113826670195</v>
+        <v>12.009679664059265</v>
       </c>
       <c r="G35" s="70">
-        <v>514.697</v>
+        <v>544.649</v>
       </c>
       <c r="H35" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I35" s="71">
-        <v>33718.616999999998</v>
+        <v>35533.351000000002</v>
       </c>
       <c r="J35" s="72">
-        <v>12.49068688859942</v>
+        <v>12.210974370183285</v>
       </c>
       <c r="K35" s="86">
-        <v>-12.896975153408489</v>
+        <v>-12.873027781821436</v>
       </c>
       <c r="L35" s="87">
-        <v>-18.815430506661379</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-19.262201550528506</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="68"/>
       <c r="B36" s="83" t="s">
         <v>54</v>
       </c>
       <c r="C36" s="70">
-        <v>1269.193</v>
+        <v>1375.54</v>
       </c>
       <c r="D36" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E36" s="71">
-        <v>96575.865999999995</v>
+        <v>104690.466</v>
       </c>
       <c r="F36" s="72">
-        <v>28.875398482158221</v>
+        <v>28.567964239256906</v>
       </c>
       <c r="G36" s="70">
-        <v>809.49</v>
+        <v>870.85699999999997</v>
       </c>
       <c r="H36" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I36" s="71">
-        <v>60273.084000000003</v>
+        <v>64162.707999999999</v>
       </c>
       <c r="J36" s="72">
-        <v>22.327494038508505</v>
+        <v>22.049403190528079</v>
       </c>
       <c r="K36" s="86">
-        <v>-36.220102064855382</v>
+        <v>-36.689809093156143</v>
       </c>
       <c r="L36" s="87">
-        <v>-37.589910920394949</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-38.711985482995175</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="68"/>
       <c r="B37" s="83" t="s">
         <v>64</v>
       </c>
       <c r="C37" s="70">
-        <v>40.805999999999997</v>
+        <v>47.801000000000002</v>
       </c>
       <c r="D37" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E37" s="71">
-        <v>6552.3109999999997</v>
+        <v>7692.143</v>
       </c>
       <c r="F37" s="72">
-        <v>1.959087699032682</v>
+        <v>2.0990341770687153</v>
       </c>
       <c r="G37" s="70">
-        <v>43.576000000000001</v>
+        <v>50.381999999999998</v>
       </c>
       <c r="H37" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I37" s="71">
-        <v>6325.049</v>
+        <v>7198.0069999999996</v>
       </c>
       <c r="J37" s="72">
-        <v>2.3430440997639042</v>
+        <v>2.4735826067572368</v>
       </c>
       <c r="K37" s="86">
-        <v>6.788217419007017</v>
+        <v>5.3994686303633728</v>
       </c>
       <c r="L37" s="87">
-        <v>-3.4684251098581815</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-6.4239055358175268</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" s="68"/>
       <c r="B38" s="83" t="s">
         <v>56</v>
       </c>
       <c r="C38" s="70">
-        <v>60.033999999999999</v>
+        <v>65.207999999999998</v>
       </c>
       <c r="D38" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E38" s="71">
-        <v>3578.24</v>
+        <v>3895.6950000000002</v>
       </c>
       <c r="F38" s="72">
-        <v>1.0698646581620903</v>
+        <v>1.0630583633762023</v>
       </c>
       <c r="G38" s="70">
-        <v>38.97</v>
+        <v>50.421999999999997</v>
       </c>
       <c r="H38" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I38" s="71">
-        <v>2428.857</v>
+        <v>3083.105</v>
       </c>
       <c r="J38" s="72">
-        <v>0.89974307914772778</v>
+        <v>1.0595036796722026</v>
       </c>
       <c r="K38" s="86">
-        <v>-35.086784155645134</v>
+        <v>-22.675131885658203</v>
       </c>
       <c r="L38" s="87">
-        <v>-32.121461947773206</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-20.85866578364066</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="68"/>
       <c r="B39" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C39" s="88">
-        <v>159.62899999999999</v>
+        <v>167.339</v>
       </c>
       <c r="D39" s="89" t="s">
         <v>76</v>
       </c>
       <c r="E39" s="90">
-        <v>17860.920999999998</v>
+        <v>18906.098999999998</v>
       </c>
       <c r="F39" s="91">
-        <v>5.34027011606966</v>
+        <v>5.1591016906530029</v>
       </c>
       <c r="G39" s="88">
-        <v>141.708</v>
+        <v>151.16499999999999</v>
       </c>
       <c r="H39" s="89" t="s">
         <v>76</v>
       </c>
       <c r="I39" s="90">
-        <v>18304.496999999999</v>
+        <v>19593.824000000001</v>
       </c>
       <c r="J39" s="91">
-        <v>6.7806974609992876</v>
+        <v>6.7333835944119693</v>
       </c>
       <c r="K39" s="86">
-        <v>-11.226656810479295</v>
+        <v>-9.665409737120461</v>
       </c>
       <c r="L39" s="87">
-        <v>2.4835001509720631</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>3.6375827715701812</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A40" s="68"/>
       <c r="B40" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C40" s="70">
-        <v>307.38400000000001</v>
+        <v>352.54199999999992</v>
       </c>
       <c r="D40" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E40" s="71">
-        <v>26202.072000000015</v>
+        <v>30179.74099999998</v>
       </c>
       <c r="F40" s="72">
-        <v>7.8342064264606321</v>
+        <v>8.2354563369508238</v>
       </c>
       <c r="G40" s="70">
-        <v>245.89499999999998</v>
+        <v>271.7940000000001</v>
       </c>
       <c r="H40" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I40" s="71">
-        <v>22364.558999999994</v>
+        <v>24832.005000000005</v>
       </c>
       <c r="J40" s="72">
-        <v>8.2847023017168251</v>
+        <v>8.5334753993582879</v>
       </c>
       <c r="K40" s="85">
-        <v>-20.00396897691488</v>
+        <v>-22.90450499514947</v>
       </c>
       <c r="L40" s="74">
-        <v>-14.645837932206348</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-17.719621914581634</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="76">
         <v>4407</v>
       </c>
       <c r="B41" s="39" t="s">
         <v>67</v>
       </c>
       <c r="C41" s="77">
-        <v>2820.1190000000001</v>
+        <v>3068.3629999999998</v>
       </c>
       <c r="D41" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E41" s="79">
-        <v>679899.36100000003</v>
+        <v>745746.929</v>
       </c>
       <c r="F41" s="80">
         <v>100</v>
       </c>
       <c r="G41" s="77">
-        <v>2655.81</v>
+        <v>2853.703</v>
       </c>
       <c r="H41" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I41" s="79">
-        <v>741269.16</v>
+        <v>795230.41500000004</v>
       </c>
       <c r="J41" s="80">
         <v>100</v>
       </c>
       <c r="K41" s="81">
-        <v>-5.8263144214836391</v>
+        <v>-6.9959128043194321</v>
       </c>
       <c r="L41" s="82">
-        <v>9.0263063212380334</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>6.6354260508124776</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="76"/>
       <c r="B42" s="39" t="s">
         <v>63</v>
       </c>
       <c r="C42" s="77">
-        <v>2412.5830000000001</v>
+        <v>2622.7049999999999</v>
       </c>
       <c r="D42" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E42" s="79">
-        <v>592122.02899999998</v>
+        <v>649449.05799999996</v>
       </c>
       <c r="F42" s="80">
-        <v>87.089658111915767</v>
+        <v>87.087057652502907</v>
       </c>
       <c r="G42" s="77">
-        <v>2285.9560000000001</v>
+        <v>2454.5059999999999</v>
       </c>
       <c r="H42" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I42" s="79">
-        <v>657071.44200000004</v>
+        <v>703995.19499999995</v>
       </c>
       <c r="J42" s="80">
-        <v>88.641410901271001</v>
+        <v>88.527196862811138</v>
       </c>
       <c r="K42" s="81">
-        <v>-5.2486069909304653</v>
+        <v>-6.413187910954532</v>
       </c>
       <c r="L42" s="82">
-        <v>10.968923603414874</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>8.3988322606820986</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" s="68"/>
       <c r="B43" s="83" t="s">
         <v>51</v>
       </c>
       <c r="C43" s="70">
-        <v>809.20699999999999</v>
+        <v>866.47500000000002</v>
       </c>
       <c r="D43" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E43" s="71">
-        <v>236138.389</v>
+        <v>253944.66500000001</v>
       </c>
       <c r="F43" s="72">
-        <v>34.731373868727609</v>
+        <v>34.05239165255751</v>
       </c>
       <c r="G43" s="70">
-        <v>883.423</v>
+        <v>938.36699999999996</v>
       </c>
       <c r="H43" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I43" s="71">
-        <v>283822.44</v>
+        <v>301180.02799999999</v>
       </c>
       <c r="J43" s="72">
-        <v>38.288715532155685</v>
+        <v>37.873303424894786</v>
       </c>
       <c r="K43" s="85">
-        <v>9.1714480967169116</v>
+        <v>8.2970656972214929</v>
       </c>
       <c r="L43" s="74">
-        <v>20.19326514504171</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>18.600651838856304</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A44" s="68"/>
       <c r="B44" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C44" s="70">
-        <v>189.184</v>
+        <v>208.35599999999999</v>
       </c>
       <c r="D44" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E44" s="71">
-        <v>42728.061999999998</v>
+        <v>47549.489000000001</v>
       </c>
       <c r="F44" s="72">
-        <v>6.2844686215258845</v>
+        <v>6.3760891464562768</v>
       </c>
       <c r="G44" s="70">
-        <v>189.745</v>
+        <v>210.45</v>
       </c>
       <c r="H44" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I44" s="71">
-        <v>45531.03</v>
+        <v>50356.065999999999</v>
       </c>
       <c r="J44" s="72">
-        <v>6.1423073367843868</v>
+        <v>6.3322610717800574</v>
       </c>
       <c r="K44" s="85">
-        <v>0.2965367050067696</v>
+        <v>1.0050106548407505</v>
       </c>
       <c r="L44" s="74">
-        <v>6.5600166934788682</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>5.9024335676877566</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A45" s="68"/>
       <c r="B45" s="83" t="s">
         <v>82</v>
       </c>
       <c r="C45" s="70">
-        <v>105.199</v>
+        <v>115.065</v>
       </c>
       <c r="D45" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E45" s="71">
-        <v>32682.732</v>
+        <v>35292.144999999997</v>
       </c>
       <c r="F45" s="72">
-        <v>4.8069955459187437</v>
+        <v>4.7324559616121453</v>
       </c>
       <c r="G45" s="70">
-        <v>157.37100000000001</v>
+        <v>159.39400000000001</v>
       </c>
       <c r="H45" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I45" s="71">
-        <v>41679.339999999997</v>
+        <v>42100.048999999999</v>
       </c>
       <c r="J45" s="72">
-        <v>5.6226998570937434</v>
+        <v>5.2940692667042919</v>
       </c>
       <c r="K45" s="85">
-        <v>49.59362731584902</v>
+        <v>38.52518141919785</v>
       </c>
       <c r="L45" s="74">
-        <v>27.527099019751461</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>19.290139491379747</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A46" s="68"/>
       <c r="B46" s="83" t="s">
         <v>57</v>
       </c>
       <c r="C46" s="70">
-        <v>111.69</v>
+        <v>122.721</v>
       </c>
       <c r="D46" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E46" s="71">
-        <v>26466.826000000001</v>
+        <v>29055.325000000001</v>
       </c>
       <c r="F46" s="72">
-        <v>3.8927564163426238</v>
+        <v>3.8961373986429115</v>
       </c>
       <c r="G46" s="70">
-        <v>103.71599999999999</v>
+        <v>113.321</v>
       </c>
       <c r="H46" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I46" s="71">
-        <v>25889.18</v>
+        <v>28313.279999999999</v>
       </c>
       <c r="J46" s="72">
-        <v>3.4925478351210506</v>
+        <v>3.5603869603000531</v>
       </c>
       <c r="K46" s="85">
-        <v>-7.1394037066881575</v>
+        <v>-7.6596507525199478</v>
       </c>
       <c r="L46" s="74">
-        <v>-2.1825284225618917</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-2.5539036304016625</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A47" s="68"/>
       <c r="B47" s="83" t="s">
         <v>55</v>
       </c>
       <c r="C47" s="70">
-        <v>137.88</v>
+        <v>153.17500000000001</v>
       </c>
       <c r="D47" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E47" s="71">
-        <v>31019.274000000001</v>
+        <v>34587.756999999998</v>
       </c>
       <c r="F47" s="72">
-        <v>4.5623331597748038</v>
+        <v>4.638001935372368</v>
       </c>
       <c r="G47" s="70">
-        <v>143.34700000000001</v>
+        <v>156.863</v>
       </c>
       <c r="H47" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I47" s="71">
-        <v>35135.281999999999</v>
+        <v>38369.442000000003</v>
       </c>
       <c r="J47" s="72">
-        <v>4.7398817994802318</v>
+        <v>4.8249464905086672</v>
       </c>
       <c r="K47" s="85">
-        <v>3.9650420655642686</v>
+        <v>2.4077036069854665</v>
       </c>
       <c r="L47" s="74">
-        <v>13.269195146217793</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>10.933594219480625</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A48" s="68"/>
       <c r="B48" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C48" s="70">
-        <v>1059.4230000000002</v>
+        <v>1156.9129999999998</v>
       </c>
       <c r="D48" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E48" s="71">
-        <v>223086.74599999998</v>
+        <v>249019.67699999997</v>
       </c>
       <c r="F48" s="72">
-        <v>32.811730499626101</v>
+        <v>33.391981557861698</v>
       </c>
       <c r="G48" s="70">
-        <v>808.35400000000004</v>
+        <v>876.11099999999988</v>
       </c>
       <c r="H48" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I48" s="71">
-        <v>225014.1700000001</v>
+        <v>243676.33000000002</v>
       </c>
       <c r="J48" s="72">
-        <v>30.355258540635909</v>
+        <v>30.642229648623289</v>
       </c>
       <c r="K48" s="85">
-        <v>-23.698654833810494</v>
+        <v>-24.27166087683343</v>
       </c>
       <c r="L48" s="74">
-        <v>0.86397961087303476</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-2.1457529237739519</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A49" s="76"/>
       <c r="B49" s="39" t="s">
         <v>66</v>
       </c>
       <c r="C49" s="77">
-        <v>407.536</v>
+        <v>445.65800000000002</v>
       </c>
       <c r="D49" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E49" s="79">
-        <v>87777.331999999995</v>
+        <v>96297.870999999999</v>
       </c>
       <c r="F49" s="80">
-        <v>12.910341888084226</v>
+        <v>12.912942347497081</v>
       </c>
       <c r="G49" s="77">
-        <v>369.85399999999998</v>
+        <v>399.197</v>
       </c>
       <c r="H49" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I49" s="79">
-        <v>84197.717999999993</v>
+        <v>91235.22</v>
       </c>
       <c r="J49" s="80">
-        <v>11.358589098728993</v>
+        <v>11.47280313718886</v>
       </c>
       <c r="K49" s="81">
-        <v>-9.2462997133995568</v>
+        <v>-10.425258830762605</v>
       </c>
       <c r="L49" s="82">
-        <v>-4.0780619761831014</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-5.2572823754327844</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A50" s="68"/>
       <c r="B50" s="83" t="s">
         <v>51</v>
       </c>
       <c r="C50" s="70">
-        <v>65.247</v>
+        <v>71.114999999999995</v>
       </c>
       <c r="D50" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E50" s="71">
-        <v>15282.255999999999</v>
+        <v>16736.117999999999</v>
       </c>
       <c r="F50" s="72">
-        <v>2.247723247970518</v>
+        <v>2.2442087723300563</v>
       </c>
       <c r="G50" s="70">
-        <v>66.063000000000002</v>
+        <v>69.48</v>
       </c>
       <c r="H50" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I50" s="71">
-        <v>16196.422</v>
+        <v>17110.188999999998</v>
       </c>
       <c r="J50" s="72">
-        <v>2.1849582950408997</v>
+        <v>2.1516014323974262</v>
       </c>
       <c r="K50" s="85">
-        <v>1.2506322129753131</v>
+        <v>-2.2990930183505465</v>
       </c>
       <c r="L50" s="74">
-        <v>5.9818785917471944</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>2.2351121090326918</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A51" s="68"/>
       <c r="B51" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C51" s="70">
-        <v>42.058</v>
+        <v>44.634</v>
       </c>
       <c r="D51" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E51" s="71">
-        <v>10089.258</v>
+        <v>11176.444</v>
       </c>
       <c r="F51" s="72">
-        <v>1.4839340318191592</v>
+        <v>1.4986912537456789</v>
       </c>
       <c r="G51" s="70">
-        <v>25.053999999999998</v>
+        <v>28.021000000000001</v>
       </c>
       <c r="H51" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I51" s="71">
-        <v>10296.703</v>
+        <v>11506.912</v>
       </c>
       <c r="J51" s="72">
-        <v>1.3890639939748737</v>
+        <v>1.4469909328103352</v>
       </c>
       <c r="K51" s="85">
-        <v>-40.42988254315469</v>
+        <v>-37.22050454810234</v>
       </c>
       <c r="L51" s="74">
-        <v>2.0560976832984119</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>2.9568259815018156</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A52" s="68"/>
       <c r="B52" s="83" t="s">
         <v>65</v>
       </c>
       <c r="C52" s="70">
-        <v>11.564</v>
+        <v>11.611000000000001</v>
       </c>
       <c r="D52" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E52" s="71">
-        <v>2026.703</v>
+        <v>2080.7060000000001</v>
       </c>
       <c r="F52" s="72">
-        <v>0.29808867550913903</v>
+        <v>0.27900966388022497</v>
       </c>
       <c r="G52" s="70">
-        <v>0.77500000000000002</v>
+        <v>0.83499999999999996</v>
       </c>
       <c r="H52" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I52" s="71">
-        <v>1075.9780000000001</v>
+        <v>1125.249</v>
       </c>
       <c r="J52" s="72">
-        <v>0.14515348244084508</v>
+        <v>0.14149974381953184</v>
       </c>
       <c r="K52" s="85">
-        <v>-93.298166724316843</v>
+        <v>-92.808543622426996</v>
       </c>
       <c r="L52" s="74">
-        <v>-46.909932042336742</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-45.919846436738304</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A53" s="68"/>
       <c r="B53" s="83" t="s">
         <v>54</v>
       </c>
       <c r="C53" s="70">
-        <v>1.482</v>
+        <v>2.2010000000000001</v>
       </c>
       <c r="D53" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E53" s="71">
-        <v>2088.2579999999998</v>
+        <v>2385.8310000000001</v>
       </c>
       <c r="F53" s="72">
-        <v>0.30714222130295538</v>
+        <v>0.31992501842404503</v>
       </c>
       <c r="G53" s="70">
-        <v>6.4160000000000004</v>
+        <v>7.2919999999999998</v>
       </c>
       <c r="H53" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I53" s="71">
-        <v>2662.134</v>
+        <v>2937.1819999999998</v>
       </c>
       <c r="J53" s="72">
-        <v>0.3591318975147974</v>
+        <v>0.36934980662177003</v>
       </c>
       <c r="K53" s="85">
-        <v>332.92847503373821</v>
+        <v>231.3039527487505</v>
       </c>
       <c r="L53" s="74">
-        <v>27.481087107052875</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>23.109390396888951</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A54" s="68"/>
       <c r="B54" s="83" t="s">
         <v>72</v>
       </c>
       <c r="C54" s="70">
-        <v>2.8130000000000002</v>
+        <v>3.1230000000000002</v>
       </c>
       <c r="D54" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E54" s="71">
-        <v>1139.287</v>
+        <v>1278.135</v>
       </c>
       <c r="F54" s="72">
-        <v>0.16756700555275267</v>
+        <v>0.17138991128182035</v>
       </c>
       <c r="G54" s="70">
-        <v>2.7090000000000001</v>
+        <v>2.8479999999999999</v>
       </c>
       <c r="H54" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I54" s="71">
-        <v>1340.886</v>
+        <v>1515.5889999999999</v>
       </c>
       <c r="J54" s="72">
-        <v>0.1808905688184842</v>
+        <v>0.19058488853196087</v>
       </c>
       <c r="K54" s="85">
-        <v>-3.6971205119089969</v>
+        <v>-8.8056356067883552</v>
       </c>
       <c r="L54" s="74">
-        <v>17.695190061854468</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>18.578162713641355</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A55" s="68"/>
       <c r="B55" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C55" s="70">
-        <v>284.37200000000001</v>
+        <v>312.97400000000005</v>
       </c>
       <c r="D55" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E55" s="71">
-        <v>57151.569999999992</v>
+        <v>62640.637000000002</v>
       </c>
       <c r="F55" s="72">
-        <v>8.4058867059297011</v>
+        <v>8.3997177278352559</v>
       </c>
       <c r="G55" s="70">
-        <v>268.83699999999999</v>
+        <v>290.721</v>
       </c>
       <c r="H55" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I55" s="71">
-        <v>52625.594999999994</v>
+        <v>57040.099000000002</v>
       </c>
       <c r="J55" s="72">
-        <v>7.099390860939093</v>
+        <v>7.1727763330078362</v>
       </c>
       <c r="K55" s="85">
-        <v>-5.4629147736064114</v>
+        <v>-7.1101752861260161</v>
       </c>
       <c r="L55" s="74">
-        <v>-7.9192487625449299</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-8.9407424129483228</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A56" s="76">
         <v>4412</v>
       </c>
       <c r="B56" s="39" t="s">
         <v>30</v>
       </c>
       <c r="C56" s="77">
-        <v>275.005</v>
+        <v>304.11399999999998</v>
       </c>
       <c r="D56" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E56" s="79">
-        <v>306848.28200000001</v>
+        <v>338751.95899999997</v>
       </c>
       <c r="F56" s="80">
         <v>100</v>
       </c>
       <c r="G56" s="77">
-        <v>288.803</v>
+        <v>317.67099999999999</v>
       </c>
       <c r="H56" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I56" s="79">
-        <v>320540.86700000003</v>
+        <v>351227.679</v>
       </c>
       <c r="J56" s="80">
         <v>100</v>
       </c>
       <c r="K56" s="81">
-        <v>5.0173633206668979</v>
+        <v>4.45786777326924</v>
       </c>
       <c r="L56" s="82">
-        <v>4.4623306706341674</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>3.6828480746881915</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A57" s="76"/>
       <c r="B57" s="83" t="s">
         <v>53</v>
       </c>
       <c r="C57" s="70">
-        <v>42.3</v>
+        <v>45.844000000000001</v>
       </c>
       <c r="D57" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E57" s="71">
-        <v>47459.023999999998</v>
+        <v>51442.665999999997</v>
       </c>
       <c r="F57" s="72">
-        <v>15.46660899994871</v>
+        <v>15.185939042790894</v>
       </c>
       <c r="G57" s="70">
-        <v>41.128999999999998</v>
+        <v>45.008000000000003</v>
       </c>
       <c r="H57" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I57" s="71">
-        <v>46105.24</v>
+        <v>50344.124000000003</v>
       </c>
       <c r="J57" s="72">
-        <v>14.383576244585374</v>
+        <v>14.333757562427191</v>
       </c>
       <c r="K57" s="85">
-        <v>-2.7683215130023626</v>
+        <v>-1.8235756042230138</v>
       </c>
       <c r="L57" s="74">
-        <v>-2.8525323234628672</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-2.1354686399806613</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A58" s="76"/>
       <c r="B58" s="83" t="s">
         <v>51</v>
       </c>
       <c r="C58" s="70">
-        <v>24.984000000000002</v>
+        <v>26.95</v>
       </c>
       <c r="D58" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E58" s="71">
-        <v>30708.29</v>
+        <v>33172.302000000003</v>
       </c>
       <c r="F58" s="72">
-        <v>10.007646058777674</v>
+        <v>9.7925048457062953</v>
       </c>
       <c r="G58" s="70">
-        <v>25.292999999999999</v>
+        <v>27.116</v>
       </c>
       <c r="H58" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I58" s="71">
-        <v>30790.252</v>
+        <v>33038.682999999997</v>
       </c>
       <c r="J58" s="72">
-        <v>9.6057180752555951</v>
+        <v>9.4066285134663321</v>
       </c>
       <c r="K58" s="85">
-        <v>1.2367915465898074</v>
+        <v>0.61595547309833165</v>
       </c>
       <c r="L58" s="74">
-        <v>0.26690512561917168</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-0.40280291672252966</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A59" s="76"/>
       <c r="B59" s="83" t="s">
         <v>68</v>
       </c>
       <c r="C59" s="70">
-        <v>16.733000000000001</v>
+        <v>18.863</v>
       </c>
       <c r="D59" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E59" s="71">
-        <v>16384.47</v>
+        <v>18406.805</v>
       </c>
       <c r="F59" s="72">
-        <v>5.339599717882729</v>
+        <v>5.4337117501363297</v>
       </c>
       <c r="G59" s="70">
-        <v>17.754000000000001</v>
+        <v>19.492999999999999</v>
       </c>
       <c r="H59" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I59" s="71">
-        <v>18304.580999999998</v>
+        <v>20065.156999999999</v>
       </c>
       <c r="J59" s="72">
-        <v>5.7105295718813904</v>
+        <v>5.71286325073486</v>
       </c>
       <c r="K59" s="85">
-        <v>6.1017151736090405</v>
+        <v>3.3398717065153951</v>
       </c>
       <c r="L59" s="74">
-        <v>11.719091310246819</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>9.0094505809128691</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A60" s="76"/>
       <c r="B60" s="83" t="s">
         <v>59</v>
       </c>
       <c r="C60" s="70">
-        <v>15.534000000000001</v>
+        <v>17.05</v>
       </c>
       <c r="D60" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E60" s="71">
-        <v>19076.163</v>
+        <v>20825.457999999999</v>
       </c>
       <c r="F60" s="72">
-        <v>6.216806193492066</v>
+        <v>6.1477011266523771</v>
       </c>
       <c r="G60" s="70">
-        <v>13.106999999999999</v>
+        <v>14.722</v>
       </c>
       <c r="H60" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I60" s="71">
-        <v>15689.791999999999</v>
+        <v>17582.288</v>
       </c>
       <c r="J60" s="72">
-        <v>4.8947867854865441</v>
+        <v>5.0059517091760872</v>
       </c>
       <c r="K60" s="85">
-        <v>-15.623792970258796</v>
+        <v>-13.653958944281531</v>
       </c>
       <c r="L60" s="74">
-        <v>-17.751845588654287</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-15.573102882059056</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A61" s="76"/>
       <c r="B61" s="83" t="s">
         <v>60</v>
       </c>
       <c r="C61" s="70">
-        <v>21.603999999999999</v>
+        <v>23.89</v>
       </c>
       <c r="D61" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E61" s="71">
-        <v>18932.900000000001</v>
+        <v>20997.81</v>
       </c>
       <c r="F61" s="72">
-        <v>6.1701176479130497</v>
+        <v>6.1985796516087461</v>
       </c>
       <c r="G61" s="70">
-        <v>28.890999999999998</v>
+        <v>32.213999999999999</v>
       </c>
       <c r="H61" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I61" s="71">
-        <v>23731.1</v>
+        <v>26492.454000000002</v>
       </c>
       <c r="J61" s="72">
-        <v>7.4034553603425541</v>
+        <v>7.5428149841231624</v>
       </c>
       <c r="K61" s="85">
-        <v>33.729864839844467</v>
+        <v>34.843030556718283</v>
       </c>
       <c r="L61" s="74">
-        <v>25.343185671503026</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>26.167700345893213</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A62" s="68"/>
       <c r="B62" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C62" s="70">
-        <v>153.85</v>
+        <v>171.517</v>
       </c>
       <c r="D62" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E62" s="71">
-        <v>174287.435</v>
+        <v>193906.91799999998</v>
       </c>
       <c r="F62" s="72">
-        <v>56.799221381985774</v>
+        <v>57.241563583105354</v>
       </c>
       <c r="G62" s="70">
-        <v>162.62899999999999</v>
+        <v>179.11799999999999</v>
       </c>
       <c r="H62" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I62" s="71">
-        <v>185919.90200000003</v>
+        <v>203704.973</v>
       </c>
       <c r="J62" s="72">
-        <v>58.00193396244854</v>
+        <v>57.99798398007237</v>
       </c>
       <c r="K62" s="85">
-        <v>5.7062073448163773</v>
+        <v>4.431630683838919</v>
       </c>
       <c r="L62" s="74">
-        <v>6.6743004164356616</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>5.0529682494360637</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A63" s="61" t="s">
         <v>69</v>
       </c>
       <c r="B63" s="61" t="s">
         <v>43</v>
       </c>
       <c r="C63" s="62" t="s">
         <v>74</v>
       </c>
       <c r="D63" s="63"/>
       <c r="E63" s="63">
-        <v>158285.43900000001</v>
+        <v>175691.04699999999</v>
       </c>
       <c r="F63" s="64">
         <v>100</v>
       </c>
       <c r="G63" s="62" t="s">
         <v>74</v>
       </c>
       <c r="H63" s="63"/>
       <c r="I63" s="63">
-        <v>168305.45300000001</v>
+        <v>182302.03599999999</v>
       </c>
       <c r="J63" s="64">
         <v>100</v>
       </c>
       <c r="K63" s="65" t="s">
         <v>74</v>
       </c>
       <c r="L63" s="66">
-        <v>6.330344764056278</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>3.7628491109168478</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A64" s="68"/>
       <c r="B64" s="69" t="s">
         <v>56</v>
       </c>
       <c r="C64" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D64" s="71"/>
       <c r="E64" s="71">
-        <v>43552.970999999998</v>
+        <v>48113.182000000001</v>
       </c>
       <c r="F64" s="72">
-        <v>27.515462745755151</v>
+        <v>27.385107449442206</v>
       </c>
       <c r="G64" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H64" s="71"/>
       <c r="I64" s="71">
-        <v>46369.752999999997</v>
+        <v>51163.938000000002</v>
       </c>
       <c r="J64" s="72">
-        <v>27.550951067521261</v>
+        <v>28.065478105795812</v>
       </c>
       <c r="K64" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L64" s="74">
-        <v>6.467485306570703</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>6.3407903472275038</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A65" s="68"/>
       <c r="B65" s="69" t="s">
         <v>53</v>
       </c>
       <c r="C65" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D65" s="71"/>
       <c r="E65" s="71">
-        <v>17595.203000000001</v>
+        <v>19984.453000000001</v>
       </c>
       <c r="F65" s="72">
-        <v>11.116122311162178</v>
+        <v>11.374770280696206</v>
       </c>
       <c r="G65" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H65" s="71"/>
       <c r="I65" s="71">
-        <v>17683.978999999999</v>
+        <v>18732.594000000001</v>
       </c>
       <c r="J65" s="72">
-        <v>10.507074301389389</v>
+        <v>10.275581343479896</v>
       </c>
       <c r="K65" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L65" s="74">
-        <v>0.50454660852732425</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-6.2641644482338359</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A66" s="68"/>
       <c r="B66" s="69" t="s">
         <v>54</v>
       </c>
       <c r="C66" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D66" s="71"/>
       <c r="E66" s="71">
-        <v>13865.557000000001</v>
+        <v>15236.213</v>
       </c>
       <c r="F66" s="72">
-        <v>8.7598436644573479</v>
+        <v>8.6721624466157348</v>
       </c>
       <c r="G66" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H66" s="71"/>
       <c r="I66" s="71">
-        <v>14174.532999999999</v>
+        <v>15387.584999999999</v>
       </c>
       <c r="J66" s="72">
-        <v>8.4219095384865508</v>
+        <v>8.4407093511561229</v>
       </c>
       <c r="K66" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L66" s="74">
-        <v>2.2283706309093732</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>0.99350146916428239</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A67" s="94"/>
       <c r="B67" s="69" t="s">
         <v>51</v>
       </c>
       <c r="C67" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D67" s="71"/>
       <c r="E67" s="71">
-        <v>10029.843999999999</v>
+        <v>11047.583000000001</v>
       </c>
       <c r="F67" s="72">
-        <v>6.3365550636657098</v>
+        <v>6.2880739733994533</v>
       </c>
       <c r="G67" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H67" s="71"/>
       <c r="I67" s="71">
-        <v>11848.245000000001</v>
+        <v>12707.710999999999</v>
       </c>
       <c r="J67" s="72">
-        <v>7.0397273462078491</v>
+        <v>6.970690661951795</v>
       </c>
       <c r="K67" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L67" s="74">
-        <v>18.129903117137232</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>15.027069721947313</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A68" s="94"/>
       <c r="B68" s="69" t="s">
         <v>59</v>
       </c>
       <c r="C68" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D68" s="71"/>
       <c r="E68" s="71">
-        <v>11900.905000000001</v>
+        <v>12950.877</v>
       </c>
       <c r="F68" s="72">
-        <v>7.5186353686014034</v>
+        <v>7.3713926925371442</v>
       </c>
       <c r="G68" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H68" s="71"/>
       <c r="I68" s="71">
-        <v>10967.233</v>
+        <v>11782.334999999999</v>
       </c>
       <c r="J68" s="72">
-        <v>6.5162671823829736</v>
+        <v>6.4630847019174267</v>
       </c>
       <c r="K68" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L68" s="74">
-        <v>-7.8453865483339325</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-9.0228792999887286</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A69" s="95"/>
       <c r="B69" s="96" t="s">
         <v>61</v>
       </c>
       <c r="C69" s="97" t="s">
         <v>74</v>
       </c>
       <c r="D69" s="98"/>
       <c r="E69" s="98">
-        <v>61340.959000000017</v>
+        <v>68358.738999999972</v>
       </c>
       <c r="F69" s="99">
-        <v>38.753380846358212</v>
+        <v>38.908493157309252</v>
       </c>
       <c r="G69" s="97" t="s">
         <v>74</v>
       </c>
       <c r="H69" s="98"/>
       <c r="I69" s="98">
-        <v>67261.710000000021</v>
+        <v>72527.872999999992</v>
       </c>
       <c r="J69" s="99">
-        <v>39.964070564011976</v>
+        <v>39.784455835698942</v>
       </c>
       <c r="K69" s="100" t="s">
         <v>74</v>
       </c>
       <c r="L69" s="101">
-        <v>9.6521982970628191</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>6.0989041942391911</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="L71" s="3" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:F4"/>
     <mergeCell ref="G4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="G5:H5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A33961D3-2922-40AB-86A0-8E652E75B414}">
   <dimension ref="A1:M48"/>
   <sheetViews>
-    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+    <sheetView topLeftCell="A14" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
       <selection activeCell="M43" sqref="M43"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="24.109375" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="11.109375" customWidth="1"/>
+    <col min="1" max="1" width="24.08984375" customWidth="1"/>
+    <col min="2" max="2" width="55.36328125" customWidth="1"/>
+    <col min="3" max="3" width="11.36328125" customWidth="1"/>
+    <col min="4" max="4" width="5.453125" customWidth="1"/>
+    <col min="5" max="5" width="16.08984375" customWidth="1"/>
+    <col min="6" max="6" width="10.08984375" customWidth="1"/>
+    <col min="7" max="7" width="11.08984375" customWidth="1"/>
     <col min="8" max="8" width="6" customWidth="1"/>
-    <col min="9" max="9" width="16.44140625" customWidth="1"/>
-    <col min="10" max="10" width="11.44140625" customWidth="1"/>
+    <col min="9" max="9" width="16.453125" customWidth="1"/>
+    <col min="10" max="10" width="11.453125" customWidth="1"/>
     <col min="11" max="11" width="11" customWidth="1"/>
-    <col min="12" max="12" width="11.6640625" customWidth="1"/>
+    <col min="12" max="12" width="11.6328125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:13" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
     </row>
-    <row r="2" spans="1:13" ht="24" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="2" spans="1:13" ht="24" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A2" s="116" t="s">
         <v>70</v>
       </c>
       <c r="B2" s="105"/>
       <c r="C2" s="105"/>
       <c r="D2" s="105"/>
       <c r="E2" s="105"/>
       <c r="F2" s="105"/>
       <c r="G2" s="105"/>
       <c r="H2" s="105"/>
       <c r="I2" s="105"/>
       <c r="J2" s="105"/>
       <c r="K2" s="105"/>
       <c r="L2" s="106"/>
       <c r="M2" s="3"/>
     </row>
-    <row r="3" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
       <c r="H3" s="5"/>
       <c r="I3" s="5"/>
       <c r="J3" s="5"/>
       <c r="K3" s="5"/>
       <c r="L3" s="6"/>
       <c r="M3" s="3"/>
     </row>
-    <row r="4" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="107" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="109" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="111" t="s">
         <v>83</v>
       </c>
       <c r="D4" s="112"/>
       <c r="E4" s="112"/>
       <c r="F4" s="113"/>
       <c r="G4" s="111" t="s">
         <v>85</v>
       </c>
       <c r="H4" s="112"/>
       <c r="I4" s="112"/>
       <c r="J4" s="113"/>
       <c r="K4" s="114" t="s">
         <v>81</v>
       </c>
       <c r="L4" s="115"/>
       <c r="M4" s="7"/>
     </row>
-    <row r="5" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="108"/>
       <c r="B5" s="110"/>
       <c r="C5" s="114" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="115"/>
       <c r="E5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G5" s="114" t="s">
         <v>3</v>
       </c>
       <c r="H5" s="115"/>
       <c r="I5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="J5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K5" s="10" t="s">
         <v>6</v>
       </c>
       <c r="L5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="M5" s="7"/>
     </row>
-    <row r="6" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="11">
         <v>3605</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="13" t="s">
         <v>74</v>
       </c>
       <c r="D6" s="14"/>
       <c r="E6" s="14">
-        <v>188.14099999999999</v>
+        <v>192.858</v>
       </c>
       <c r="F6" s="14">
-        <v>2.2315032501285421E-2</v>
+        <v>2.0845309859594961E-2</v>
       </c>
       <c r="G6" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H6" s="16"/>
       <c r="I6" s="16">
-        <v>160.22800000000001</v>
+        <v>192.613</v>
       </c>
       <c r="J6" s="17">
-        <v>1.8166556488333024E-2</v>
+        <v>1.9946950306218302E-2</v>
       </c>
       <c r="K6" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L6" s="17">
-        <v>-14.836213265582721</v>
+        <v>-0.12703647243049526</v>
       </c>
       <c r="M6" s="18"/>
     </row>
-    <row r="7" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="11">
         <v>44</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D7" s="16"/>
       <c r="E7" s="16">
-        <v>461467.75199999998</v>
+        <v>506963.96600000001</v>
       </c>
       <c r="F7" s="16">
-        <v>54.733778837016494</v>
+        <v>54.795865138698758</v>
       </c>
       <c r="G7" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H7" s="16"/>
       <c r="I7" s="16">
-        <v>504141.804</v>
+        <v>551039.05799999996</v>
       </c>
       <c r="J7" s="17">
-        <v>57.159301498465396</v>
+        <v>57.065456156704606</v>
       </c>
       <c r="K7" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L7" s="17">
-        <v>9.2474613480683754</v>
+        <v>8.6939299350518215</v>
       </c>
       <c r="M7" s="18"/>
     </row>
-    <row r="8" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="19">
         <v>4401</v>
       </c>
       <c r="B8" s="20" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="21">
-        <v>420.85046799999998</v>
+        <v>461.264387</v>
       </c>
       <c r="D8" s="22" t="s">
         <v>75</v>
       </c>
       <c r="E8" s="23">
-        <v>47568.012000000002</v>
+        <v>51651.328000000001</v>
       </c>
       <c r="F8" s="23">
-        <v>5.6419479741339478</v>
+        <v>5.5828015266132249</v>
       </c>
       <c r="G8" s="21">
-        <v>427.86523</v>
+        <v>453.30737199999999</v>
       </c>
       <c r="H8" s="22" t="s">
         <v>75</v>
       </c>
       <c r="I8" s="23">
-        <v>40349.245000000003</v>
+        <v>42823.669000000002</v>
       </c>
       <c r="J8" s="23">
-        <v>4.5747736884570038</v>
+        <v>4.4348076063035267</v>
       </c>
       <c r="K8" s="21">
-        <v>1.6668062728636479</v>
+        <v>-1.7250442965587136</v>
       </c>
       <c r="L8" s="24">
-        <v>-15.175675199543759</v>
+        <v>-17.090865504948873</v>
       </c>
       <c r="M8" s="25"/>
     </row>
-    <row r="9" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="26">
         <v>44011</v>
       </c>
       <c r="B9" s="27" t="s">
         <v>79</v>
       </c>
       <c r="C9" s="37">
-        <v>22.823005999999999</v>
+        <v>25.040103999999999</v>
       </c>
       <c r="D9" s="102" t="s">
         <v>75</v>
       </c>
       <c r="E9" s="31">
-        <v>1963.2560000000001</v>
+        <v>2157.1109999999999</v>
       </c>
       <c r="F9" s="31">
-        <v>0.23285791745735177</v>
+        <v>0.23315417144500486</v>
       </c>
       <c r="G9" s="37">
-        <v>21.416839</v>
+        <v>22.880821999999998</v>
       </c>
       <c r="H9" s="102" t="s">
         <v>75</v>
       </c>
       <c r="I9" s="31">
-        <v>1777.5820000000001</v>
+        <v>1976.4090000000001</v>
       </c>
       <c r="J9" s="31">
-        <v>0.20154120263402148</v>
+        <v>0.20467638273513525</v>
       </c>
       <c r="K9" s="37">
-        <v>-6.1611822737110096</v>
+        <v>-8.623294855324886</v>
       </c>
       <c r="L9" s="32">
-        <v>-9.4574523139111744</v>
+        <v>-8.3770376211516133</v>
       </c>
       <c r="M9" s="25"/>
     </row>
-    <row r="10" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="26">
         <v>44012</v>
       </c>
       <c r="B10" s="27" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="37">
-        <v>43.699762999999997</v>
+        <v>49.369981000000003</v>
       </c>
       <c r="D10" s="102" t="s">
         <v>75</v>
       </c>
       <c r="E10" s="31">
-        <v>4229.6989999999996</v>
+        <v>4737.4489999999996</v>
       </c>
       <c r="F10" s="31">
-        <v>0.5016762463027965</v>
+        <v>0.51205338823916191</v>
       </c>
       <c r="G10" s="37">
-        <v>67.214601000000002</v>
+        <v>70.789968000000002</v>
       </c>
       <c r="H10" s="102" t="s">
         <v>75</v>
       </c>
       <c r="I10" s="31">
-        <v>5569.1760000000004</v>
+        <v>5932.2969999999996</v>
       </c>
       <c r="J10" s="31">
-        <v>0.63142990237329644</v>
+        <v>0.61434707657701138</v>
       </c>
       <c r="K10" s="37">
-        <v>53.809989770425084</v>
+        <v>43.386662433595021</v>
       </c>
       <c r="L10" s="32">
-        <v>31.668376402197907</v>
+        <v>25.221337475084166</v>
       </c>
       <c r="M10" s="25"/>
     </row>
-    <row r="11" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="26">
         <v>440131</v>
       </c>
       <c r="B11" s="27" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="37">
-        <v>136.712965</v>
+        <v>148.352835</v>
       </c>
       <c r="D11" s="102" t="s">
         <v>75</v>
       </c>
       <c r="E11" s="31">
-        <v>23393.683000000001</v>
+        <v>25510.097000000002</v>
       </c>
       <c r="F11" s="31">
-        <v>2.7746785467801716</v>
+        <v>2.7572922902515007</v>
       </c>
       <c r="G11" s="37">
-        <v>114.749623</v>
+        <v>122.18207200000001</v>
       </c>
       <c r="H11" s="102" t="s">
         <v>75</v>
       </c>
       <c r="I11" s="31">
-        <v>20243.853999999999</v>
+        <v>21576.182000000001</v>
       </c>
       <c r="J11" s="31">
-        <v>2.2952362710173402</v>
+        <v>2.2344235859050103</v>
       </c>
       <c r="K11" s="37">
-        <v>-16.065295636006429</v>
+        <v>-17.640891729504187</v>
       </c>
       <c r="L11" s="32">
-        <v>-13.464442516383595</v>
+        <v>-15.421011531238005</v>
       </c>
       <c r="M11" s="25"/>
     </row>
-    <row r="12" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="26" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="27" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="37">
-        <v>217.614734</v>
+        <v>238.50146699999999</v>
       </c>
       <c r="D12" s="102" t="s">
         <v>75</v>
       </c>
       <c r="E12" s="31">
-        <v>17981.374</v>
+        <v>19246.670999999998</v>
       </c>
       <c r="F12" s="31">
-        <v>2.1327352635936276</v>
+        <v>2.0803016766775575</v>
       </c>
       <c r="G12" s="37">
-        <v>224.48416700000001</v>
+        <v>237.45451</v>
       </c>
       <c r="H12" s="102" t="s">
         <v>75</v>
       </c>
       <c r="I12" s="31">
-        <v>12758.633</v>
+        <v>13338.781000000001</v>
       </c>
       <c r="J12" s="31">
-        <v>1.4465663124323451</v>
+        <v>1.3813605610863693</v>
       </c>
       <c r="K12" s="37">
-        <v>3.1566948035788864</v>
+        <v>-0.43897298124375556</v>
       </c>
       <c r="L12" s="32">
-        <v>-29.045283191373471</v>
+        <v>-30.695646015874633</v>
       </c>
       <c r="M12" s="25"/>
     </row>
     <row r="13" spans="1:13" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="19">
         <v>4402</v>
       </c>
       <c r="B13" s="20" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="21">
-        <v>1.806074</v>
+        <v>1.864608</v>
       </c>
       <c r="D13" s="22" t="s">
         <v>75</v>
       </c>
       <c r="E13" s="23">
-        <v>1834.6279999999999</v>
+        <v>1916.5650000000001</v>
       </c>
       <c r="F13" s="23">
-        <v>0.21760160436995801</v>
+        <v>0.20715444156350588</v>
       </c>
       <c r="G13" s="21">
-        <v>1.704715</v>
+        <v>1.7704439999999999</v>
       </c>
       <c r="H13" s="22" t="s">
         <v>75</v>
       </c>
       <c r="I13" s="23">
-        <v>1520.5730000000001</v>
+        <v>1593.7829999999999</v>
       </c>
       <c r="J13" s="23">
-        <v>0.17240167323522734</v>
+        <v>0.16505173742112694</v>
       </c>
       <c r="K13" s="21">
-        <v>-5.6121177759050838</v>
+        <v>-5.0500695052257702</v>
       </c>
       <c r="L13" s="24">
-        <v>-17.118184176846743</v>
+        <v>-16.84169334199467</v>
       </c>
       <c r="M13" s="18"/>
     </row>
-    <row r="14" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="19">
         <v>4403</v>
       </c>
       <c r="B14" s="20" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="21">
-        <v>987.92600000000004</v>
+        <v>1081.1010000000001</v>
       </c>
       <c r="D14" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E14" s="23">
-        <v>93877.244999999995</v>
+        <v>103611.724</v>
       </c>
       <c r="F14" s="23">
-        <v>11.134594656699679</v>
+        <v>11.199009073343248</v>
       </c>
       <c r="G14" s="21">
-        <v>1011.213</v>
+        <v>1082.0450000000001</v>
       </c>
       <c r="H14" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I14" s="23">
-        <v>104647.802</v>
+        <v>113046.769</v>
       </c>
       <c r="J14" s="24">
-        <v>11.864906298605044</v>
+        <v>11.707092893634073</v>
       </c>
       <c r="K14" s="23">
-        <v>2.3571603541155834</v>
+        <v>8.7318391158639194E-2</v>
       </c>
       <c r="L14" s="24">
-        <v>11.473022029992466</v>
+        <v>9.1061557859996611</v>
       </c>
       <c r="M14" s="25"/>
     </row>
-    <row r="15" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="26"/>
       <c r="B15" s="27" t="s">
         <v>16</v>
       </c>
       <c r="C15" s="37">
-        <v>595.89400000000001</v>
+        <v>658.35900000000004</v>
       </c>
       <c r="D15" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E15" s="31">
-        <v>61674.688999999998</v>
+        <v>68658.972999999998</v>
       </c>
       <c r="F15" s="31">
-        <v>7.3151130776474584</v>
+        <v>7.4210951416408157</v>
       </c>
       <c r="G15" s="37">
-        <v>598.57799999999997</v>
+        <v>651.04999999999995</v>
       </c>
       <c r="H15" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I15" s="31">
-        <v>67714.398000000001</v>
+        <v>73987.289000000004</v>
       </c>
       <c r="J15" s="32">
-        <v>7.6774186555437529</v>
+        <v>7.6621036844595745</v>
       </c>
       <c r="K15" s="31">
-        <v>0.45041567795614135</v>
+        <v>-1.1101845649562143</v>
       </c>
       <c r="L15" s="32">
-        <v>9.7928487324840869</v>
+        <v>7.7605530161367344</v>
       </c>
       <c r="M15" s="25"/>
     </row>
-    <row r="16" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="26"/>
       <c r="B16" s="27" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="37">
-        <v>579.46600000000001</v>
+        <v>638.71400000000006</v>
       </c>
       <c r="D16" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E16" s="31">
-        <v>59898.974000000002</v>
+        <v>66582.573000000004</v>
       </c>
       <c r="F16" s="31">
-        <v>7.1044990278761704</v>
+        <v>7.1966647244817512</v>
       </c>
       <c r="G16" s="37">
-        <v>591.95500000000004</v>
+        <v>643.71</v>
       </c>
       <c r="H16" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I16" s="31">
-        <v>67126.209000000003</v>
+        <v>73300.081000000006</v>
       </c>
       <c r="J16" s="32">
-        <v>7.6107301323498291</v>
+        <v>7.590936609412533</v>
       </c>
       <c r="K16" s="31">
-        <v>2.1552601878281097</v>
+        <v>0.78219672654740302</v>
       </c>
       <c r="L16" s="32">
-        <v>12.06570750276958</v>
+        <v>10.088988300286925</v>
       </c>
       <c r="M16" s="25"/>
     </row>
-    <row r="17" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="26"/>
       <c r="B17" s="27" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="37">
-        <v>16.428000000000001</v>
+        <v>19.645</v>
       </c>
       <c r="D17" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E17" s="31">
-        <v>1775.7149999999999</v>
+        <v>2076.4</v>
       </c>
       <c r="F17" s="31">
-        <v>0.21061404977128875</v>
+        <v>0.22443041715906514</v>
       </c>
       <c r="G17" s="37">
-        <v>6.6230000000000002</v>
+        <v>7.34</v>
       </c>
       <c r="H17" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I17" s="31">
-        <v>588.18899999999996</v>
+        <v>687.20799999999997</v>
       </c>
       <c r="J17" s="32">
-        <v>6.6688523193924348E-2</v>
+        <v>7.116707504704077E-2</v>
       </c>
       <c r="K17" s="31">
-        <v>-59.684684684684676</v>
+        <v>-62.636803257826422</v>
       </c>
       <c r="L17" s="32">
-        <v>-66.875934482729477</v>
+        <v>-66.903872086303224</v>
       </c>
       <c r="M17" s="25"/>
     </row>
-    <row r="18" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="26"/>
       <c r="B18" s="27" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="37">
-        <v>392.03199999999998</v>
+        <v>422.74200000000002</v>
       </c>
       <c r="D18" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E18" s="31">
-        <v>32202.556</v>
+        <v>34952.750999999997</v>
       </c>
       <c r="F18" s="31">
-        <v>3.8194815790522214</v>
+        <v>3.7779139317024319</v>
       </c>
       <c r="G18" s="37">
-        <v>412.63499999999999</v>
+        <v>430.995</v>
       </c>
       <c r="H18" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I18" s="31">
-        <v>36933.404000000002</v>
+        <v>39059.480000000003</v>
       </c>
       <c r="J18" s="32">
-        <v>4.1874876430612922</v>
+        <v>4.0449892091744992</v>
       </c>
       <c r="K18" s="31">
-        <v>5.2554383315647728</v>
+        <v>1.9522545666150952</v>
       </c>
       <c r="L18" s="32">
-        <v>14.690908386278412</v>
+        <v>11.749372746082296</v>
       </c>
       <c r="M18" s="25"/>
     </row>
-    <row r="19" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="26"/>
       <c r="B19" s="27" t="s">
         <v>17</v>
       </c>
       <c r="C19" s="37">
-        <v>295.04199999999997</v>
+        <v>317.976</v>
       </c>
       <c r="D19" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E19" s="31">
-        <v>25286.435000000001</v>
+        <v>27422.776000000002</v>
       </c>
       <c r="F19" s="31">
-        <v>2.9991741240167822</v>
+        <v>2.9640267084085914</v>
       </c>
       <c r="G19" s="37">
-        <v>303.05799999999999</v>
+        <v>317.56099999999998</v>
       </c>
       <c r="H19" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I19" s="31">
-        <v>29670.661</v>
+        <v>31436.794999999998</v>
       </c>
       <c r="J19" s="32">
-        <v>3.3640421093858719</v>
+        <v>3.2555860074437968</v>
       </c>
       <c r="K19" s="31">
-        <v>2.7169013225235799</v>
+        <v>-0.13051299469142968</v>
       </c>
       <c r="L19" s="32">
-        <v>17.338252703475195</v>
+        <v>14.637537060434713</v>
       </c>
       <c r="M19" s="25"/>
     </row>
-    <row r="20" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="26"/>
       <c r="B20" s="27" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="37">
-        <v>96.99</v>
+        <v>104.76600000000001</v>
       </c>
       <c r="D20" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E20" s="31">
-        <v>6916.1210000000001</v>
+        <v>7529.9750000000004</v>
       </c>
       <c r="F20" s="31">
-        <v>0.82030745503543967</v>
+        <v>0.813887223293841</v>
       </c>
       <c r="G20" s="37">
-        <v>109.577</v>
+        <v>113.434</v>
       </c>
       <c r="H20" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I20" s="31">
-        <v>7262.7430000000004</v>
+        <v>7622.6850000000004</v>
       </c>
       <c r="J20" s="32">
-        <v>0.82344553367542017</v>
+        <v>0.789403201730702</v>
       </c>
       <c r="K20" s="31">
-        <v>12.97762655943912</v>
+        <v>8.273676574461172</v>
       </c>
       <c r="L20" s="32">
-        <v>5.011797798216663</v>
+        <v>1.2312125870271817</v>
       </c>
       <c r="M20" s="25"/>
     </row>
     <row r="21" spans="1:13" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="19">
         <v>4404</v>
       </c>
       <c r="B21" s="20" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="21">
-        <v>14.538221999999999</v>
+        <v>15.872479</v>
       </c>
       <c r="D21" s="22" t="s">
         <v>75</v>
       </c>
       <c r="E21" s="23">
-        <v>5350.0680000000002</v>
+        <v>5825.799</v>
       </c>
       <c r="F21" s="23">
-        <v>0.63456100107944091</v>
+        <v>0.62968912533946453</v>
       </c>
       <c r="G21" s="21">
-        <v>22.788208000000001</v>
+        <v>24.724739</v>
       </c>
       <c r="H21" s="36" t="s">
         <v>75</v>
       </c>
       <c r="I21" s="23">
-        <v>8134.674</v>
+        <v>8813.2720000000008</v>
       </c>
       <c r="J21" s="24">
-        <v>0.92230455809954504</v>
+        <v>0.9127000701883321</v>
       </c>
       <c r="K21" s="23">
-        <v>56.746870421981463</v>
+        <v>55.771124346738773</v>
       </c>
       <c r="L21" s="24">
-        <v>52.048048735081487</v>
+        <v>51.280056177701994</v>
       </c>
       <c r="M21" s="18"/>
     </row>
     <row r="22" spans="1:13" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="19">
         <v>4406</v>
       </c>
       <c r="B22" s="20" t="s">
         <v>21</v>
       </c>
       <c r="C22" s="21">
-        <v>1.1379999999999999</v>
+        <v>1.1579999999999999</v>
       </c>
       <c r="D22" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E22" s="23">
-        <v>589.73500000000001</v>
+        <v>606.63300000000004</v>
       </c>
       <c r="F22" s="23">
-        <v>6.9947303842041661E-2</v>
+        <v>6.5568723392629147E-2</v>
       </c>
       <c r="G22" s="21">
         <v>0.52200000000000002</v>
       </c>
       <c r="H22" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I22" s="23">
         <v>319.70800000000003</v>
       </c>
       <c r="J22" s="24">
-        <v>3.6248305176198752E-2</v>
+        <v>3.3108874211504109E-2</v>
       </c>
       <c r="K22" s="23">
-        <v>-54.130052724077323</v>
+        <v>-54.92227979274611</v>
       </c>
       <c r="L22" s="24">
-        <v>-45.787853866567183</v>
+        <v>-47.297954446922603</v>
       </c>
       <c r="M22" s="18"/>
     </row>
-    <row r="23" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="19">
         <v>4407</v>
       </c>
       <c r="B23" s="20" t="s">
         <v>22</v>
       </c>
       <c r="C23" s="21">
-        <v>388.791</v>
+        <v>428.392</v>
       </c>
       <c r="D23" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E23" s="23">
-        <v>97027.562000000005</v>
+        <v>107370.841</v>
       </c>
       <c r="F23" s="23">
-        <v>11.508247535361706</v>
+        <v>11.60531816429862</v>
       </c>
       <c r="G23" s="21">
-        <v>452.18299999999999</v>
+        <v>507.53100000000001</v>
       </c>
       <c r="H23" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I23" s="23">
-        <v>119983.003</v>
+        <v>133522.70800000001</v>
       </c>
       <c r="J23" s="24">
-        <v>13.60360237685879</v>
+        <v>13.827575611343457</v>
       </c>
       <c r="K23" s="23">
-        <v>16.304904177308629</v>
+        <v>18.473500905712527</v>
       </c>
       <c r="L23" s="24">
-        <v>23.658680612834516</v>
+        <v>24.356582063094777</v>
       </c>
       <c r="M23" s="25"/>
     </row>
-    <row r="24" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="26">
         <v>44071</v>
       </c>
       <c r="B24" s="27" t="s">
         <v>23</v>
       </c>
       <c r="C24" s="37">
-        <v>369.01799999999997</v>
+        <v>407.589</v>
       </c>
       <c r="D24" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="31">
-        <v>88625.481</v>
+        <v>98168.945000000007</v>
       </c>
       <c r="F24" s="31">
-        <v>10.511693298946289</v>
+        <v>10.610719167027222</v>
       </c>
       <c r="G24" s="37">
-        <v>434.95299999999997</v>
+        <v>487.358</v>
       </c>
       <c r="H24" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I24" s="31">
-        <v>112694.17</v>
+        <v>125440.28</v>
       </c>
       <c r="J24" s="32">
-        <v>12.77719877431413</v>
+        <v>12.990561548587632</v>
       </c>
       <c r="K24" s="31">
-        <v>17.867692090900718</v>
+        <v>19.570940334503632</v>
       </c>
       <c r="L24" s="32">
-        <v>27.157752746075364</v>
+        <v>27.780002117777663</v>
       </c>
       <c r="M24" s="25"/>
     </row>
-    <row r="25" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="26" t="s">
         <v>24</v>
       </c>
       <c r="B25" s="27" t="s">
         <v>25</v>
       </c>
       <c r="C25" s="37">
-        <v>19.773</v>
+        <v>20.803000000000001</v>
       </c>
       <c r="D25" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E25" s="31">
-        <v>8402.0810000000001</v>
+        <v>9201.8960000000006</v>
       </c>
       <c r="F25" s="31">
-        <v>0.99655423641541585</v>
+        <v>0.994598997271399</v>
       </c>
       <c r="G25" s="37">
-        <v>17.23</v>
+        <v>20.172999999999998</v>
       </c>
       <c r="H25" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I25" s="31">
-        <v>7288.8329999999996</v>
+        <v>8082.4279999999999</v>
       </c>
       <c r="J25" s="32">
-        <v>0.82640360254466017</v>
+        <v>0.83701406275582324</v>
       </c>
       <c r="K25" s="31">
-        <v>-12.860972032569663</v>
+        <v>-3.0284093640340455</v>
       </c>
       <c r="L25" s="32">
-        <v>-13.249669932960661</v>
+        <v>-12.165623258511079</v>
       </c>
       <c r="M25" s="25"/>
     </row>
-    <row r="26" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="19">
         <v>4408</v>
       </c>
       <c r="B26" s="20" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="21">
-        <v>127.9</v>
+        <v>141.935</v>
       </c>
       <c r="D26" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E26" s="23">
-        <v>43050.559999999998</v>
+        <v>47643.004000000001</v>
       </c>
       <c r="F26" s="23">
-        <v>5.1061419127066303</v>
+        <v>5.149556570232618</v>
       </c>
       <c r="G26" s="21">
-        <v>127.137</v>
+        <v>140.536</v>
       </c>
       <c r="H26" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I26" s="23">
-        <v>40205.769999999997</v>
+        <v>44357.697999999997</v>
       </c>
       <c r="J26" s="24">
-        <v>4.5585065772644295</v>
+        <v>4.5936712356083911</v>
       </c>
       <c r="K26" s="23">
-        <v>-0.59655981235340516</v>
+        <v>-0.98566245112199302</v>
       </c>
       <c r="L26" s="24">
-        <v>-6.6080208945017231</v>
+        <v>-6.895673496994446</v>
       </c>
       <c r="M26" s="18"/>
     </row>
-    <row r="27" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="19">
         <v>4409</v>
       </c>
       <c r="B27" s="20" t="s">
         <v>27</v>
       </c>
       <c r="C27" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D27" s="36"/>
       <c r="E27" s="23">
-        <v>10529.684999999999</v>
+        <v>11895.699000000001</v>
       </c>
       <c r="F27" s="23">
-        <v>1.2489051456264055</v>
+        <v>1.2857622273977429</v>
       </c>
       <c r="G27" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H27" s="36"/>
       <c r="I27" s="23">
-        <v>12369.710999999999</v>
+        <v>13466.808000000001</v>
       </c>
       <c r="J27" s="24">
-        <v>1.4024705646070244</v>
+        <v>1.3946190026601688</v>
       </c>
       <c r="K27" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L27" s="24">
-        <v>17.474653800184907</v>
+        <v>13.207370159584572</v>
       </c>
       <c r="M27" s="18"/>
     </row>
-    <row r="28" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="26">
         <v>44091</v>
       </c>
       <c r="B28" s="27" t="s">
         <v>23</v>
       </c>
       <c r="C28" s="37" t="s">
         <v>74</v>
       </c>
       <c r="D28" s="38"/>
       <c r="E28" s="31">
-        <v>6362.6719999999996</v>
+        <v>7139.2579999999998</v>
       </c>
       <c r="F28" s="31">
-        <v>0.75466396200200214</v>
+        <v>0.77165606393093455</v>
       </c>
       <c r="G28" s="37" t="s">
         <v>74</v>
       </c>
       <c r="H28" s="38"/>
       <c r="I28" s="31">
-        <v>7310.93</v>
+        <v>7951.77</v>
       </c>
       <c r="J28" s="32">
-        <v>0.82890894742022947</v>
+        <v>0.8234831555319605</v>
       </c>
       <c r="K28" s="31" t="s">
         <v>74</v>
       </c>
       <c r="L28" s="32">
-        <v>14.903455655108433</v>
+        <v>11.380902609206736</v>
       </c>
       <c r="M28" s="25"/>
     </row>
-    <row r="29" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="26">
         <v>44092</v>
       </c>
       <c r="B29" s="27" t="s">
         <v>25</v>
       </c>
       <c r="C29" s="37" t="s">
         <v>74</v>
       </c>
       <c r="D29" s="38"/>
       <c r="E29" s="31">
-        <v>4167.0129999999999</v>
+        <v>4756.4409999999998</v>
       </c>
       <c r="F29" s="31">
-        <v>0.49424118362440328</v>
+        <v>0.51410616346680826</v>
       </c>
       <c r="G29" s="37" t="s">
         <v>74</v>
       </c>
       <c r="H29" s="38"/>
       <c r="I29" s="31">
-        <v>5058.7809999999999</v>
+        <v>5515.0379999999996</v>
       </c>
       <c r="J29" s="32">
-        <v>0.57356161718679499</v>
+        <v>0.5711358471282082</v>
       </c>
       <c r="K29" s="31" t="s">
         <v>74</v>
       </c>
       <c r="L29" s="32">
-        <v>21.40065317770787</v>
+        <v>15.948836535552523</v>
       </c>
       <c r="M29" s="25"/>
     </row>
-    <row r="30" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="19">
         <v>4410</v>
       </c>
       <c r="B30" s="20" t="s">
         <v>28</v>
       </c>
       <c r="C30" s="21">
-        <v>61.027000000000001</v>
+        <v>64.656999999999996</v>
       </c>
       <c r="D30" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E30" s="23">
-        <v>22870.351999999999</v>
+        <v>24295.8</v>
       </c>
       <c r="F30" s="23">
-        <v>2.7126072902548519</v>
+        <v>2.6260434064791052</v>
       </c>
       <c r="G30" s="21">
-        <v>54.145000000000003</v>
+        <v>59.280999999999999</v>
       </c>
       <c r="H30" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I30" s="23">
-        <v>19605.744999999999</v>
+        <v>21443.331999999999</v>
       </c>
       <c r="J30" s="24">
-        <v>2.2228878475569354</v>
+        <v>2.2206656757526266</v>
       </c>
       <c r="K30" s="23">
-        <v>-11.276975764825401</v>
+        <v>-8.3146449727021032</v>
       </c>
       <c r="L30" s="24">
-        <v>-14.274406445515137</v>
+        <v>-11.740580676495529</v>
       </c>
       <c r="M30" s="18"/>
     </row>
-    <row r="31" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="19">
         <v>4411</v>
       </c>
       <c r="B31" s="39" t="s">
         <v>29</v>
       </c>
       <c r="C31" s="21">
-        <v>33.792000000000002</v>
+        <v>36.664999999999999</v>
       </c>
       <c r="D31" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E31" s="23">
-        <v>19275.603999999999</v>
+        <v>21021.925999999999</v>
       </c>
       <c r="F31" s="23">
-        <v>2.286241328269262</v>
+        <v>2.2721824415656888</v>
       </c>
       <c r="G31" s="21">
-        <v>36.557000000000002</v>
+        <v>40.244</v>
       </c>
       <c r="H31" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I31" s="23">
-        <v>20674.257000000001</v>
+        <v>22688.883999999998</v>
       </c>
       <c r="J31" s="24">
-        <v>2.3440351102479862</v>
+        <v>2.3496547047787613</v>
       </c>
       <c r="K31" s="23">
-        <v>8.182410037878789</v>
+        <v>9.7613527887631282</v>
       </c>
       <c r="L31" s="24">
-        <v>7.2560787200235177</v>
+        <v>7.9296159638274757</v>
       </c>
       <c r="M31" s="25"/>
     </row>
-    <row r="32" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="19">
         <v>4412</v>
       </c>
       <c r="B32" s="20" t="s">
         <v>30</v>
       </c>
       <c r="C32" s="21">
-        <v>31.52</v>
+        <v>34.752000000000002</v>
       </c>
       <c r="D32" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E32" s="23">
-        <v>24420.704000000002</v>
+        <v>26887.348999999998</v>
       </c>
       <c r="F32" s="23">
-        <v>2.8964914796045038</v>
+        <v>2.9061543789112751</v>
       </c>
       <c r="G32" s="21">
-        <v>36.712000000000003</v>
+        <v>39.799999999999997</v>
       </c>
       <c r="H32" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I32" s="23">
-        <v>25550.982</v>
+        <v>27628.605</v>
       </c>
       <c r="J32" s="24">
-        <v>2.896955325132812</v>
+        <v>2.8612108786277899</v>
       </c>
       <c r="K32" s="23">
-        <v>16.472081218274123</v>
+        <v>14.525782688766098</v>
       </c>
       <c r="L32" s="24">
-        <v>4.6283596083061251</v>
+        <v>2.7568950735901905</v>
       </c>
       <c r="M32" s="25"/>
     </row>
-    <row r="33" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="19">
         <v>4413</v>
       </c>
       <c r="B33" s="20" t="s">
         <v>31</v>
       </c>
       <c r="C33" s="21">
-        <v>1.038</v>
+        <v>1.083</v>
       </c>
       <c r="D33" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E33" s="23">
-        <v>283.17</v>
+        <v>298.57499999999999</v>
       </c>
       <c r="F33" s="23">
-        <v>3.3586234544246037E-2</v>
+        <v>3.2271870450427592E-2</v>
       </c>
       <c r="G33" s="21">
-        <v>0.14599999999999999</v>
+        <v>0.161</v>
       </c>
       <c r="H33" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I33" s="23">
-        <v>128.58799999999999</v>
+        <v>166.76499999999999</v>
       </c>
       <c r="J33" s="24">
-        <v>1.4579231880331566E-2</v>
+        <v>1.7270138400920475E-2</v>
       </c>
       <c r="K33" s="23">
-        <v>-85.934489402697494</v>
+        <v>-85.133887349953824</v>
       </c>
       <c r="L33" s="24">
-        <v>-54.58982236818872</v>
+        <v>-44.146361885623378</v>
       </c>
       <c r="M33" s="25"/>
     </row>
-    <row r="34" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="19" t="s">
         <v>32</v>
       </c>
       <c r="B34" s="39" t="s">
         <v>33</v>
       </c>
       <c r="C34" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D34" s="36"/>
       <c r="E34" s="23">
-        <v>16757.073</v>
+        <v>18424.151999999998</v>
       </c>
       <c r="F34" s="23">
-        <v>1.9875233395241465</v>
+        <v>1.9913986318445498</v>
       </c>
       <c r="G34" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H34" s="36"/>
       <c r="I34" s="23">
-        <v>16433.248</v>
+        <v>17859.612000000001</v>
       </c>
       <c r="J34" s="24">
-        <v>1.8631920018897172</v>
+        <v>1.8495365995666964</v>
       </c>
       <c r="K34" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L34" s="24">
-        <v>-1.9324675616081681</v>
+        <v>-3.064130170007267</v>
       </c>
       <c r="M34" s="25"/>
     </row>
-    <row r="35" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="19">
         <v>4418</v>
       </c>
       <c r="B35" s="39" t="s">
         <v>34</v>
       </c>
       <c r="C35" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D35" s="36"/>
       <c r="E35" s="23">
-        <v>27543.101999999999</v>
+        <v>30374.383000000002</v>
       </c>
       <c r="F35" s="23">
-        <v>3.2668329408062013</v>
+        <v>3.283055021979973</v>
       </c>
       <c r="G35" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H35" s="36"/>
       <c r="I35" s="23">
-        <v>25029.324000000001</v>
+        <v>27613.186000000002</v>
       </c>
       <c r="J35" s="24">
-        <v>2.8378100476245685</v>
+        <v>2.8596140911483805</v>
       </c>
       <c r="K35" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L35" s="24">
-        <v>-9.1267062076014476</v>
+        <v>-9.0905451478635797</v>
       </c>
       <c r="M35" s="25"/>
     </row>
-    <row r="36" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="19" t="s">
         <v>35</v>
       </c>
       <c r="B36" s="20" t="s">
         <v>36</v>
       </c>
       <c r="C36" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D36" s="36"/>
       <c r="E36" s="23">
-        <v>2741.3130000000001</v>
+        <v>2963.6959999999999</v>
       </c>
       <c r="F36" s="23">
-        <v>0.32514172185327089</v>
+        <v>0.32033496899087488</v>
       </c>
       <c r="G36" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H36" s="36"/>
       <c r="I36" s="23">
-        <v>2855.1210000000001</v>
+        <v>3330.6</v>
       </c>
       <c r="J36" s="24">
-        <v>0.32371194128071162</v>
+        <v>0.34491603728663528</v>
       </c>
       <c r="K36" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L36" s="24">
-        <v>4.1515872138643051</v>
+        <v>12.379947201062457</v>
       </c>
       <c r="M36" s="25"/>
     </row>
-    <row r="37" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="19">
         <v>44219910</v>
       </c>
       <c r="B37" s="20" t="s">
         <v>37</v>
       </c>
       <c r="C37" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D37" s="36"/>
       <c r="E37" s="23">
-        <v>948.24099999999999</v>
+        <v>1022.029</v>
       </c>
       <c r="F37" s="23">
-        <v>0.11246899258562136</v>
+        <v>0.11046734483657394</v>
       </c>
       <c r="G37" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H37" s="36"/>
       <c r="I37" s="23">
-        <v>889.53499999999997</v>
+        <v>989.28499999999997</v>
       </c>
       <c r="J37" s="24">
-        <v>0.10085495559982845</v>
+        <v>0.10245008765601062</v>
       </c>
       <c r="K37" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L37" s="24">
-        <v>-6.1910421506768873</v>
+        <v>-3.2038229834965568</v>
       </c>
       <c r="M37" s="25"/>
     </row>
-    <row r="38" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" s="19" t="s">
         <v>38</v>
       </c>
       <c r="B38" s="20" t="s">
         <v>39</v>
       </c>
       <c r="C38" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D38" s="36"/>
       <c r="E38" s="23">
-        <v>46800.697999999975</v>
+        <v>51154.463000000054</v>
       </c>
       <c r="F38" s="23">
-        <v>5.5509383757545825</v>
+        <v>5.5290972214592431</v>
       </c>
       <c r="G38" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H38" s="36"/>
       <c r="I38" s="23">
-        <v>65444.518000000025</v>
+        <v>71374.373999999967</v>
       </c>
       <c r="J38" s="24">
-        <v>7.4200609949492451</v>
+        <v>7.3915109121162068</v>
       </c>
       <c r="K38" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L38" s="24">
-        <v>39.836628077641194</v>
+        <v>39.527168919747808</v>
       </c>
       <c r="M38" s="25"/>
     </row>
-    <row r="39" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="11">
         <v>47</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D39" s="40"/>
       <c r="E39" s="16">
-        <v>11992.124</v>
+        <v>12287.689</v>
       </c>
       <c r="F39" s="16">
-        <v>1.4223621476416355</v>
+        <v>1.3281309806351647</v>
       </c>
       <c r="G39" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H39" s="40"/>
       <c r="I39" s="16">
-        <v>4359.1670000000004</v>
+        <v>4886.7730000000001</v>
       </c>
       <c r="J39" s="16">
-        <v>0.49423979296737891</v>
+        <v>0.50607289325626692</v>
       </c>
       <c r="K39" s="15" t="s">
         <v>74</v>
       </c>
       <c r="L39" s="17">
-        <v>-63.649750452880568</v>
+        <v>-60.230332977991218</v>
       </c>
       <c r="M39" s="18"/>
     </row>
-    <row r="40" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A40" s="11">
         <v>48</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D40" s="40"/>
       <c r="E40" s="16">
-        <v>292005.54599999997</v>
+        <v>320615.79300000001</v>
       </c>
       <c r="F40" s="16">
-        <v>34.634201208378798</v>
+        <v>34.654178467912956</v>
       </c>
       <c r="G40" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H40" s="40"/>
       <c r="I40" s="16">
-        <v>301240.99</v>
+        <v>329259.08100000001</v>
       </c>
       <c r="J40" s="17">
-        <v>34.154526433809089</v>
+        <v>34.097981582645552</v>
       </c>
       <c r="K40" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L40" s="17">
-        <v>3.1627632168328814</v>
+        <v>2.6958397523480699</v>
       </c>
       <c r="M40" s="18"/>
     </row>
-    <row r="41" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D41" s="16"/>
       <c r="E41" s="16">
-        <v>74023.228000000003</v>
+        <v>81357.251999999993</v>
       </c>
       <c r="F41" s="16">
-        <v>8.7797489046516244</v>
+        <v>8.7936052809069452</v>
       </c>
       <c r="G41" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H41" s="16"/>
       <c r="I41" s="16">
-        <v>69814.642000000007</v>
+        <v>77797.754000000001</v>
       </c>
       <c r="J41" s="17">
-        <v>7.9155430861381735</v>
+        <v>8.0567144116617069</v>
       </c>
       <c r="K41" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L41" s="17">
-        <v>-5.6854937479894767</v>
+        <v>-4.3751453158717712</v>
       </c>
       <c r="M41" s="18"/>
     </row>
-    <row r="42" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D42" s="41"/>
       <c r="E42" s="16">
-        <v>3436.4780000000001</v>
+        <v>3768.9769999999999</v>
       </c>
       <c r="F42" s="16">
-        <v>0.40759386981015477</v>
+        <v>0.40737482198657377</v>
       </c>
       <c r="G42" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H42" s="41"/>
       <c r="I42" s="16">
-        <v>2277.509</v>
+        <v>2451.0300000000002</v>
       </c>
       <c r="J42" s="17">
-        <v>0.25822263213163021</v>
+        <v>0.25382800542564754</v>
       </c>
       <c r="K42" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L42" s="17">
-        <v>-33.725488712571419</v>
+        <v>-34.968295110317726</v>
       </c>
       <c r="M42" s="25"/>
     </row>
-    <row r="43" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" s="42"/>
       <c r="B43" s="43" t="s">
         <v>46</v>
       </c>
       <c r="C43" s="44"/>
       <c r="D43" s="45"/>
       <c r="E43" s="45">
-        <v>843113.26899999997</v>
+        <v>925186.53500000003</v>
       </c>
       <c r="F43" s="46">
         <v>100</v>
       </c>
       <c r="G43" s="44"/>
       <c r="H43" s="45"/>
       <c r="I43" s="45">
-        <v>881994.34</v>
+        <v>965626.30900000001</v>
       </c>
       <c r="J43" s="46">
         <v>100</v>
       </c>
       <c r="K43" s="44"/>
       <c r="L43" s="46">
-        <v>4.611607055611409</v>
+        <v>4.3709860087836203</v>
       </c>
       <c r="M43" s="47"/>
     </row>
-    <row r="44" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A44" s="3"/>
       <c r="B44" s="48"/>
       <c r="C44" s="3"/>
       <c r="D44" s="3"/>
       <c r="E44" s="3"/>
       <c r="F44" s="49"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3"/>
       <c r="I44" s="50"/>
       <c r="J44" s="3"/>
       <c r="K44" s="3"/>
       <c r="L44" s="3"/>
       <c r="M44" s="3"/>
     </row>
-    <row r="45" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A45" s="3"/>
       <c r="B45" s="48"/>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3" t="s">
         <v>47</v>
       </c>
       <c r="M45" s="3"/>
     </row>
-    <row r="46" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A46" s="3"/>
       <c r="B46" s="3"/>
       <c r="C46" s="3"/>
       <c r="D46" s="3"/>
       <c r="E46" s="3"/>
       <c r="F46" s="3"/>
       <c r="G46" s="3"/>
       <c r="H46" s="3"/>
       <c r="I46" s="3"/>
       <c r="J46" s="3"/>
       <c r="K46" s="3"/>
       <c r="L46" s="3"/>
       <c r="M46" s="3"/>
     </row>
-    <row r="47" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A47" s="3"/>
       <c r="B47" s="3"/>
       <c r="C47" s="3"/>
       <c r="D47" s="3"/>
       <c r="E47" s="3"/>
       <c r="F47" s="3"/>
       <c r="G47" s="3"/>
       <c r="H47" s="3"/>
       <c r="I47" s="3"/>
       <c r="J47" s="3"/>
       <c r="K47" s="3"/>
       <c r="L47" s="3"/>
       <c r="M47" s="3"/>
     </row>
-    <row r="48" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A48" s="3"/>
       <c r="B48" s="3"/>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
       <c r="M48" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:F4"/>
     <mergeCell ref="G4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="G5:H5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{500ED4FB-C9C5-4A27-A15F-6F46D49270AB}">
   <dimension ref="A1:M71"/>
   <sheetViews>
-    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+    <sheetView topLeftCell="A34" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
       <selection activeCell="M69" sqref="M69"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="14.109375" customWidth="1"/>
+    <col min="1" max="1" width="14.08984375" customWidth="1"/>
     <col min="2" max="2" width="34" customWidth="1"/>
-    <col min="3" max="3" width="13.6640625" customWidth="1"/>
+    <col min="3" max="3" width="13.6328125" customWidth="1"/>
     <col min="4" max="4" width="5" customWidth="1"/>
-    <col min="5" max="5" width="15.44140625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="10" max="10" width="10.33203125" customWidth="1"/>
+    <col min="5" max="5" width="15.453125" customWidth="1"/>
+    <col min="6" max="7" width="12.453125" customWidth="1"/>
+    <col min="8" max="8" width="5.08984375" customWidth="1"/>
+    <col min="9" max="9" width="15.36328125" customWidth="1"/>
+    <col min="10" max="10" width="10.36328125" customWidth="1"/>
     <col min="11" max="12" width="12" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:13" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
     </row>
-    <row r="2" spans="1:13" ht="24" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="2" spans="1:13" ht="24" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A2" s="116" t="s">
         <v>71</v>
       </c>
       <c r="B2" s="105"/>
       <c r="C2" s="105"/>
       <c r="D2" s="105"/>
       <c r="E2" s="105"/>
       <c r="F2" s="105"/>
       <c r="G2" s="105"/>
       <c r="H2" s="105"/>
       <c r="I2" s="105"/>
       <c r="J2" s="105"/>
       <c r="K2" s="105"/>
       <c r="L2" s="106"/>
       <c r="M2" s="3"/>
     </row>
-    <row r="3" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="51"/>
       <c r="B3" s="52"/>
       <c r="C3" s="52"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="52"/>
       <c r="J3" s="52"/>
       <c r="K3" s="52"/>
       <c r="L3" s="53"/>
       <c r="M3" s="3"/>
     </row>
-    <row r="4" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="117" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="118" t="s">
         <v>49</v>
       </c>
       <c r="C4" s="111" t="s">
         <v>83</v>
       </c>
       <c r="D4" s="112"/>
       <c r="E4" s="112"/>
       <c r="F4" s="113"/>
       <c r="G4" s="111" t="s">
         <v>85</v>
       </c>
       <c r="H4" s="112"/>
       <c r="I4" s="112"/>
       <c r="J4" s="113"/>
       <c r="K4" s="114" t="s">
         <v>81</v>
       </c>
       <c r="L4" s="115"/>
     </row>
-    <row r="5" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="108"/>
       <c r="B5" s="119"/>
       <c r="C5" s="114" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="115"/>
       <c r="E5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G5" s="114" t="s">
         <v>3</v>
       </c>
       <c r="H5" s="115"/>
       <c r="I5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="J5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K5" s="9" t="s">
         <v>50</v>
       </c>
       <c r="L5" s="9" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="6" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="54"/>
       <c r="B6" s="55"/>
       <c r="C6" s="56"/>
       <c r="D6" s="57"/>
       <c r="E6" s="57"/>
       <c r="F6" s="58"/>
       <c r="G6" s="56"/>
       <c r="H6" s="57"/>
       <c r="I6" s="57"/>
       <c r="J6" s="58"/>
       <c r="K6" s="59"/>
       <c r="L6" s="60"/>
     </row>
-    <row r="7" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="61"/>
       <c r="B7" s="103" t="s">
         <v>46</v>
       </c>
       <c r="C7" s="62" t="s">
         <v>74</v>
       </c>
       <c r="D7" s="63"/>
       <c r="E7" s="63">
-        <v>843113.26899999997</v>
+        <v>925186.53500000003</v>
       </c>
       <c r="F7" s="64">
         <v>100</v>
       </c>
       <c r="G7" s="62" t="s">
         <v>74</v>
       </c>
       <c r="H7" s="63"/>
       <c r="I7" s="63">
-        <v>881994.34</v>
+        <v>965626.30900000001</v>
       </c>
       <c r="J7" s="64">
         <v>100</v>
       </c>
       <c r="K7" s="65" t="s">
         <v>74</v>
       </c>
       <c r="L7" s="66">
-        <v>4.611607055611409</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>4.3709860087836203</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="68"/>
       <c r="B8" s="69" t="s">
         <v>55</v>
       </c>
       <c r="C8" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D8" s="71"/>
       <c r="E8" s="71">
-        <v>202124.826</v>
+        <v>222167.99299999999</v>
       </c>
       <c r="F8" s="72">
-        <v>23.973626490274111</v>
+        <v>24.013318892497711</v>
       </c>
       <c r="G8" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H8" s="71"/>
       <c r="I8" s="71">
-        <v>228062.65100000001</v>
+        <v>245892.18799999999</v>
       </c>
       <c r="J8" s="72">
-        <v>25.857609358354843</v>
+        <v>25.464528638893992</v>
       </c>
       <c r="K8" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L8" s="74">
-        <v>12.832577528106325</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>10.678493638820425</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="68"/>
       <c r="B9" s="69" t="s">
         <v>52</v>
       </c>
       <c r="C9" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D9" s="71"/>
       <c r="E9" s="71">
-        <v>106820.857</v>
+        <v>117153.51700000001</v>
       </c>
       <c r="F9" s="72">
-        <v>12.669810917185318</v>
+        <v>12.66269152955193</v>
       </c>
       <c r="G9" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H9" s="71"/>
       <c r="I9" s="71">
-        <v>109397.936</v>
+        <v>120775.97100000001</v>
       </c>
       <c r="J9" s="72">
-        <v>12.403473700296081</v>
+        <v>12.507526967142731</v>
       </c>
       <c r="K9" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L9" s="74">
-        <v>2.412524175873255</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>3.0920574070345643</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="68"/>
       <c r="B10" s="69" t="s">
         <v>65</v>
       </c>
       <c r="C10" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D10" s="71"/>
       <c r="E10" s="71">
-        <v>95213.623000000007</v>
+        <v>106100.307</v>
       </c>
       <c r="F10" s="72">
-        <v>11.293099812428645</v>
+        <v>11.467990830627468</v>
       </c>
       <c r="G10" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H10" s="71"/>
       <c r="I10" s="71">
-        <v>113383.586</v>
+        <v>125321.842</v>
       </c>
       <c r="J10" s="72">
-        <v>12.855364355286</v>
+        <v>12.978296141266384</v>
       </c>
       <c r="K10" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L10" s="74">
-        <v>19.083364782789523</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>18.116380191058262</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="68"/>
       <c r="B11" s="69" t="s">
         <v>60</v>
       </c>
       <c r="C11" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D11" s="71"/>
       <c r="E11" s="71">
-        <v>116946.268</v>
+        <v>128003.637</v>
       </c>
       <c r="F11" s="72">
-        <v>13.87076592196297</v>
+        <v>13.835440979477722</v>
       </c>
       <c r="G11" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H11" s="71"/>
       <c r="I11" s="71">
-        <v>117455.766</v>
+        <v>129632.427</v>
       </c>
       <c r="J11" s="72">
-        <v>13.317065730829974</v>
+        <v>13.424699160718497</v>
       </c>
       <c r="K11" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="74">
-        <v>0.43566845587582742</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>1.2724560318547775</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="68"/>
       <c r="B12" s="69" t="s">
         <v>54</v>
       </c>
       <c r="C12" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D12" s="71"/>
       <c r="E12" s="71">
-        <v>61271.453999999998</v>
+        <v>67914.626000000004</v>
       </c>
       <c r="F12" s="72">
-        <v>7.2672861705370693</v>
+        <v>7.3406414199488976</v>
       </c>
       <c r="G12" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H12" s="75"/>
       <c r="I12" s="71">
-        <v>68388.278999999995</v>
+        <v>75198.899000000005</v>
       </c>
       <c r="J12" s="72">
-        <v>7.7538228873441524</v>
+        <v>7.7875776891244586</v>
       </c>
       <c r="K12" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L12" s="74">
-        <v>11.615237660265084</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>10.725632207707365</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="68"/>
       <c r="B13" s="69" t="s">
         <v>73</v>
       </c>
       <c r="C13" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D13" s="71"/>
       <c r="E13" s="71">
-        <v>30910.901000000002</v>
+        <v>33736.49</v>
       </c>
       <c r="F13" s="72">
-        <v>3.6662809300419159</v>
+        <v>3.6464527664142885</v>
       </c>
       <c r="G13" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H13" s="71"/>
       <c r="I13" s="71">
-        <v>33790.875999999997</v>
+        <v>36459.404000000002</v>
       </c>
       <c r="J13" s="72">
-        <v>3.8311896650039725</v>
+        <v>3.7757260402067199</v>
       </c>
       <c r="K13" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L13" s="74">
-        <v>9.3170205553050511</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>8.0711241744473252</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="68"/>
       <c r="B14" s="69" t="s">
         <v>53</v>
       </c>
       <c r="C14" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D14" s="71"/>
       <c r="E14" s="71">
-        <v>51275.96</v>
+        <v>56061.584000000003</v>
       </c>
       <c r="F14" s="72">
-        <v>6.0817403645915107</v>
+        <v>6.0594898303399978</v>
       </c>
       <c r="G14" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H14" s="71"/>
       <c r="I14" s="71">
-        <v>49429.974999999999</v>
+        <v>53862.714999999997</v>
       </c>
       <c r="J14" s="72">
-        <v>5.6043415199240396</v>
+        <v>5.5780082313395214</v>
       </c>
       <c r="K14" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L14" s="74">
-        <v>-3.600098369684352</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-3.9222384440653797</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="68"/>
       <c r="B15" s="69" t="s">
         <v>58</v>
       </c>
       <c r="C15" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D15" s="71"/>
       <c r="E15" s="71">
-        <v>20501.644</v>
+        <v>23265.33</v>
       </c>
       <c r="F15" s="72">
-        <v>2.4316595116948632</v>
+        <v>2.5146637050873206</v>
       </c>
       <c r="G15" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H15" s="71"/>
       <c r="I15" s="71">
-        <v>18322.096000000001</v>
+        <v>20462.931</v>
       </c>
       <c r="J15" s="72">
-        <v>2.0773484782226608</v>
+        <v>2.1191356127393997</v>
       </c>
       <c r="K15" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L15" s="74">
-        <v>-10.631088901943663</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-12.045386848155609</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="68"/>
       <c r="B16" s="69" t="s">
         <v>56</v>
       </c>
       <c r="C16" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D16" s="71"/>
       <c r="E16" s="71">
-        <v>15302.519</v>
+        <v>16991.927</v>
       </c>
       <c r="F16" s="72">
-        <v>1.8150015617889652</v>
+        <v>1.8365947143837322</v>
       </c>
       <c r="G16" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H16" s="71"/>
       <c r="I16" s="71">
-        <v>14316.47</v>
+        <v>16117.949000000001</v>
       </c>
       <c r="J16" s="72">
-        <v>1.623192956090852</v>
+        <v>1.66917044924881</v>
       </c>
       <c r="K16" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L16" s="74">
-        <v>-6.443703811117639</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-5.1434896112724537</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="68"/>
       <c r="B17" s="69" t="s">
         <v>80</v>
       </c>
       <c r="C17" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D17" s="71"/>
       <c r="E17" s="71">
-        <v>4341.509</v>
+        <v>4774.6170000000002</v>
       </c>
       <c r="F17" s="72">
-        <v>0.51493780961950442</v>
+        <v>0.51607074026428623</v>
       </c>
       <c r="G17" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H17" s="75"/>
       <c r="I17" s="71">
-        <v>4927.6530000000002</v>
+        <v>5408.9279999999999</v>
       </c>
       <c r="J17" s="72">
-        <v>0.55869440159899442</v>
+        <v>0.56014712416042922</v>
       </c>
       <c r="K17" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L17" s="74">
-        <v>13.50092790317837</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>13.28506558745968</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="68"/>
       <c r="B18" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C18" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D18" s="71"/>
       <c r="E18" s="71">
-        <v>138403.7080000001</v>
+        <v>149016.50699999998</v>
       </c>
       <c r="F18" s="72">
-        <v>16.415790509875144</v>
+        <v>16.106644591406639</v>
       </c>
       <c r="G18" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H18" s="75"/>
       <c r="I18" s="71">
-        <v>124519.05199999991</v>
+        <v>136493.05500000017</v>
       </c>
       <c r="J18" s="72">
-        <v>14.117896947048427</v>
+        <v>14.135183945159076</v>
       </c>
       <c r="K18" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L18" s="74">
-        <v>-10.031997119614875</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-8.4040702953799737</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="61">
         <v>44</v>
       </c>
       <c r="B19" s="103" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="62" t="s">
         <v>74</v>
       </c>
       <c r="D19" s="63"/>
       <c r="E19" s="63">
-        <v>461467.75199999998</v>
+        <v>506963.96600000001</v>
       </c>
       <c r="F19" s="64">
         <v>100</v>
       </c>
       <c r="G19" s="62" t="s">
         <v>74</v>
       </c>
       <c r="H19" s="63"/>
       <c r="I19" s="63">
-        <v>504141.804</v>
+        <v>551039.05799999996</v>
       </c>
       <c r="J19" s="64">
         <v>100</v>
       </c>
       <c r="K19" s="65" t="s">
         <v>74</v>
       </c>
       <c r="L19" s="66">
-        <v>9.2474613480683754</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>8.6939299350518215</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="68"/>
       <c r="B20" s="69" t="s">
         <v>55</v>
       </c>
       <c r="C20" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D20" s="71"/>
       <c r="E20" s="71">
-        <v>136889.80499999999</v>
+        <v>150672.014</v>
       </c>
       <c r="F20" s="72">
-        <v>29.664002393822745</v>
+        <v>29.720458278093872</v>
       </c>
       <c r="G20" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H20" s="71"/>
       <c r="I20" s="71">
-        <v>159110.72399999999</v>
+        <v>171063.965</v>
       </c>
       <c r="J20" s="72">
-        <v>31.560708264534235</v>
+        <v>31.043891084758645</v>
       </c>
       <c r="K20" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L20" s="74">
-        <v>16.232705569271573</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>13.534000414967572</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="68"/>
       <c r="B21" s="69" t="s">
         <v>52</v>
       </c>
       <c r="C21" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D21" s="71"/>
       <c r="E21" s="71">
-        <v>88603.758000000002</v>
+        <v>96731.714000000007</v>
       </c>
       <c r="F21" s="72">
-        <v>19.200422481525862</v>
+        <v>19.080589644905846</v>
       </c>
       <c r="G21" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H21" s="71"/>
       <c r="I21" s="71">
-        <v>86675.214000000007</v>
+        <v>95782.591</v>
       </c>
       <c r="J21" s="72">
-        <v>17.192625827157155</v>
+        <v>17.382178197611537</v>
       </c>
       <c r="K21" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L21" s="74">
-        <v>-2.1765939092560771</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-0.98119113241393274</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="68"/>
       <c r="B22" s="69" t="s">
         <v>65</v>
       </c>
       <c r="C22" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D22" s="71"/>
       <c r="E22" s="71">
-        <v>63847.220999999998</v>
+        <v>71445.736999999994</v>
       </c>
       <c r="F22" s="72">
-        <v>13.835684232167106</v>
+        <v>14.092862962966482</v>
       </c>
       <c r="G22" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H22" s="71"/>
       <c r="I22" s="71">
-        <v>81633.475000000006</v>
+        <v>90299.900999999998</v>
       </c>
       <c r="J22" s="72">
-        <v>16.19256216252997</v>
+        <v>16.387205169764936</v>
       </c>
       <c r="K22" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L22" s="74">
-        <v>27.85752256938483</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>26.389487731087446</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="68"/>
       <c r="B23" s="69" t="s">
         <v>60</v>
       </c>
       <c r="C23" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D23" s="71"/>
       <c r="E23" s="71">
-        <v>41175.868999999999</v>
+        <v>44668.067000000003</v>
       </c>
       <c r="F23" s="72">
-        <v>8.9228052927954113</v>
+        <v>8.8108958418555527</v>
       </c>
       <c r="G23" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H23" s="71"/>
       <c r="I23" s="71">
-        <v>41025.417999999998</v>
+        <v>45419.953000000001</v>
       </c>
       <c r="J23" s="72">
-        <v>8.1376742960994353</v>
+        <v>8.2426013801729461</v>
       </c>
       <c r="K23" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L23" s="74">
-        <v>-0.36538633829440476</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>1.6832740937726238</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="68"/>
       <c r="B24" s="69" t="s">
         <v>58</v>
       </c>
       <c r="C24" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D24" s="71"/>
       <c r="E24" s="71">
-        <v>20360.412</v>
+        <v>23122.487000000001</v>
       </c>
       <c r="F24" s="72">
-        <v>4.4120985511464301</v>
+        <v>4.5609724853698976</v>
       </c>
       <c r="G24" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H24" s="71"/>
       <c r="I24" s="71">
-        <v>18255.297999999999</v>
+        <v>20394.238000000001</v>
       </c>
       <c r="J24" s="72">
-        <v>3.6210641242518342</v>
+        <v>3.7010512601449754</v>
       </c>
       <c r="K24" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L24" s="74">
-        <v>-10.339250502396521</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-11.799115726608472</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="68"/>
       <c r="B25" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C25" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D25" s="71"/>
       <c r="E25" s="71">
-        <v>110590.68699999998</v>
+        <v>120323.94700000004</v>
       </c>
       <c r="F25" s="72">
-        <v>23.964987048542447</v>
+        <v>23.734220786808354</v>
       </c>
       <c r="G25" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H25" s="75"/>
       <c r="I25" s="71">
-        <v>117441.67499999999</v>
+        <v>128078.40999999997</v>
       </c>
       <c r="J25" s="72">
-        <v>23.295365325427362</v>
+        <v>23.243072907546964</v>
       </c>
       <c r="K25" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L25" s="74">
-        <v>6.1949050013587614</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>6.4446547784872186</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="76">
         <v>4403</v>
       </c>
       <c r="B26" s="39" t="s">
         <v>62</v>
       </c>
       <c r="C26" s="77">
-        <v>987.92600000000004</v>
+        <v>1081.1010000000001</v>
       </c>
       <c r="D26" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E26" s="79">
-        <v>93877.244999999995</v>
+        <v>103611.724</v>
       </c>
       <c r="F26" s="80">
         <v>100</v>
       </c>
       <c r="G26" s="77">
-        <v>1011.213</v>
+        <v>1082.0450000000001</v>
       </c>
       <c r="H26" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I26" s="79">
-        <v>104647.802</v>
+        <v>113046.769</v>
       </c>
       <c r="J26" s="80">
         <v>100</v>
       </c>
       <c r="K26" s="81">
-        <v>2.3571603541155834</v>
+        <v>8.7318391158639194E-2</v>
       </c>
       <c r="L26" s="82">
-        <v>11.473022029992466</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>9.1061557859996611</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="76"/>
       <c r="B27" s="39" t="s">
         <v>63</v>
       </c>
       <c r="C27" s="77">
-        <v>874.50800000000004</v>
+        <v>956.69</v>
       </c>
       <c r="D27" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E27" s="79">
-        <v>85185.409</v>
+        <v>94005.349000000002</v>
       </c>
       <c r="F27" s="80">
-        <v>90.741274949003895</v>
+        <v>90.728486479001162</v>
       </c>
       <c r="G27" s="77">
-        <v>895.01300000000003</v>
+        <v>961.27099999999996</v>
       </c>
       <c r="H27" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I27" s="79">
-        <v>96796.87</v>
+        <v>104736.876</v>
       </c>
       <c r="J27" s="80">
-        <v>92.497757382424524</v>
+        <v>92.649154793623509</v>
       </c>
       <c r="K27" s="81">
-        <v>2.3447469891641921</v>
+        <v>0.47883849522832928</v>
       </c>
       <c r="L27" s="82">
-        <v>13.630809708268227</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>11.415868473612074</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="68"/>
       <c r="B28" s="83" t="s">
         <v>55</v>
       </c>
       <c r="C28" s="70">
-        <v>595.60599999999999</v>
+        <v>650.72699999999998</v>
       </c>
       <c r="D28" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E28" s="71">
-        <v>53483.646999999997</v>
+        <v>58899.997000000003</v>
       </c>
       <c r="F28" s="72">
-        <v>56.971896650780494</v>
+        <v>56.84684582605729</v>
       </c>
       <c r="G28" s="70">
-        <v>694.74099999999999</v>
+        <v>738.98900000000003</v>
       </c>
       <c r="H28" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I28" s="71">
-        <v>70530.426999999996</v>
+        <v>75419.156000000003</v>
       </c>
       <c r="J28" s="72">
-        <v>67.397905786879306</v>
+        <v>66.715003592893481</v>
       </c>
       <c r="K28" s="85">
-        <v>16.644392433924438</v>
+        <v>13.563598867113253</v>
       </c>
       <c r="L28" s="74">
-        <v>31.872882565394239</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>28.046111785031158</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="68"/>
       <c r="B29" s="69" t="s">
         <v>52</v>
       </c>
       <c r="C29" s="70">
-        <v>82.793999999999997</v>
+        <v>89.069000000000003</v>
       </c>
       <c r="D29" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E29" s="71">
-        <v>8225.6880000000001</v>
+        <v>8945.0220000000008</v>
       </c>
       <c r="F29" s="72">
-        <v>8.7621744758274502</v>
+        <v>8.6332141331805285</v>
       </c>
       <c r="G29" s="70">
-        <v>54.762999999999998</v>
+        <v>58.058</v>
       </c>
       <c r="H29" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I29" s="71">
-        <v>6731.9380000000001</v>
+        <v>7494.7250000000004</v>
       </c>
       <c r="J29" s="72">
-        <v>6.4329473446561263</v>
+        <v>6.6297560437131988</v>
       </c>
       <c r="K29" s="85">
-        <v>-33.856318090682905</v>
+        <v>-34.816827403473717</v>
       </c>
       <c r="L29" s="74">
-        <v>-18.159575223373412</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-16.213453695250838</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="68"/>
       <c r="B30" s="83" t="s">
         <v>58</v>
       </c>
       <c r="C30" s="70">
-        <v>132.238</v>
+        <v>151.678</v>
       </c>
       <c r="D30" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E30" s="71">
-        <v>16060.884</v>
+        <v>18572.743999999999</v>
       </c>
       <c r="F30" s="72">
-        <v>17.108388726149773</v>
+        <v>17.925330534988493</v>
       </c>
       <c r="G30" s="70">
-        <v>118.23</v>
+        <v>135.59399999999999</v>
       </c>
       <c r="H30" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I30" s="71">
-        <v>15246.424000000001</v>
+        <v>17227.664000000001</v>
       </c>
       <c r="J30" s="72">
-        <v>14.569273036427466</v>
+        <v>15.239412990211155</v>
       </c>
       <c r="K30" s="85">
-        <v>-10.593021673044053</v>
+        <v>-10.60404277482562</v>
       </c>
       <c r="L30" s="74">
-        <v>-5.0710782793773941</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-7.2422254891361142</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="68"/>
       <c r="B31" s="83" t="s">
         <v>54</v>
       </c>
       <c r="C31" s="70">
-        <v>12.551</v>
+        <v>12.685</v>
       </c>
       <c r="D31" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E31" s="71">
-        <v>1428.268</v>
+        <v>1461.3109999999999</v>
       </c>
       <c r="F31" s="72">
-        <v>1.5214208725447793</v>
+        <v>1.4103722470634692</v>
       </c>
       <c r="G31" s="70">
-        <v>4.5590000000000002</v>
+        <v>5.2130000000000001</v>
       </c>
       <c r="H31" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I31" s="71">
-        <v>1039.2460000000001</v>
+        <v>1184.5070000000001</v>
       </c>
       <c r="J31" s="72">
-        <v>0.99308918117553979</v>
+        <v>1.0478026134475369</v>
       </c>
       <c r="K31" s="85">
-        <v>-63.676201099513982</v>
+        <v>-58.904217579818685</v>
       </c>
       <c r="L31" s="74">
-        <v>-27.237325207874147</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-18.942169052309872</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="68"/>
       <c r="B32" s="69" t="s">
         <v>65</v>
       </c>
       <c r="C32" s="70">
-        <v>38.002000000000002</v>
+        <v>38.377000000000002</v>
       </c>
       <c r="D32" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E32" s="71">
-        <v>4924.3559999999998</v>
+        <v>5001.03</v>
       </c>
       <c r="F32" s="72">
-        <v>5.2455267514507913</v>
+        <v>4.8267028159863452</v>
       </c>
       <c r="G32" s="70">
-        <v>20.768000000000001</v>
+        <v>21.465</v>
       </c>
       <c r="H32" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I32" s="71">
-        <v>2986.8530000000001</v>
+        <v>3148.8420000000001</v>
       </c>
       <c r="J32" s="72">
-        <v>2.854195638050764</v>
+        <v>2.7854329918973622</v>
       </c>
       <c r="K32" s="85">
-        <v>-45.350244723961893</v>
+        <v>-44.068061599395477</v>
       </c>
       <c r="L32" s="74">
-        <v>-39.345307284851053</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-37.036130557105231</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="68"/>
       <c r="B33" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="70">
-        <v>13.317000000000121</v>
+        <v>14.154000000000224</v>
       </c>
       <c r="D33" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E33" s="71">
-        <v>1062.5660000000062</v>
+        <v>1125.2449999999953</v>
       </c>
       <c r="F33" s="72">
-        <v>1.1318674722506037</v>
+        <v>1.0860209217250312</v>
       </c>
       <c r="G33" s="70">
-        <v>1.9519999999999982</v>
+        <v>1.9519999999998845</v>
       </c>
       <c r="H33" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I33" s="71">
-        <v>261.98200000000361</v>
+        <v>261.98199999998906</v>
       </c>
       <c r="J33" s="72">
-        <v>0.25034639523532815</v>
+        <v>0.23174656146076056</v>
       </c>
       <c r="K33" s="85">
-        <v>-85.342044003904931</v>
+        <v>-86.208845556027597</v>
       </c>
       <c r="L33" s="74">
-        <v>-75.344402135961246</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-76.717781460927156</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="76"/>
       <c r="B34" s="39" t="s">
         <v>66</v>
       </c>
       <c r="C34" s="77">
-        <v>113.41800000000001</v>
+        <v>124.411</v>
       </c>
       <c r="D34" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E34" s="79">
-        <v>8691.8359999999993</v>
+        <v>9606.375</v>
       </c>
       <c r="F34" s="80">
-        <v>9.2587250509961176</v>
+        <v>9.2715135209988393</v>
       </c>
       <c r="G34" s="77">
-        <v>116.2</v>
+        <v>120.774</v>
       </c>
       <c r="H34" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I34" s="79">
-        <v>7850.9319999999998</v>
+        <v>8309.893</v>
       </c>
       <c r="J34" s="80">
-        <v>7.5022426175754742</v>
+        <v>7.3508452063764871</v>
       </c>
       <c r="K34" s="81">
-        <v>2.4528734416053859</v>
+        <v>-2.9233749427301445</v>
       </c>
       <c r="L34" s="82">
-        <v>-9.6746418133061827</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-13.49605860691468</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="68"/>
       <c r="B35" s="83" t="s">
         <v>55</v>
       </c>
       <c r="C35" s="70">
-        <v>92.700999999999993</v>
+        <v>100.191</v>
       </c>
       <c r="D35" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E35" s="71">
-        <v>6650.2830000000004</v>
+        <v>7259.6880000000001</v>
       </c>
       <c r="F35" s="72">
-        <v>7.0840202010615041</v>
+        <v>7.006627937201392</v>
       </c>
       <c r="G35" s="70">
-        <v>96.075999999999993</v>
+        <v>98.84</v>
       </c>
       <c r="H35" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I35" s="71">
-        <v>5659.4949999999999</v>
+        <v>5803.0870000000004</v>
       </c>
       <c r="J35" s="72">
-        <v>5.408135566956294</v>
+        <v>5.1333506046510724</v>
       </c>
       <c r="K35" s="85">
-        <v>3.6407374246232513</v>
+        <v>-1.3484245091874509</v>
       </c>
       <c r="L35" s="74">
-        <v>-14.898433645605765</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-20.064236920374533</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="68"/>
       <c r="B36" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C36" s="70">
-        <v>18.844000000000001</v>
+        <v>22.34</v>
       </c>
       <c r="D36" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E36" s="71">
-        <v>1574.454</v>
+        <v>1873.7349999999999</v>
       </c>
       <c r="F36" s="72">
-        <v>1.6771412497245739</v>
+        <v>1.8084198656901027</v>
       </c>
       <c r="G36" s="70">
-        <v>5.6079999999999997</v>
+        <v>5.944</v>
       </c>
       <c r="H36" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I36" s="71">
-        <v>476.40199999999999</v>
+        <v>511.58199999999999</v>
       </c>
       <c r="J36" s="72">
-        <v>0.45524319755898929</v>
+        <v>0.45254013407495092</v>
       </c>
       <c r="K36" s="85">
-        <v>-70.239864147739326</v>
+        <v>-73.39301700984781</v>
       </c>
       <c r="L36" s="74">
-        <v>-69.741764446595454</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-72.697206381905659</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="68"/>
       <c r="B37" s="69" t="s">
         <v>54</v>
       </c>
       <c r="C37" s="70">
         <v>1.079</v>
       </c>
       <c r="D37" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E37" s="71">
         <v>213.559</v>
       </c>
       <c r="F37" s="72">
-        <v>0.22748750242936935</v>
+        <v>0.20611470570647006</v>
       </c>
       <c r="G37" s="70">
-        <v>12.282</v>
+        <v>12.942</v>
       </c>
       <c r="H37" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I37" s="71">
-        <v>1271.665</v>
+        <v>1357.6130000000001</v>
       </c>
       <c r="J37" s="72">
-        <v>1.2151855802953224</v>
+        <v>1.2009303866083958</v>
       </c>
       <c r="K37" s="85">
-        <v>1038.2761816496757</v>
+        <v>1099.4439295644115</v>
       </c>
       <c r="L37" s="74">
-        <v>495.46308046020073</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>535.70863321143111</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" s="68"/>
       <c r="B38" s="69" t="s">
         <v>53</v>
       </c>
       <c r="C38" s="70">
         <v>8.6999999999999994E-2</v>
       </c>
       <c r="D38" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E38" s="71">
         <v>45.491</v>
       </c>
       <c r="F38" s="72">
-        <v>4.8457962310248889E-2</v>
+        <v>4.3905263076213265E-2</v>
       </c>
       <c r="G38" s="70">
         <v>6.0000000000000001E-3</v>
       </c>
       <c r="H38" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I38" s="71">
         <v>12.218</v>
       </c>
       <c r="J38" s="72">
-        <v>1.1675352722649636E-2</v>
+        <v>1.0807916146634851E-2</v>
       </c>
       <c r="K38" s="85">
         <v>-93.103448275862064</v>
       </c>
       <c r="L38" s="74">
         <v>-73.141940163988465</v>
       </c>
     </row>
-    <row r="39" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="68"/>
       <c r="B39" s="83" t="s">
         <v>60</v>
       </c>
       <c r="C39" s="70">
         <v>2.7E-2</v>
       </c>
       <c r="D39" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E39" s="71">
-        <v>3.58</v>
+        <v>3.7650000000000001</v>
       </c>
       <c r="F39" s="72">
-        <v>3.8134906920202017E-3</v>
+        <v>3.6337586661524908E-3</v>
       </c>
       <c r="G39" s="70">
         <v>1.2999999999999999E-2</v>
       </c>
       <c r="H39" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I39" s="71">
-        <v>1.954</v>
+        <v>2.1280000000000001</v>
       </c>
       <c r="J39" s="72">
-        <v>1.8672155197296929E-3</v>
+        <v>1.8824067408773093E-3</v>
       </c>
       <c r="K39" s="85">
         <v>-51.851851851851848</v>
       </c>
       <c r="L39" s="74">
-        <v>-45.418994413407823</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-43.479415670650731</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A40" s="68"/>
       <c r="B40" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C40" s="70">
-        <v>0.68000000000002103</v>
+        <v>0.68699999999999761</v>
       </c>
       <c r="D40" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E40" s="71">
-        <v>204.46899999999914</v>
+        <v>210.13700000000063</v>
       </c>
       <c r="F40" s="72">
-        <v>0.21780464477840095</v>
+        <v>0.20281199065850947</v>
       </c>
       <c r="G40" s="70">
-        <v>2.2150000000000034</v>
+        <v>3.0289999999999964</v>
       </c>
       <c r="H40" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I40" s="71">
-        <v>429.19800000000032</v>
+        <v>623.26499999999942</v>
       </c>
       <c r="J40" s="72">
-        <v>0.41013570452248987</v>
+        <v>0.55133375815455588</v>
       </c>
       <c r="K40" s="85">
-        <v>225.73529411763747</v>
+        <v>340.90247452692972</v>
       </c>
       <c r="L40" s="74">
-        <v>109.90859250057569</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>196.5993613690105</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="76">
         <v>4407</v>
       </c>
       <c r="B41" s="39" t="s">
         <v>67</v>
       </c>
       <c r="C41" s="77">
-        <v>388.791</v>
+        <v>428.392</v>
       </c>
       <c r="D41" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E41" s="79">
-        <v>97027.562000000005</v>
+        <v>107370.841</v>
       </c>
       <c r="F41" s="80">
         <v>100</v>
       </c>
       <c r="G41" s="77">
-        <v>452.18299999999999</v>
+        <v>507.53100000000001</v>
       </c>
       <c r="H41" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I41" s="79">
-        <v>119983.003</v>
+        <v>133522.70800000001</v>
       </c>
       <c r="J41" s="80">
         <v>100</v>
       </c>
       <c r="K41" s="81">
-        <v>16.304904177308629</v>
+        <v>18.473500905712527</v>
       </c>
       <c r="L41" s="82">
-        <v>23.658680612834516</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>24.356582063094777</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="76"/>
       <c r="B42" s="39" t="s">
         <v>63</v>
       </c>
       <c r="C42" s="77">
-        <v>369.01799999999997</v>
+        <v>407.589</v>
       </c>
       <c r="D42" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E42" s="79">
-        <v>88625.481</v>
+        <v>98168.945000000007</v>
       </c>
       <c r="F42" s="80">
-        <v>91.340521366495835</v>
+        <v>91.429799828055735</v>
       </c>
       <c r="G42" s="77">
-        <v>434.95299999999997</v>
+        <v>487.358</v>
       </c>
       <c r="H42" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I42" s="79">
-        <v>112694.17</v>
+        <v>125440.28</v>
       </c>
       <c r="J42" s="80">
-        <v>93.925112042744928</v>
+        <v>93.946776453934703</v>
       </c>
       <c r="K42" s="81">
-        <v>17.867692090900718</v>
+        <v>19.570940334503632</v>
       </c>
       <c r="L42" s="82">
-        <v>27.157752746075364</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>27.780002117777663</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" s="68"/>
       <c r="B43" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C43" s="70">
-        <v>105.884</v>
+        <v>114.319</v>
       </c>
       <c r="D43" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E43" s="71">
-        <v>25081.993999999999</v>
+        <v>27054.431</v>
       </c>
       <c r="F43" s="72">
-        <v>25.850380534141419</v>
+        <v>25.197186450276568</v>
       </c>
       <c r="G43" s="70">
-        <v>98.587000000000003</v>
+        <v>108.51900000000001</v>
       </c>
       <c r="H43" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I43" s="71">
-        <v>25312.080000000002</v>
+        <v>27649.787</v>
       </c>
       <c r="J43" s="72">
-        <v>21.096388127575043</v>
+        <v>20.707928571969944</v>
       </c>
       <c r="K43" s="85">
-        <v>-6.8915039099391757</v>
+        <v>-5.0735223366194573</v>
       </c>
       <c r="L43" s="74">
-        <v>0.91733536017911088</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>2.2005859225056321</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A44" s="68"/>
       <c r="B44" s="83" t="s">
         <v>65</v>
       </c>
       <c r="C44" s="70">
-        <v>140.672</v>
+        <v>158.804</v>
       </c>
       <c r="D44" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E44" s="71">
-        <v>34508.892999999996</v>
+        <v>39206.597000000002</v>
       </c>
       <c r="F44" s="72">
-        <v>35.566072452691323</v>
+        <v>36.51512518189179</v>
       </c>
       <c r="G44" s="70">
-        <v>185.12100000000001</v>
+        <v>210.32900000000001</v>
       </c>
       <c r="H44" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I44" s="71">
-        <v>49193.063999999998</v>
+        <v>55661.387999999999</v>
       </c>
       <c r="J44" s="72">
-        <v>41.000027312201887</v>
+        <v>41.686832774541983</v>
       </c>
       <c r="K44" s="85">
-        <v>31.597617151956332</v>
+        <v>32.445656280698223</v>
       </c>
       <c r="L44" s="74">
-        <v>42.551845983584592</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>41.969444580971917</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A45" s="68"/>
       <c r="B45" s="83" t="s">
         <v>54</v>
       </c>
       <c r="C45" s="70">
-        <v>67.444000000000003</v>
+        <v>74.694000000000003</v>
       </c>
       <c r="D45" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E45" s="71">
-        <v>16380.397999999999</v>
+        <v>18102.817999999999</v>
       </c>
       <c r="F45" s="72">
-        <v>16.882211262816227</v>
+        <v>16.860087740208719</v>
       </c>
       <c r="G45" s="70">
-        <v>82.947000000000003</v>
+        <v>96.201999999999998</v>
       </c>
       <c r="H45" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I45" s="71">
-        <v>20380.205000000002</v>
+        <v>23359.401000000002</v>
       </c>
       <c r="J45" s="72">
-        <v>16.985910079280149</v>
+        <v>17.494702848597107</v>
       </c>
       <c r="K45" s="85">
-        <v>22.986477670363563</v>
+        <v>28.794816183361444</v>
       </c>
       <c r="L45" s="74">
-        <v>24.418252840987154</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>29.037374181191034</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A46" s="68"/>
       <c r="B46" s="83" t="s">
         <v>73</v>
       </c>
       <c r="C46" s="70">
-        <v>30.882000000000001</v>
+        <v>33.148000000000003</v>
       </c>
       <c r="D46" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E46" s="71">
-        <v>6691.5209999999997</v>
+        <v>7190.2169999999996</v>
       </c>
       <c r="F46" s="72">
-        <v>6.896515651913421</v>
+        <v>6.6966198020186862</v>
       </c>
       <c r="G46" s="70">
-        <v>28.155999999999999</v>
+        <v>29.148</v>
       </c>
       <c r="H46" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I46" s="71">
-        <v>6963.6729999999998</v>
+        <v>7224.393</v>
       </c>
       <c r="J46" s="72">
-        <v>5.8038829049811334</v>
+        <v>5.4106100065016651</v>
       </c>
       <c r="K46" s="85">
-        <v>-8.8271485007447783</v>
+        <v>-12.067093037287327</v>
       </c>
       <c r="L46" s="74">
-        <v>4.0671171770962102</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>0.47531249752268101</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A47" s="68"/>
       <c r="B47" s="69" t="s">
         <v>55</v>
       </c>
       <c r="C47" s="70">
-        <v>16.673999999999999</v>
+        <v>18.722000000000001</v>
       </c>
       <c r="D47" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E47" s="71">
-        <v>3646.6329999999998</v>
+        <v>4139.942</v>
       </c>
       <c r="F47" s="72">
-        <v>3.7583475507711919</v>
+        <v>3.8557414298356849</v>
       </c>
       <c r="G47" s="70">
-        <v>21.773</v>
+        <v>24.233000000000001</v>
       </c>
       <c r="H47" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I47" s="71">
-        <v>4971.2860000000001</v>
+        <v>5513.308</v>
       </c>
       <c r="J47" s="72">
-        <v>4.1433252008203203</v>
+        <v>4.1291163747218187</v>
       </c>
       <c r="K47" s="85">
-        <v>30.580544560393431</v>
+        <v>29.435957696827259</v>
       </c>
       <c r="L47" s="74">
-        <v>36.325371925280123</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>33.173556537748595</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A48" s="68"/>
       <c r="B48" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C48" s="70">
-        <v>7.4619999999999891</v>
+        <v>7.9019999999999868</v>
       </c>
       <c r="D48" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E48" s="71">
-        <v>2316.0420000000158</v>
+        <v>2474.9400000000023</v>
       </c>
       <c r="F48" s="72">
-        <v>2.3869939141622623</v>
+        <v>2.3050392238242803</v>
       </c>
       <c r="G48" s="70">
-        <v>18.368999999999915</v>
+        <v>18.926999999999964</v>
       </c>
       <c r="H48" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I48" s="71">
-        <v>5873.8620000000083</v>
+        <v>6032.002999999997</v>
       </c>
       <c r="J48" s="72">
-        <v>4.8955784178864139</v>
+        <v>4.5175858776021798</v>
       </c>
       <c r="K48" s="85">
-        <v>146.16724738675879</v>
+        <v>139.52164009111613</v>
       </c>
       <c r="L48" s="74">
-        <v>153.61638519508577</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>143.72320137053794</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A49" s="76"/>
       <c r="B49" s="39" t="s">
         <v>66</v>
       </c>
       <c r="C49" s="77">
-        <v>19.773</v>
+        <v>20.803000000000001</v>
       </c>
       <c r="D49" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E49" s="79">
-        <v>8402.0810000000001</v>
+        <v>9201.8960000000006</v>
       </c>
       <c r="F49" s="80">
-        <v>8.6594786335041576</v>
+        <v>8.5702001719442631</v>
       </c>
       <c r="G49" s="77">
-        <v>17.23</v>
+        <v>20.172999999999998</v>
       </c>
       <c r="H49" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I49" s="79">
-        <v>7288.8329999999996</v>
+        <v>8082.4279999999999</v>
       </c>
       <c r="J49" s="80">
-        <v>6.0748879572550782</v>
+        <v>6.0532235460652881</v>
       </c>
       <c r="K49" s="81">
-        <v>-12.860972032569663</v>
+        <v>-3.0284093640340455</v>
       </c>
       <c r="L49" s="82">
-        <v>-13.249669932960661</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-12.165623258511079</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A50" s="68"/>
       <c r="B50" s="83" t="s">
         <v>55</v>
       </c>
       <c r="C50" s="70">
-        <v>2.6989999999999998</v>
+        <v>2.7519999999999998</v>
       </c>
       <c r="D50" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E50" s="71">
-        <v>1191.915</v>
+        <v>1249.2280000000001</v>
       </c>
       <c r="F50" s="72">
-        <v>1.2284292992953898</v>
+        <v>1.1634704435257244</v>
       </c>
       <c r="G50" s="70">
-        <v>1.397</v>
+        <v>1.294</v>
       </c>
       <c r="H50" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I50" s="71">
-        <v>664.221</v>
+        <v>709.44899999999996</v>
       </c>
       <c r="J50" s="72">
-        <v>0.55359591224767057</v>
+        <v>0.53133209371397705</v>
       </c>
       <c r="K50" s="85">
-        <v>-48.240088921822895</v>
+        <v>-52.979651162790695</v>
       </c>
       <c r="L50" s="74">
-        <v>-44.272787908533743</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-43.209005882032756</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A51" s="68"/>
       <c r="B51" s="83" t="s">
         <v>73</v>
       </c>
       <c r="C51" s="70">
-        <v>4.5590000000000002</v>
+        <v>5.16</v>
       </c>
       <c r="D51" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E51" s="71">
-        <v>2887.5650000000001</v>
+        <v>3272.2719999999999</v>
       </c>
       <c r="F51" s="72">
-        <v>2.9760255132454012</v>
+        <v>3.0476356239027691</v>
       </c>
       <c r="G51" s="70">
-        <v>2.9630000000000001</v>
+        <v>3.1619999999999999</v>
       </c>
       <c r="H51" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I51" s="71">
-        <v>2056.9250000000002</v>
+        <v>2214.4830000000002</v>
       </c>
       <c r="J51" s="72">
-        <v>1.7143469896315231</v>
+        <v>1.6585066564108333</v>
       </c>
       <c r="K51" s="85">
-        <v>-35.00767712217592</v>
+        <v>-38.720930232558146</v>
       </c>
       <c r="L51" s="74">
-        <v>-28.766105698053547</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-32.325827437327945</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A52" s="68"/>
       <c r="B52" s="83" t="s">
         <v>77</v>
       </c>
       <c r="C52" s="70">
         <v>7.0640000000000001</v>
       </c>
       <c r="D52" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E52" s="71">
-        <v>528.30100000000004</v>
+        <v>533.05999999999995</v>
       </c>
       <c r="F52" s="72">
-        <v>0.54448549371981547</v>
+        <v>0.49646626126361437</v>
       </c>
       <c r="G52" s="70">
-        <v>7.6420000000000003</v>
+        <v>8.6519999999999992</v>
       </c>
       <c r="H52" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I52" s="71">
-        <v>643.78700000000003</v>
+        <v>725.16300000000001</v>
       </c>
       <c r="J52" s="72">
-        <v>0.5365651666511464</v>
+        <v>0.54310087839141197</v>
       </c>
       <c r="K52" s="85">
-        <v>8.1823329558323934</v>
+        <v>22.480181200452989</v>
       </c>
       <c r="L52" s="74">
-        <v>21.859886693381231</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>36.037781863204913</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A53" s="68"/>
       <c r="B53" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C53" s="70">
-        <v>1.2010000000000001</v>
+        <v>1.2430000000000001</v>
       </c>
       <c r="D53" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E53" s="71">
-        <v>870.10199999999998</v>
+        <v>923.41800000000001</v>
       </c>
       <c r="F53" s="72">
-        <v>0.89675756255732775</v>
+        <v>0.86002679256279646</v>
       </c>
       <c r="G53" s="70">
-        <v>0.60399999999999998</v>
+        <v>1.93</v>
       </c>
       <c r="H53" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I53" s="71">
-        <v>716.71299999999997</v>
+        <v>835.78599999999994</v>
       </c>
       <c r="J53" s="72">
-        <v>0.59734544233736164</v>
+        <v>0.62595045630740198</v>
       </c>
       <c r="K53" s="85">
-        <v>-49.708576186511245</v>
+        <v>55.269509251810121</v>
       </c>
       <c r="L53" s="74">
-        <v>-17.628852709222599</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-9.4899601263999678</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A54" s="68"/>
       <c r="B54" s="83" t="s">
         <v>60</v>
       </c>
       <c r="C54" s="70">
-        <v>0.14599999999999999</v>
+        <v>0.159</v>
       </c>
       <c r="D54" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E54" s="71">
-        <v>183.85400000000001</v>
+        <v>203.298</v>
       </c>
       <c r="F54" s="72">
-        <v>0.18948636470944205</v>
+        <v>0.18934190894527875</v>
       </c>
       <c r="G54" s="70">
-        <v>4.8000000000000001E-2</v>
+        <v>5.7000000000000002E-2</v>
       </c>
       <c r="H54" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I54" s="71">
-        <v>181.51300000000001</v>
+        <v>182.386</v>
       </c>
       <c r="J54" s="72">
-        <v>0.15128226120494748</v>
+        <v>0.13659549205667698</v>
       </c>
       <c r="K54" s="85">
-        <v>-67.123287671232873</v>
+        <v>-64.150943396226424</v>
       </c>
       <c r="L54" s="74">
-        <v>-1.2732929389624421</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-10.28637763283456</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A55" s="68"/>
       <c r="B55" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C55" s="70">
-        <v>4.1039999999999992</v>
+        <v>4.4250000000000043</v>
       </c>
       <c r="D55" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E55" s="71">
-        <v>2740.3440000000001</v>
+        <v>3020.6200000000017</v>
       </c>
       <c r="F55" s="72">
-        <v>2.8242943999767816</v>
+        <v>2.8132591417440809</v>
       </c>
       <c r="G55" s="70">
-        <v>4.5760000000000005</v>
+        <v>5.0779999999999994</v>
       </c>
       <c r="H55" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I55" s="71">
-        <v>3025.674</v>
+        <v>3415.1609999999991</v>
       </c>
       <c r="J55" s="72">
-        <v>2.5217521851824292</v>
+        <v>2.5577379691849864</v>
       </c>
       <c r="K55" s="85">
-        <v>11.500974658869429</v>
+        <v>14.75706214689253</v>
       </c>
       <c r="L55" s="74">
-        <v>10.412196424974379</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>13.061590004700928</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A56" s="76">
         <v>4412</v>
       </c>
       <c r="B56" s="39" t="s">
         <v>30</v>
       </c>
       <c r="C56" s="77">
-        <v>31.52</v>
+        <v>34.752000000000002</v>
       </c>
       <c r="D56" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E56" s="79">
-        <v>24420.704000000002</v>
+        <v>26887.348999999998</v>
       </c>
       <c r="F56" s="80">
         <v>100</v>
       </c>
       <c r="G56" s="77">
-        <v>36.712000000000003</v>
+        <v>39.799999999999997</v>
       </c>
       <c r="H56" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I56" s="79">
-        <v>25550.982</v>
+        <v>27628.605</v>
       </c>
       <c r="J56" s="80">
         <v>100</v>
       </c>
       <c r="K56" s="81">
-        <v>16.472081218274123</v>
+        <v>14.525782688766098</v>
       </c>
       <c r="L56" s="82">
-        <v>4.6283596083061251</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>2.7568950735901905</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A57" s="76"/>
       <c r="B57" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C57" s="70">
-        <v>13.659000000000001</v>
+        <v>15.196999999999999</v>
       </c>
       <c r="D57" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E57" s="71">
-        <v>12631.932000000001</v>
+        <v>13868.359</v>
       </c>
       <c r="F57" s="72">
-        <v>51.726322058528702</v>
+        <v>51.579495620784343</v>
       </c>
       <c r="G57" s="70">
-        <v>14.03</v>
+        <v>15.195</v>
       </c>
       <c r="H57" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I57" s="71">
-        <v>11678.623</v>
+        <v>12628.761</v>
       </c>
       <c r="J57" s="72">
-        <v>45.707139553383897</v>
+        <v>45.70900702369881</v>
       </c>
       <c r="K57" s="85">
-        <v>2.7161578446445467</v>
+        <v>-1.3160492202401078E-2</v>
       </c>
       <c r="L57" s="74">
-        <v>-7.5468186497520806</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-8.9383177923213548</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A58" s="76"/>
       <c r="B58" s="83" t="s">
         <v>60</v>
       </c>
       <c r="C58" s="70">
-        <v>1.1579999999999999</v>
+        <v>1.3089999999999999</v>
       </c>
       <c r="D58" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E58" s="71">
-        <v>1536.942</v>
+        <v>1774.413</v>
       </c>
       <c r="F58" s="72">
-        <v>6.293602346599017</v>
+        <v>6.5994345519151034</v>
       </c>
       <c r="G58" s="70">
-        <v>1.23</v>
+        <v>1.3440000000000001</v>
       </c>
       <c r="H58" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I58" s="71">
-        <v>1706.6030000000001</v>
+        <v>1815.4649999999999</v>
       </c>
       <c r="J58" s="72">
-        <v>6.6792070848783824</v>
+        <v>6.5709615089144027</v>
       </c>
       <c r="K58" s="85">
-        <v>6.2176165803108869</v>
+        <v>2.6737967914438614</v>
       </c>
       <c r="L58" s="74">
-        <v>11.038868090012508</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>2.3135538344229842</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A59" s="76"/>
       <c r="B59" s="83" t="s">
         <v>78</v>
       </c>
       <c r="C59" s="70">
-        <v>4.0430000000000001</v>
+        <v>4.1449999999999996</v>
       </c>
       <c r="D59" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E59" s="71">
-        <v>1467.319</v>
+        <v>1499.0409999999999</v>
       </c>
       <c r="F59" s="72">
-        <v>6.008504095541225</v>
+        <v>5.5752651553710262</v>
       </c>
       <c r="G59" s="70">
         <v>4.7279999999999998</v>
       </c>
       <c r="H59" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I59" s="71">
         <v>1566.6120000000001</v>
       </c>
       <c r="J59" s="72">
-        <v>6.1313181622530211</v>
+        <v>5.6702537098778611</v>
       </c>
       <c r="K59" s="85">
-        <v>16.942864209745228</v>
+        <v>14.065138721351031</v>
       </c>
       <c r="L59" s="74">
-        <v>6.7669675101324334</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>4.5076152019858124</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A60" s="76"/>
       <c r="B60" s="83" t="s">
         <v>73</v>
       </c>
       <c r="C60" s="70">
-        <v>1.252</v>
+        <v>1.282</v>
       </c>
       <c r="D60" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E60" s="71">
-        <v>1127.3900000000001</v>
+        <v>1156.107</v>
       </c>
       <c r="F60" s="72">
-        <v>4.6165335774103813</v>
+        <v>4.2998177321237581</v>
       </c>
       <c r="G60" s="70">
-        <v>1.5429999999999999</v>
+        <v>1.6679999999999999</v>
       </c>
       <c r="H60" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I60" s="71">
-        <v>1126.086</v>
+        <v>1206.2360000000001</v>
       </c>
       <c r="J60" s="72">
-        <v>4.4072122159531872</v>
+        <v>4.365895418896466</v>
       </c>
       <c r="K60" s="85">
-        <v>23.242811501597437</v>
+        <v>30.109204368174719</v>
       </c>
       <c r="L60" s="74">
-        <v>-0.1156653864235169</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>4.3360173409554763</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A61" s="76"/>
       <c r="B61" s="83" t="s">
         <v>55</v>
       </c>
       <c r="C61" s="70">
-        <v>1.4330000000000001</v>
+        <v>1.569</v>
       </c>
       <c r="D61" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E61" s="71">
-        <v>880.678</v>
+        <v>961.24099999999999</v>
       </c>
       <c r="F61" s="72">
-        <v>3.6062760516650134</v>
+        <v>3.575067962259872</v>
       </c>
       <c r="G61" s="70">
-        <v>1.121</v>
+        <v>1.1850000000000001</v>
       </c>
       <c r="H61" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I61" s="71">
-        <v>885.03800000000001</v>
+        <v>944.27099999999996</v>
       </c>
       <c r="J61" s="72">
-        <v>3.4638120757941908</v>
+        <v>3.4177295596357467</v>
       </c>
       <c r="K61" s="85">
-        <v>-21.772505233775298</v>
+        <v>-24.474187380497124</v>
       </c>
       <c r="L61" s="74">
-        <v>0.49507311412343824</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-1.7654261522344581</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A62" s="68"/>
       <c r="B62" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C62" s="70">
-        <v>9.9750000000000014</v>
+        <v>11.250000000000004</v>
       </c>
       <c r="D62" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E62" s="71">
-        <v>6776.4430000000029</v>
+        <v>7628.1879999999983</v>
       </c>
       <c r="F62" s="72">
-        <v>27.748761870255674</v>
+        <v>28.370918977545902</v>
       </c>
       <c r="G62" s="70">
-        <v>14.060000000000006</v>
+        <v>15.679999999999996</v>
       </c>
       <c r="H62" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I62" s="71">
-        <v>8588.02</v>
+        <v>9467.2599999999984</v>
       </c>
       <c r="J62" s="72">
-        <v>33.61131090773732</v>
+        <v>34.266152778976711</v>
       </c>
       <c r="K62" s="85">
-        <v>40.952380952380992</v>
+        <v>39.377777777777702</v>
       </c>
       <c r="L62" s="74">
-        <v>26.733449982535035</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>24.108897158801025</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A63" s="61" t="s">
         <v>69</v>
       </c>
       <c r="B63" s="103" t="s">
         <v>43</v>
       </c>
       <c r="C63" s="62" t="s">
         <v>74</v>
       </c>
       <c r="D63" s="63"/>
       <c r="E63" s="63">
-        <v>74023.228000000003</v>
+        <v>81357.251999999993</v>
       </c>
       <c r="F63" s="64">
         <v>100</v>
       </c>
       <c r="G63" s="62" t="s">
         <v>74</v>
       </c>
       <c r="H63" s="63"/>
       <c r="I63" s="63">
-        <v>69814.642000000007</v>
+        <v>77797.754000000001</v>
       </c>
       <c r="J63" s="64">
         <v>100</v>
       </c>
       <c r="K63" s="65" t="s">
         <v>74</v>
       </c>
       <c r="L63" s="66">
-        <v>-5.6854937479894767</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-4.3751453158717712</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A64" s="68"/>
       <c r="B64" s="69" t="s">
         <v>60</v>
       </c>
       <c r="C64" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D64" s="71"/>
       <c r="E64" s="71">
-        <v>22907.584999999999</v>
+        <v>25168.478999999999</v>
       </c>
       <c r="F64" s="72">
-        <v>30.946482096133391</v>
+        <v>30.935753582237513</v>
       </c>
       <c r="G64" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H64" s="71"/>
       <c r="I64" s="71">
-        <v>23482.617999999999</v>
+        <v>26105.567999999999</v>
       </c>
       <c r="J64" s="72">
-        <v>33.635663418570559</v>
+        <v>33.555683368442743</v>
       </c>
       <c r="K64" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L64" s="74">
-        <v>2.5102296902969017</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>3.7232643259848959</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A65" s="68"/>
       <c r="B65" s="69" t="s">
         <v>72</v>
       </c>
       <c r="C65" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D65" s="71"/>
       <c r="E65" s="71">
-        <v>7049.36</v>
+        <v>7556.64</v>
       </c>
       <c r="F65" s="72">
-        <v>9.5231729153989342</v>
+        <v>9.2882193218620515</v>
       </c>
       <c r="G65" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H65" s="71"/>
       <c r="I65" s="71">
-        <v>4084.491</v>
+        <v>4284.8729999999996</v>
       </c>
       <c r="J65" s="72">
-        <v>5.8504790442096652</v>
+        <v>5.5077078446249219</v>
       </c>
       <c r="K65" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L65" s="74">
-        <v>-42.058697527151402</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-43.296584196150675</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A66" s="68"/>
       <c r="B66" s="69" t="s">
         <v>55</v>
       </c>
       <c r="C66" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D66" s="71"/>
       <c r="E66" s="71">
-        <v>12725.85</v>
+        <v>13860.822</v>
       </c>
       <c r="F66" s="72">
-        <v>17.19169825990296</v>
+        <v>17.036983992527183</v>
       </c>
       <c r="G66" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H66" s="71"/>
       <c r="I66" s="71">
-        <v>10613.627</v>
+        <v>11826.300999999999</v>
       </c>
       <c r="J66" s="72">
-        <v>15.202580283946737</v>
+        <v>15.201339874156263</v>
       </c>
       <c r="K66" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L66" s="74">
-        <v>-16.597893264497067</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-14.678213168021353</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A67" s="94"/>
       <c r="B67" s="69" t="s">
         <v>64</v>
       </c>
       <c r="C67" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D67" s="71"/>
       <c r="E67" s="71">
-        <v>7136.0919999999996</v>
+        <v>7762.3789999999999</v>
       </c>
       <c r="F67" s="72">
-        <v>9.6403415425223002</v>
+        <v>9.5411027402941304</v>
       </c>
       <c r="G67" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H67" s="71"/>
       <c r="I67" s="71">
-        <v>6259.0839999999998</v>
+        <v>7116.9319999999998</v>
       </c>
       <c r="J67" s="72">
-        <v>8.9652883989579149</v>
+        <v>9.1479915988320162</v>
       </c>
       <c r="K67" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L67" s="74">
-        <v>-12.289751869790914</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>-8.3150668113473998</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A68" s="94"/>
       <c r="B68" s="69" t="s">
         <v>52</v>
       </c>
       <c r="C68" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D68" s="71"/>
       <c r="E68" s="71">
-        <v>2557.09</v>
+        <v>3021.069</v>
       </c>
       <c r="F68" s="72">
-        <v>3.4544427054707745</v>
+        <v>3.7133370728893356</v>
       </c>
       <c r="G68" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H68" s="71"/>
       <c r="I68" s="71">
-        <v>3512.5740000000001</v>
+        <v>3842.3209999999999</v>
       </c>
       <c r="J68" s="72">
-        <v>5.0312855575482285</v>
+        <v>4.9388585176893409</v>
       </c>
       <c r="K68" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L68" s="74">
-        <v>37.366068460632981</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>27.184152364610011</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A69" s="95"/>
       <c r="B69" s="96" t="s">
         <v>61</v>
       </c>
       <c r="C69" s="97" t="s">
         <v>74</v>
       </c>
       <c r="D69" s="98"/>
       <c r="E69" s="98">
-        <v>21647.251000000004</v>
+        <v>23987.86299999999</v>
       </c>
       <c r="F69" s="99">
-        <v>29.243862480571647</v>
+        <v>29.484603290189781</v>
       </c>
       <c r="G69" s="97" t="s">
         <v>74</v>
       </c>
       <c r="H69" s="98"/>
       <c r="I69" s="98">
-        <v>21862.248000000007</v>
+        <v>24621.759000000005</v>
       </c>
       <c r="J69" s="99">
-        <v>31.314703296766893</v>
+        <v>31.648418796254713</v>
       </c>
       <c r="K69" s="100" t="s">
         <v>74</v>
       </c>
       <c r="L69" s="101">
-        <v>0.99318384583799102</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>2.6425697028535451</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="L71" s="3" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:F4"/>
     <mergeCell ref="G4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="G5:H5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>