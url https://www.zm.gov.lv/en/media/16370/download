--- v3 (2026-01-14)
+++ v4 (2026-02-23)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://zmgovlv-my.sharepoint.com/personal/dace_ikere_zm_gov_lv/Documents/Darbvirsma/LAPAI/vestule/veti/Agita/BICEKS/MONTA/Publiceeet/ZM_timeklvietne/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://zmgovlv-my.sharepoint.com/personal/anita_krampe_zm_gov_lv/Documents/Desktop/Gatavie/Angliski/Year_review/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="106" documentId="13_ncr:1_{D5E88BA7-78A9-48F3-9B25-EEF8946FC29A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1A31E5F1-7A31-4751-BFAE-52548D41C0C5}"/>
+  <xr:revisionPtr revIDLastSave="118" documentId="13_ncr:1_{D5E88BA7-78A9-48F3-9B25-EEF8946FC29A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C9C69B37-C622-4D94-B4F1-FA0A11278C45}"/>
   <bookViews>
-    <workbookView xWindow="1520" yWindow="1520" windowWidth="19200" windowHeight="9970" xr2:uid="{6115FE8E-029A-4BD3-922D-BE3C791E55FE}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{6115FE8E-029A-4BD3-922D-BE3C791E55FE}"/>
   </bookViews>
   <sheets>
     <sheet name="Export" sheetId="1" r:id="rId1"/>
     <sheet name="Export_countries" sheetId="2" r:id="rId2"/>
     <sheet name="Import" sheetId="3" r:id="rId3"/>
     <sheet name="Import_countries" sheetId="4" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -413,57 +413,57 @@
   <si>
     <t>(t)</t>
   </si>
   <si>
     <t>(m3)</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t xml:space="preserve">    Fuel wood, in logs, billets, twigs, faggots or similar forms</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>2025/2024</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
-    <t>2024 January- November</t>
+    <t>2024 January- December</t>
   </si>
   <si>
-    <t>2025 January-  November</t>
+    <t>2025 January-  December</t>
   </si>
   <si>
-    <t>2025 January- November</t>
+    <t>2025 January- December</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color indexed="10"/>
       <name val="Times New Roman Baltic"/>
       <family val="1"/>
@@ -1439,4052 +1439,119 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CF04C837-F983-4C27-A519-9E98E78F6737}">
   <dimension ref="A1:M48"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
-      <selection activeCell="G4" sqref="G4:J4"/>
-[...3931 lines deleted...]
-    <sheetView topLeftCell="A14" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
       <selection activeCell="M43" sqref="M43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="24.08984375" customWidth="1"/>
     <col min="2" max="2" width="55.36328125" customWidth="1"/>
     <col min="3" max="3" width="11.36328125" customWidth="1"/>
     <col min="4" max="4" width="5.453125" customWidth="1"/>
     <col min="5" max="5" width="16.08984375" customWidth="1"/>
     <col min="6" max="6" width="10.08984375" customWidth="1"/>
     <col min="7" max="7" width="11.08984375" customWidth="1"/>
     <col min="8" max="8" width="6" customWidth="1"/>
     <col min="9" max="9" width="16.453125" customWidth="1"/>
     <col min="10" max="10" width="11.453125" customWidth="1"/>
     <col min="11" max="11" width="11" customWidth="1"/>
     <col min="12" max="12" width="11.6328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
     </row>
     <row r="2" spans="1:13" ht="24" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A2" s="116" t="s">
-        <v>70</v>
+      <c r="A2" s="104" t="s">
+        <v>0</v>
       </c>
       <c r="B2" s="105"/>
       <c r="C2" s="105"/>
       <c r="D2" s="105"/>
       <c r="E2" s="105"/>
       <c r="F2" s="105"/>
       <c r="G2" s="105"/>
       <c r="H2" s="105"/>
       <c r="I2" s="105"/>
       <c r="J2" s="105"/>
       <c r="K2" s="105"/>
       <c r="L2" s="106"/>
       <c r="M2" s="3"/>
     </row>
     <row r="3" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
       <c r="H3" s="5"/>
       <c r="I3" s="5"/>
       <c r="J3" s="5"/>
       <c r="K3" s="5"/>
       <c r="L3" s="6"/>
       <c r="M3" s="3"/>
     </row>
     <row r="4" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="107" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="109" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="111" t="s">
         <v>83</v>
       </c>
       <c r="D4" s="112"/>
       <c r="E4" s="112"/>
       <c r="F4" s="113"/>
       <c r="G4" s="111" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="H4" s="112"/>
       <c r="I4" s="112"/>
       <c r="J4" s="113"/>
       <c r="K4" s="114" t="s">
         <v>81</v>
       </c>
       <c r="L4" s="115"/>
       <c r="M4" s="7"/>
     </row>
     <row r="5" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="108"/>
       <c r="B5" s="110"/>
       <c r="C5" s="114" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="115"/>
       <c r="E5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G5" s="114" t="s">
         <v>3</v>
@@ -5494,1437 +1561,5370 @@
         <v>4</v>
       </c>
       <c r="J5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K5" s="10" t="s">
         <v>6</v>
       </c>
       <c r="L5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="M5" s="7"/>
     </row>
     <row r="6" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="11">
         <v>3605</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="13" t="s">
         <v>74</v>
       </c>
       <c r="D6" s="14"/>
       <c r="E6" s="14">
-        <v>192.858</v>
+        <v>55.304000000000002</v>
       </c>
       <c r="F6" s="14">
-        <v>2.0845309859594961E-2</v>
+        <v>1.6076185421770365E-3</v>
       </c>
       <c r="G6" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H6" s="16"/>
       <c r="I6" s="16">
-        <v>192.613</v>
+        <v>12.941000000000001</v>
       </c>
       <c r="J6" s="17">
-        <v>1.9946950306218302E-2</v>
+        <v>3.8211041748505197E-4</v>
       </c>
       <c r="K6" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L6" s="17">
-        <v>-0.12703647243049526</v>
+        <v>-76.600245913496309</v>
       </c>
       <c r="M6" s="18"/>
     </row>
     <row r="7" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="11">
         <v>44</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D7" s="16"/>
       <c r="E7" s="16">
-        <v>506963.96600000001</v>
+        <v>3029679.6230000001</v>
       </c>
       <c r="F7" s="16">
-        <v>54.795865138698758</v>
+        <v>88.069021025436371</v>
       </c>
       <c r="G7" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H7" s="16"/>
       <c r="I7" s="16">
-        <v>551039.05799999996</v>
+        <v>2991483.6740000001</v>
       </c>
       <c r="J7" s="17">
-        <v>57.065456156704606</v>
+        <v>88.329887610838199</v>
       </c>
       <c r="K7" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L7" s="17">
-        <v>8.6939299350518215</v>
+        <v>-1.2607256790464945</v>
       </c>
       <c r="M7" s="18"/>
     </row>
     <row r="8" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="19">
         <v>4401</v>
       </c>
       <c r="B8" s="20" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="21">
-        <v>461.264387</v>
+        <v>5182.1831350000002</v>
       </c>
       <c r="D8" s="22" t="s">
         <v>75</v>
       </c>
       <c r="E8" s="23">
-        <v>51651.328000000001</v>
+        <v>687066.44200000004</v>
       </c>
       <c r="F8" s="23">
-        <v>5.5828015266132249</v>
+        <v>19.972167508079043</v>
       </c>
       <c r="G8" s="21">
-        <v>453.30737199999999</v>
+        <v>4758.8546880000004</v>
       </c>
       <c r="H8" s="22" t="s">
         <v>75</v>
       </c>
       <c r="I8" s="23">
-        <v>42823.669000000002</v>
+        <v>626162.38199999998</v>
       </c>
       <c r="J8" s="23">
-        <v>4.4348076063035267</v>
+        <v>18.488769739545212</v>
       </c>
       <c r="K8" s="21">
-        <v>-1.7250442965587136</v>
+        <v>-8.16892101209001</v>
       </c>
       <c r="L8" s="24">
-        <v>-17.090865504948873</v>
+        <v>-8.8643624949448565</v>
       </c>
       <c r="M8" s="25"/>
     </row>
     <row r="9" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="26">
         <v>44011</v>
       </c>
       <c r="B9" s="27" t="s">
         <v>79</v>
       </c>
-      <c r="C9" s="37">
-[...2 lines deleted...]
-      <c r="D9" s="102" t="s">
+      <c r="C9" s="28">
+        <v>515.11703899999998</v>
+      </c>
+      <c r="D9" s="29" t="s">
         <v>75</v>
       </c>
-      <c r="E9" s="31">
-[...8 lines deleted...]
-      <c r="H9" s="102" t="s">
+      <c r="E9" s="30">
+        <v>108676.33</v>
+      </c>
+      <c r="F9" s="30">
+        <v>3.159085838343529</v>
+      </c>
+      <c r="G9" s="28">
+        <v>345.20187199999998</v>
+      </c>
+      <c r="H9" s="29" t="s">
         <v>75</v>
       </c>
       <c r="I9" s="31">
-        <v>1976.4090000000001</v>
+        <v>90727.790999999997</v>
       </c>
       <c r="J9" s="31">
-        <v>0.20467638273513525</v>
-[...2 lines deleted...]
-        <v>-8.623294855324886</v>
+        <v>2.6789300746856148</v>
+      </c>
+      <c r="K9" s="28">
+        <v>-32.985739965010161</v>
       </c>
       <c r="L9" s="32">
-        <v>-8.3770376211516133</v>
+        <v>-16.515591757653212</v>
       </c>
       <c r="M9" s="25"/>
     </row>
     <row r="10" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="26">
         <v>44012</v>
       </c>
       <c r="B10" s="27" t="s">
         <v>10</v>
       </c>
-      <c r="C10" s="37">
-[...2 lines deleted...]
-      <c r="D10" s="102" t="s">
+      <c r="C10" s="28">
+        <v>2614.9445839999998</v>
+      </c>
+      <c r="D10" s="29" t="s">
         <v>75</v>
       </c>
-      <c r="E10" s="31">
-[...8 lines deleted...]
-      <c r="H10" s="102" t="s">
+      <c r="E10" s="30">
+        <v>186662.97399999999</v>
+      </c>
+      <c r="F10" s="30">
+        <v>5.4260606491449082</v>
+      </c>
+      <c r="G10" s="28">
+        <v>2414.1066390000001</v>
+      </c>
+      <c r="H10" s="29" t="s">
         <v>75</v>
       </c>
       <c r="I10" s="31">
-        <v>5932.2969999999996</v>
+        <v>160344.72899999999</v>
       </c>
       <c r="J10" s="31">
-        <v>0.61434707657701138</v>
-[...2 lines deleted...]
-        <v>43.386662433595021</v>
+        <v>4.7345175287626553</v>
+      </c>
+      <c r="K10" s="28">
+        <v>-7.6803901019112288</v>
       </c>
       <c r="L10" s="32">
-        <v>25.221337475084166</v>
+        <v>-14.099338736561648</v>
       </c>
       <c r="M10" s="25"/>
     </row>
     <row r="11" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="26">
         <v>440131</v>
       </c>
       <c r="B11" s="27" t="s">
         <v>11</v>
       </c>
-      <c r="C11" s="37">
-[...2 lines deleted...]
-      <c r="D11" s="102" t="s">
+      <c r="C11" s="28">
+        <v>1803.2635399999999</v>
+      </c>
+      <c r="D11" s="29" t="s">
         <v>75</v>
       </c>
-      <c r="E11" s="31">
-[...8 lines deleted...]
-      <c r="H11" s="102" t="s">
+      <c r="E11" s="30">
+        <v>356359.69</v>
+      </c>
+      <c r="F11" s="30">
+        <v>10.358933265739561</v>
+      </c>
+      <c r="G11" s="28">
+        <v>1808.5035479999999</v>
+      </c>
+      <c r="H11" s="29" t="s">
         <v>75</v>
       </c>
       <c r="I11" s="31">
-        <v>21576.182000000001</v>
+        <v>346091.95699999999</v>
       </c>
       <c r="J11" s="31">
-        <v>2.2344235859050103</v>
-[...2 lines deleted...]
-        <v>-17.640891729504187</v>
+        <v>10.219097610500631</v>
+      </c>
+      <c r="K11" s="28">
+        <v>0.29058470288818622</v>
       </c>
       <c r="L11" s="32">
-        <v>-15.421011531238005</v>
+        <v>-2.8812835144176963</v>
       </c>
       <c r="M11" s="25"/>
     </row>
     <row r="12" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="26" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="27" t="s">
         <v>13</v>
       </c>
-      <c r="C12" s="37">
-[...2 lines deleted...]
-      <c r="D12" s="102" t="s">
+      <c r="C12" s="28">
+        <v>248.85797199999999</v>
+      </c>
+      <c r="D12" s="29" t="s">
         <v>75</v>
       </c>
-      <c r="E12" s="31">
-[...8 lines deleted...]
-      <c r="H12" s="102" t="s">
+      <c r="E12" s="30">
+        <v>35367.447999999997</v>
+      </c>
+      <c r="F12" s="30">
+        <v>1.0280877548510439</v>
+      </c>
+      <c r="G12" s="28">
+        <v>191.04262900000001</v>
+      </c>
+      <c r="H12" s="29" t="s">
         <v>75</v>
       </c>
       <c r="I12" s="31">
-        <v>13338.781000000001</v>
+        <v>28997.904999999999</v>
       </c>
       <c r="J12" s="31">
-        <v>1.3813605610863693</v>
-[...2 lines deleted...]
-        <v>-0.43897298124375556</v>
+        <v>0.85622452559631212</v>
+      </c>
+      <c r="K12" s="28">
+        <v>-23.232264787563238</v>
       </c>
       <c r="L12" s="32">
-        <v>-30.695646015874633</v>
+        <v>-18.009620032522559</v>
       </c>
       <c r="M12" s="25"/>
     </row>
     <row r="13" spans="1:13" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="19">
         <v>4402</v>
       </c>
       <c r="B13" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="C13" s="21">
-        <v>1.864608</v>
+      <c r="C13" s="33">
+        <v>6.5686960000000001</v>
       </c>
       <c r="D13" s="22" t="s">
         <v>75</v>
       </c>
-      <c r="E13" s="23">
-[...6 lines deleted...]
-        <v>1.7704439999999999</v>
+      <c r="E13" s="34">
+        <v>6198.7470000000003</v>
+      </c>
+      <c r="F13" s="34">
+        <v>0.1801898708134001</v>
+      </c>
+      <c r="G13" s="33">
+        <v>6.6482279999999996</v>
       </c>
       <c r="H13" s="22" t="s">
         <v>75</v>
       </c>
       <c r="I13" s="23">
-        <v>1593.7829999999999</v>
+        <v>5829.8950000000004</v>
       </c>
       <c r="J13" s="23">
-        <v>0.16505173742112694</v>
-[...2 lines deleted...]
-        <v>-5.0500695052257702</v>
+        <v>0.17213999013553954</v>
+      </c>
+      <c r="K13" s="33">
+        <v>1.2107730362312321</v>
       </c>
       <c r="L13" s="24">
-        <v>-16.84169334199467</v>
+        <v>-5.9504283688300204</v>
       </c>
       <c r="M13" s="18"/>
     </row>
     <row r="14" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="19">
         <v>4403</v>
       </c>
       <c r="B14" s="20" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="21">
-        <v>1081.1010000000001</v>
+        <v>4731.8</v>
       </c>
       <c r="D14" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E14" s="23">
-        <v>103611.724</v>
+        <v>394615.8</v>
       </c>
       <c r="F14" s="23">
-        <v>11.199009073343248</v>
+        <v>11.470990834587461</v>
       </c>
       <c r="G14" s="21">
-        <v>1082.0450000000001</v>
+        <v>3669.9050000000002</v>
       </c>
       <c r="H14" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I14" s="23">
-        <v>113046.769</v>
+        <v>310310.51799999998</v>
       </c>
       <c r="J14" s="24">
-        <v>11.707092893634073</v>
+        <v>9.1625748847061832</v>
       </c>
       <c r="K14" s="23">
-        <v>8.7318391158639194E-2</v>
+        <v>-22.441671245614774</v>
       </c>
       <c r="L14" s="24">
-        <v>9.1061557859996611</v>
+        <v>-21.363889129629378</v>
       </c>
       <c r="M14" s="25"/>
     </row>
     <row r="15" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="26"/>
       <c r="B15" s="27" t="s">
         <v>16</v>
       </c>
       <c r="C15" s="37">
-        <v>658.35900000000004</v>
+        <v>795.851</v>
       </c>
       <c r="D15" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E15" s="31">
-        <v>68658.972999999998</v>
+        <v>98884.733999999997</v>
       </c>
       <c r="F15" s="31">
-        <v>7.4210951416408157</v>
+        <v>2.8744563126834226</v>
       </c>
       <c r="G15" s="37">
-        <v>651.04999999999995</v>
+        <v>943.88300000000004</v>
       </c>
       <c r="H15" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I15" s="31">
-        <v>73987.289000000004</v>
+        <v>100652.395</v>
       </c>
       <c r="J15" s="32">
-        <v>7.6621036844595745</v>
+        <v>2.9719750154022377</v>
       </c>
       <c r="K15" s="31">
-        <v>-1.1101845649562143</v>
+        <v>18.600466670268688</v>
       </c>
       <c r="L15" s="32">
-        <v>7.7605530161367344</v>
+        <v>1.787597466763684</v>
       </c>
       <c r="M15" s="25"/>
     </row>
     <row r="16" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="26"/>
       <c r="B16" s="27" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="37">
-        <v>638.71400000000006</v>
+        <v>537.62800000000004</v>
       </c>
       <c r="D16" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E16" s="31">
-        <v>66582.573000000004</v>
+        <v>61717.02</v>
       </c>
       <c r="F16" s="31">
-        <v>7.1966647244817512</v>
+        <v>1.7940370627786595</v>
       </c>
       <c r="G16" s="37">
-        <v>643.71</v>
+        <v>606.97799999999995</v>
       </c>
       <c r="H16" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I16" s="31">
-        <v>73300.081000000006</v>
+        <v>63985.481</v>
       </c>
       <c r="J16" s="32">
-        <v>7.590936609412533</v>
+        <v>1.889306765929361</v>
       </c>
       <c r="K16" s="31">
-        <v>0.78219672654740302</v>
+        <v>12.89925375910479</v>
       </c>
       <c r="L16" s="32">
-        <v>10.088988300286925</v>
+        <v>3.6755841419433457</v>
       </c>
       <c r="M16" s="25"/>
     </row>
     <row r="17" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="26"/>
       <c r="B17" s="27" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="37">
-        <v>19.645</v>
+        <v>258.22300000000001</v>
       </c>
       <c r="D17" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E17" s="31">
-        <v>2076.4</v>
+        <v>37167.714</v>
       </c>
       <c r="F17" s="31">
-        <v>0.22443041715906514</v>
+        <v>1.0804192499047631</v>
       </c>
       <c r="G17" s="37">
-        <v>7.34</v>
+        <v>336.90499999999997</v>
       </c>
       <c r="H17" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I17" s="31">
-        <v>687.20799999999997</v>
+        <v>36666.913999999997</v>
       </c>
       <c r="J17" s="32">
-        <v>7.116707504704077E-2</v>
+        <v>1.0826682494728765</v>
       </c>
       <c r="K17" s="31">
-        <v>-62.636803257826422</v>
+        <v>30.470562265948409</v>
       </c>
       <c r="L17" s="32">
-        <v>-66.903872086303224</v>
+        <v>-1.347405977133818</v>
       </c>
       <c r="M17" s="25"/>
     </row>
     <row r="18" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="26"/>
       <c r="B18" s="27" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="37">
-        <v>422.74200000000002</v>
+        <v>3935.9490000000001</v>
       </c>
       <c r="D18" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E18" s="31">
-        <v>34952.750999999997</v>
+        <v>295731.06599999999</v>
       </c>
       <c r="F18" s="31">
-        <v>3.7779139317024319</v>
+        <v>8.5965345219040383</v>
       </c>
       <c r="G18" s="37">
-        <v>430.995</v>
+        <v>2726.0219999999999</v>
       </c>
       <c r="H18" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I18" s="31">
-        <v>39059.480000000003</v>
+        <v>209658.12299999999</v>
       </c>
       <c r="J18" s="32">
-        <v>4.0449892091744992</v>
+        <v>6.1905998693039459</v>
       </c>
       <c r="K18" s="31">
-        <v>1.9522545666150952</v>
+        <v>-30.740413557187864</v>
       </c>
       <c r="L18" s="32">
-        <v>11.749372746082296</v>
+        <v>-29.105140749737807</v>
       </c>
       <c r="M18" s="25"/>
     </row>
     <row r="19" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="26"/>
       <c r="B19" s="27" t="s">
         <v>17</v>
       </c>
       <c r="C19" s="37">
-        <v>317.976</v>
+        <v>1391.078</v>
       </c>
       <c r="D19" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E19" s="31">
-        <v>27422.776000000002</v>
+        <v>109510.711</v>
       </c>
       <c r="F19" s="31">
-        <v>2.9640267084085914</v>
+        <v>3.1833402569541218</v>
       </c>
       <c r="G19" s="37">
-        <v>317.56099999999998</v>
+        <v>981.76800000000003</v>
       </c>
       <c r="H19" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I19" s="31">
-        <v>31436.794999999998</v>
+        <v>80264.849000000002</v>
       </c>
       <c r="J19" s="32">
-        <v>3.2555860074437968</v>
+        <v>2.3699895650077005</v>
       </c>
       <c r="K19" s="31">
-        <v>-0.13051299469142968</v>
+        <v>-29.423943157752475</v>
       </c>
       <c r="L19" s="32">
-        <v>14.637537060434713</v>
+        <v>-26.705937467614465</v>
       </c>
       <c r="M19" s="25"/>
     </row>
     <row r="20" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="26"/>
       <c r="B20" s="27" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="37">
-        <v>104.76600000000001</v>
+        <v>2544.8710000000001</v>
       </c>
       <c r="D20" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E20" s="31">
-        <v>7529.9750000000004</v>
+        <v>186220.35500000001</v>
       </c>
       <c r="F20" s="31">
-        <v>0.813887223293841</v>
+        <v>5.413194264949917</v>
       </c>
       <c r="G20" s="37">
-        <v>113.434</v>
+        <v>1744.2539999999999</v>
       </c>
       <c r="H20" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I20" s="31">
-        <v>7622.6850000000004</v>
+        <v>129393.274</v>
       </c>
       <c r="J20" s="32">
-        <v>0.789403201730702</v>
+        <v>3.8206103042962458</v>
       </c>
       <c r="K20" s="31">
-        <v>8.273676574461172</v>
+        <v>-31.460022924541171</v>
       </c>
       <c r="L20" s="32">
-        <v>1.2312125870271817</v>
+        <v>-30.516041600285853</v>
       </c>
       <c r="M20" s="25"/>
     </row>
     <row r="21" spans="1:13" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="19">
         <v>4404</v>
       </c>
       <c r="B21" s="20" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="21">
-        <v>15.872479</v>
+        <v>63.948925000000003</v>
       </c>
       <c r="D21" s="22" t="s">
         <v>75</v>
       </c>
       <c r="E21" s="23">
-        <v>5825.799</v>
+        <v>29710.146000000001</v>
       </c>
       <c r="F21" s="23">
-        <v>0.62968912533946453</v>
+        <v>0.86363701722094077</v>
       </c>
       <c r="G21" s="21">
-        <v>24.724739</v>
-[...1 lines deleted...]
-      <c r="H21" s="36" t="s">
+        <v>75.369377999999998</v>
+      </c>
+      <c r="H21" s="22" t="s">
         <v>75</v>
       </c>
       <c r="I21" s="23">
-        <v>8813.2720000000008</v>
+        <v>34099.129999999997</v>
       </c>
       <c r="J21" s="24">
-        <v>0.9127000701883321</v>
+        <v>1.0068489915908398</v>
       </c>
       <c r="K21" s="23">
-        <v>55.771124346738773</v>
+        <v>17.85870990012732</v>
       </c>
       <c r="L21" s="24">
-        <v>51.280056177701994</v>
+        <v>14.772677320400904</v>
       </c>
       <c r="M21" s="18"/>
     </row>
     <row r="22" spans="1:13" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="19">
         <v>4406</v>
       </c>
       <c r="B22" s="20" t="s">
         <v>21</v>
       </c>
       <c r="C22" s="21">
-        <v>1.1579999999999999</v>
+        <v>3.9540000000000002</v>
       </c>
       <c r="D22" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E22" s="23">
-        <v>606.63300000000004</v>
+        <v>1481.357</v>
       </c>
       <c r="F22" s="23">
-        <v>6.5568723392629147E-2</v>
+        <v>4.3061206798491028E-2</v>
       </c>
       <c r="G22" s="21">
-        <v>0.52200000000000002</v>
+        <v>4.2770000000000001</v>
       </c>
       <c r="H22" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I22" s="23">
-        <v>319.70800000000003</v>
+        <v>1802.5650000000001</v>
       </c>
       <c r="J22" s="24">
-        <v>3.3108874211504109E-2</v>
+        <v>5.3224547151993096E-2</v>
       </c>
       <c r="K22" s="23">
-        <v>-54.92227979274611</v>
+        <v>8.1689428426909441</v>
       </c>
       <c r="L22" s="24">
-        <v>-47.297954446922603</v>
+        <v>21.683361944487391</v>
       </c>
       <c r="M22" s="18"/>
     </row>
     <row r="23" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="19">
         <v>4407</v>
       </c>
       <c r="B23" s="20" t="s">
         <v>22</v>
       </c>
       <c r="C23" s="21">
-        <v>428.392</v>
+        <v>3273.01</v>
       </c>
       <c r="D23" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E23" s="23">
-        <v>107370.841</v>
+        <v>801461.71699999995</v>
       </c>
       <c r="F23" s="23">
-        <v>11.60531816429862</v>
+        <v>23.29749596944605</v>
       </c>
       <c r="G23" s="21">
-        <v>507.53100000000001</v>
+        <v>3024.4810000000002</v>
       </c>
       <c r="H23" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I23" s="23">
-        <v>133522.70800000001</v>
+        <v>842279.68099999998</v>
       </c>
       <c r="J23" s="24">
-        <v>13.827575611343457</v>
+        <v>24.870090452521936</v>
       </c>
       <c r="K23" s="23">
-        <v>18.473500905712527</v>
+        <v>-7.5932856911527917</v>
       </c>
       <c r="L23" s="24">
-        <v>24.356582063094777</v>
+        <v>5.0929399538618307</v>
       </c>
       <c r="M23" s="25"/>
     </row>
     <row r="24" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="26">
         <v>44071</v>
       </c>
       <c r="B24" s="27" t="s">
         <v>23</v>
       </c>
       <c r="C24" s="37">
-        <v>407.589</v>
+        <v>2801.5050000000001</v>
       </c>
       <c r="D24" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="31">
-        <v>98168.945000000007</v>
+        <v>699306.71100000001</v>
       </c>
       <c r="F24" s="31">
-        <v>10.610719167027222</v>
+        <v>20.327976914372162</v>
       </c>
       <c r="G24" s="37">
-        <v>487.358</v>
+        <v>2602.2420000000002</v>
       </c>
       <c r="H24" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I24" s="31">
-        <v>125440.28</v>
+        <v>745168.35499999998</v>
       </c>
       <c r="J24" s="32">
-        <v>12.990561548587632</v>
+        <v>22.002672994799429</v>
       </c>
       <c r="K24" s="31">
-        <v>19.570940334503632</v>
+        <v>-7.1127126312464162</v>
       </c>
       <c r="L24" s="32">
-        <v>27.780002117777663</v>
+        <v>6.5581587132802408</v>
       </c>
       <c r="M24" s="25"/>
     </row>
     <row r="25" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="26" t="s">
         <v>24</v>
       </c>
       <c r="B25" s="27" t="s">
         <v>25</v>
       </c>
       <c r="C25" s="37">
-        <v>20.803000000000001</v>
+        <v>471.505</v>
       </c>
       <c r="D25" s="38" t="s">
         <v>76</v>
       </c>
       <c r="E25" s="31">
-        <v>9201.8960000000006</v>
+        <v>102155.00599999999</v>
       </c>
       <c r="F25" s="31">
-        <v>0.994598997271399</v>
+        <v>2.9695190550738895</v>
       </c>
       <c r="G25" s="37">
-        <v>20.172999999999998</v>
+        <v>422.23899999999998</v>
       </c>
       <c r="H25" s="38" t="s">
         <v>76</v>
       </c>
       <c r="I25" s="31">
-        <v>8082.4279999999999</v>
+        <v>97111.326000000001</v>
       </c>
       <c r="J25" s="32">
-        <v>0.83701406275582324</v>
+        <v>2.8674174577225084</v>
       </c>
       <c r="K25" s="31">
-        <v>-3.0284093640340455</v>
+        <v>-10.448669685369193</v>
       </c>
       <c r="L25" s="32">
-        <v>-12.165623258511079</v>
+        <v>-4.9372812919221927</v>
       </c>
       <c r="M25" s="25"/>
     </row>
     <row r="26" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="19">
         <v>4408</v>
       </c>
       <c r="B26" s="20" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="21">
-        <v>141.935</v>
+        <v>81.227999999999994</v>
       </c>
       <c r="D26" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E26" s="23">
-        <v>47643.004000000001</v>
+        <v>34256.538</v>
       </c>
       <c r="F26" s="23">
-        <v>5.149556570232618</v>
+        <v>0.99579498191075233</v>
       </c>
       <c r="G26" s="21">
-        <v>140.536</v>
+        <v>95.456999999999994</v>
       </c>
       <c r="H26" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I26" s="23">
-        <v>44357.697999999997</v>
+        <v>40989.817000000003</v>
       </c>
       <c r="J26" s="24">
-        <v>4.5936712356083911</v>
+        <v>1.2103111109269671</v>
       </c>
       <c r="K26" s="23">
-        <v>-0.98566245112199302</v>
+        <v>17.517358546314078</v>
       </c>
       <c r="L26" s="24">
-        <v>-6.895673496994446</v>
+        <v>19.655456718948081</v>
       </c>
       <c r="M26" s="18"/>
     </row>
     <row r="27" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="19">
         <v>4409</v>
       </c>
       <c r="B27" s="20" t="s">
         <v>27</v>
       </c>
       <c r="C27" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D27" s="36"/>
       <c r="E27" s="23">
-        <v>11895.699000000001</v>
+        <v>54653.417000000001</v>
       </c>
       <c r="F27" s="23">
-        <v>1.2857622273977429</v>
+        <v>1.5887069029823095</v>
       </c>
       <c r="G27" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H27" s="36"/>
       <c r="I27" s="23">
-        <v>13466.808000000001</v>
+        <v>51218.334999999999</v>
       </c>
       <c r="J27" s="24">
-        <v>1.3946190026601688</v>
+        <v>1.5123297557947029</v>
       </c>
       <c r="K27" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L27" s="24">
-        <v>13.207370159584572</v>
+        <v>-6.2852099439638005</v>
       </c>
       <c r="M27" s="18"/>
     </row>
     <row r="28" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="26">
         <v>44091</v>
       </c>
       <c r="B28" s="27" t="s">
         <v>23</v>
       </c>
       <c r="C28" s="37" t="s">
         <v>74</v>
       </c>
       <c r="D28" s="38"/>
       <c r="E28" s="31">
-        <v>7139.2579999999998</v>
+        <v>32315.888999999999</v>
       </c>
       <c r="F28" s="31">
-        <v>0.77165606393093455</v>
+        <v>0.93938272753028562</v>
       </c>
       <c r="G28" s="37" t="s">
         <v>74</v>
       </c>
       <c r="H28" s="38"/>
       <c r="I28" s="31">
-        <v>7951.77</v>
+        <v>28252.254000000001</v>
       </c>
       <c r="J28" s="32">
-        <v>0.8234831555319605</v>
+        <v>0.83420760148626316</v>
       </c>
       <c r="K28" s="31" t="s">
         <v>74</v>
       </c>
       <c r="L28" s="32">
-        <v>11.380902609206736</v>
+        <v>-12.574727558941667</v>
       </c>
       <c r="M28" s="25"/>
     </row>
     <row r="29" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="26">
         <v>44092</v>
       </c>
       <c r="B29" s="27" t="s">
         <v>25</v>
       </c>
       <c r="C29" s="37" t="s">
         <v>74</v>
       </c>
       <c r="D29" s="38"/>
       <c r="E29" s="31">
-        <v>4756.4409999999998</v>
+        <v>22337.527999999998</v>
       </c>
       <c r="F29" s="31">
-        <v>0.51410616346680826</v>
+        <v>0.6493241754520237</v>
       </c>
       <c r="G29" s="37" t="s">
         <v>74</v>
       </c>
       <c r="H29" s="38"/>
       <c r="I29" s="31">
-        <v>5515.0379999999996</v>
+        <v>22966.080999999998</v>
       </c>
       <c r="J29" s="32">
-        <v>0.5711358471282082</v>
+        <v>0.67812215430843981</v>
       </c>
       <c r="K29" s="31" t="s">
         <v>74</v>
       </c>
       <c r="L29" s="32">
-        <v>15.948836535552523</v>
+        <v>2.813887910963111</v>
       </c>
       <c r="M29" s="25"/>
     </row>
     <row r="30" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="19">
         <v>4410</v>
       </c>
       <c r="B30" s="20" t="s">
         <v>28</v>
       </c>
       <c r="C30" s="21">
-        <v>64.656999999999996</v>
+        <v>999.99699999999996</v>
       </c>
       <c r="D30" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E30" s="23">
-        <v>24295.8</v>
+        <v>240844.337</v>
       </c>
       <c r="F30" s="23">
-        <v>2.6260434064791052</v>
+        <v>7.0010455290672429</v>
       </c>
       <c r="G30" s="21">
-        <v>59.280999999999999</v>
+        <v>993.32899999999995</v>
       </c>
       <c r="H30" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I30" s="23">
-        <v>21443.331999999999</v>
+        <v>228912.28200000001</v>
       </c>
       <c r="J30" s="24">
-        <v>2.2206656757526266</v>
+        <v>6.759119669459543</v>
       </c>
       <c r="K30" s="23">
-        <v>-8.3146449727021032</v>
+        <v>-0.6668020004060019</v>
       </c>
       <c r="L30" s="24">
-        <v>-11.740580676495529</v>
+        <v>-4.9542601452157013</v>
       </c>
       <c r="M30" s="18"/>
     </row>
     <row r="31" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="19">
         <v>4411</v>
       </c>
       <c r="B31" s="39" t="s">
         <v>29</v>
       </c>
       <c r="C31" s="21">
-        <v>36.664999999999999</v>
+        <v>39.027000000000001</v>
       </c>
       <c r="D31" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E31" s="23">
-        <v>21021.925999999999</v>
+        <v>27695.920999999998</v>
       </c>
       <c r="F31" s="23">
-        <v>2.2721824415656888</v>
+        <v>0.80508599996872487</v>
       </c>
       <c r="G31" s="21">
-        <v>40.244</v>
+        <v>26.908999999999999</v>
       </c>
       <c r="H31" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I31" s="23">
-        <v>22688.883999999998</v>
+        <v>20733.495999999999</v>
       </c>
       <c r="J31" s="24">
-        <v>2.3496547047787613</v>
+        <v>0.61220035642412907</v>
       </c>
       <c r="K31" s="23">
-        <v>9.7613527887631282</v>
+        <v>-31.05029851128706</v>
       </c>
       <c r="L31" s="24">
-        <v>7.9296159638274757</v>
+        <v>-25.138810151863154</v>
       </c>
       <c r="M31" s="25"/>
     </row>
     <row r="32" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="19">
         <v>4412</v>
       </c>
       <c r="B32" s="20" t="s">
         <v>30</v>
       </c>
       <c r="C32" s="21">
-        <v>34.752000000000002</v>
+        <v>323.97500000000002</v>
       </c>
       <c r="D32" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E32" s="23">
-        <v>26887.348999999998</v>
+        <v>360187.35499999998</v>
       </c>
       <c r="F32" s="23">
-        <v>2.9061543789112751</v>
+        <v>10.470198729851415</v>
       </c>
       <c r="G32" s="21">
-        <v>39.799999999999997</v>
+        <v>340.36399999999998</v>
       </c>
       <c r="H32" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I32" s="23">
-        <v>27628.605</v>
+        <v>375073.50199999998</v>
       </c>
       <c r="J32" s="24">
-        <v>2.8612108786277899</v>
+        <v>11.074839072467388</v>
       </c>
       <c r="K32" s="23">
-        <v>14.525782688766098</v>
+        <v>5.0587236669495956</v>
       </c>
       <c r="L32" s="24">
-        <v>2.7568950735901905</v>
+        <v>4.1328899511200214</v>
       </c>
       <c r="M32" s="25"/>
     </row>
     <row r="33" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="19">
         <v>4413</v>
       </c>
       <c r="B33" s="20" t="s">
         <v>31</v>
       </c>
       <c r="C33" s="21">
-        <v>1.083</v>
+        <v>11.35</v>
       </c>
       <c r="D33" s="36" t="s">
         <v>76</v>
       </c>
       <c r="E33" s="23">
-        <v>298.57499999999999</v>
+        <v>8747.5750000000007</v>
       </c>
       <c r="F33" s="23">
-        <v>3.2271870450427592E-2</v>
+        <v>0.254281132812894</v>
       </c>
       <c r="G33" s="21">
-        <v>0.161</v>
+        <v>13.952</v>
       </c>
       <c r="H33" s="36" t="s">
         <v>76</v>
       </c>
       <c r="I33" s="23">
-        <v>166.76499999999999</v>
+        <v>9506.6270000000004</v>
       </c>
       <c r="J33" s="24">
-        <v>1.7270138400920475E-2</v>
+        <v>0.28070328505097497</v>
       </c>
       <c r="K33" s="23">
-        <v>-85.133887349953824</v>
+        <v>22.925110132158594</v>
       </c>
       <c r="L33" s="24">
-        <v>-44.146361885623378</v>
+        <v>8.6772848475148781</v>
       </c>
       <c r="M33" s="25"/>
     </row>
     <row r="34" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="19" t="s">
         <v>32</v>
       </c>
       <c r="B34" s="39" t="s">
         <v>33</v>
       </c>
       <c r="C34" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D34" s="36"/>
       <c r="E34" s="23">
-        <v>18424.151999999998</v>
+        <v>126928.16499999999</v>
       </c>
       <c r="F34" s="23">
-        <v>1.9913986318445498</v>
+        <v>3.6896439964289436</v>
       </c>
       <c r="G34" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H34" s="36"/>
       <c r="I34" s="23">
-        <v>17859.612000000001</v>
+        <v>131151.58300000001</v>
       </c>
       <c r="J34" s="24">
-        <v>1.8495365995666964</v>
+        <v>3.8725280993706397</v>
       </c>
       <c r="K34" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L34" s="24">
-        <v>-3.064130170007267</v>
+        <v>3.3274080658142502</v>
       </c>
       <c r="M34" s="25"/>
     </row>
     <row r="35" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="19">
         <v>4418</v>
       </c>
       <c r="B35" s="39" t="s">
         <v>34</v>
       </c>
       <c r="C35" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D35" s="36"/>
       <c r="E35" s="23">
-        <v>30374.383000000002</v>
+        <v>159104.584</v>
       </c>
       <c r="F35" s="23">
-        <v>3.283055021979973</v>
+        <v>4.6249725044077072</v>
       </c>
       <c r="G35" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H35" s="36"/>
       <c r="I35" s="23">
-        <v>27613.186000000002</v>
+        <v>156150.15100000001</v>
       </c>
       <c r="J35" s="24">
-        <v>2.8596140911483805</v>
+        <v>4.6106637345617738</v>
       </c>
       <c r="K35" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L35" s="24">
-        <v>-9.0905451478635797</v>
+        <v>-1.8569125575916718</v>
       </c>
       <c r="M35" s="25"/>
     </row>
     <row r="36" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="19" t="s">
         <v>35</v>
       </c>
       <c r="B36" s="20" t="s">
         <v>36</v>
       </c>
       <c r="C36" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D36" s="36"/>
       <c r="E36" s="23">
-        <v>2963.6959999999999</v>
+        <v>12377.974</v>
       </c>
       <c r="F36" s="23">
-        <v>0.32033496899087488</v>
+        <v>0.359812319488378</v>
       </c>
       <c r="G36" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H36" s="36"/>
       <c r="I36" s="23">
-        <v>3330.6</v>
+        <v>10093.898999999999</v>
       </c>
       <c r="J36" s="24">
-        <v>0.34491603728663528</v>
+        <v>0.2980437339418861</v>
       </c>
       <c r="K36" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L36" s="24">
-        <v>12.379947201062457</v>
+        <v>-18.452737095747661</v>
       </c>
       <c r="M36" s="25"/>
     </row>
     <row r="37" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="19">
         <v>44219910</v>
       </c>
       <c r="B37" s="20" t="s">
         <v>37</v>
       </c>
       <c r="C37" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D37" s="36"/>
       <c r="E37" s="23">
-        <v>1022.029</v>
+        <v>10373.396000000001</v>
       </c>
       <c r="F37" s="23">
-        <v>0.11046734483657394</v>
+        <v>0.30154172853582201</v>
       </c>
       <c r="G37" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H37" s="36"/>
       <c r="I37" s="23">
-        <v>989.28499999999997</v>
+        <v>6975.192</v>
       </c>
       <c r="J37" s="24">
-        <v>0.10245008765601062</v>
+        <v>0.20595730833462597</v>
       </c>
       <c r="K37" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L37" s="24">
-        <v>-3.2038229834965568</v>
+        <v>-32.758838089281475</v>
       </c>
       <c r="M37" s="25"/>
     </row>
     <row r="38" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" s="19" t="s">
         <v>38</v>
       </c>
       <c r="B38" s="20" t="s">
         <v>39</v>
       </c>
       <c r="C38" s="21" t="s">
         <v>74</v>
       </c>
       <c r="D38" s="36"/>
       <c r="E38" s="23">
-        <v>51154.463000000054</v>
+        <v>73976.152000000031</v>
       </c>
       <c r="F38" s="23">
-        <v>5.5290972214592431</v>
+        <v>2.1503947930367948</v>
       </c>
       <c r="G38" s="21" t="s">
         <v>74</v>
       </c>
       <c r="H38" s="36"/>
       <c r="I38" s="23">
-        <v>71374.373999999967</v>
+        <v>140194.61900000047</v>
       </c>
       <c r="J38" s="24">
-        <v>7.3915109121162068</v>
+        <v>4.1395428788538737</v>
       </c>
       <c r="K38" s="23" t="s">
         <v>74</v>
       </c>
       <c r="L38" s="24">
-        <v>39.527168919747808</v>
+        <v>89.513262328108681</v>
       </c>
       <c r="M38" s="25"/>
     </row>
     <row r="39" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="11">
         <v>47</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D39" s="40"/>
       <c r="E39" s="16">
-        <v>12287.689</v>
+        <v>40981.767999999996</v>
       </c>
       <c r="F39" s="16">
-        <v>1.3281309806351647</v>
+        <v>1.1912890591638492</v>
       </c>
       <c r="G39" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H39" s="40"/>
       <c r="I39" s="16">
-        <v>4886.7730000000001</v>
+        <v>19765.643</v>
       </c>
       <c r="J39" s="16">
-        <v>0.50607289325626692</v>
+        <v>0.58362244792446438</v>
       </c>
       <c r="K39" s="15" t="s">
         <v>74</v>
       </c>
       <c r="L39" s="17">
-        <v>-60.230332977991218</v>
+        <v>-51.769667428696586</v>
       </c>
       <c r="M39" s="18"/>
     </row>
     <row r="40" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A40" s="11">
         <v>48</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D40" s="40"/>
       <c r="E40" s="16">
-        <v>320615.79300000001</v>
+        <v>131653.02799999999</v>
       </c>
       <c r="F40" s="16">
-        <v>34.654178467912956</v>
+        <v>3.8269898912655957</v>
       </c>
       <c r="G40" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H40" s="40"/>
       <c r="I40" s="16">
-        <v>329259.08100000001</v>
+        <v>124930.24099999999</v>
       </c>
       <c r="J40" s="17">
-        <v>34.097981582645552</v>
+        <v>3.6888298079760564</v>
       </c>
       <c r="K40" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L40" s="17">
-        <v>2.6958397523480699</v>
+        <v>-5.1064431271569362</v>
       </c>
       <c r="M40" s="18"/>
     </row>
     <row r="41" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D41" s="16"/>
       <c r="E41" s="16">
-        <v>81357.251999999993</v>
+        <v>189982.014</v>
       </c>
       <c r="F41" s="16">
-        <v>8.7936052809069452</v>
+        <v>5.5225410166812035</v>
       </c>
       <c r="G41" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H41" s="16"/>
       <c r="I41" s="16">
-        <v>77797.754000000001</v>
+        <v>202654.60500000001</v>
       </c>
       <c r="J41" s="17">
-        <v>8.0567144116617069</v>
+        <v>5.9838061758610843</v>
       </c>
       <c r="K41" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L41" s="17">
-        <v>-4.3751453158717712</v>
+        <v>6.6704161795021371</v>
       </c>
       <c r="M41" s="18"/>
     </row>
     <row r="42" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D42" s="41"/>
       <c r="E42" s="16">
-        <v>3768.9769999999999</v>
+        <v>47767.828000000001</v>
       </c>
       <c r="F42" s="16">
-        <v>0.40737482198657377</v>
+        <v>1.3885513889108094</v>
       </c>
       <c r="G42" s="15" t="s">
         <v>74</v>
       </c>
       <c r="H42" s="41"/>
       <c r="I42" s="16">
-        <v>2451.0300000000002</v>
+        <v>47870.296999999999</v>
       </c>
       <c r="J42" s="17">
-        <v>0.25382800542564754</v>
+        <v>1.4134718469827239</v>
       </c>
       <c r="K42" s="16" t="s">
         <v>74</v>
       </c>
       <c r="L42" s="17">
-        <v>-34.968295110317726</v>
+        <v>0.21451467293006773</v>
       </c>
       <c r="M42" s="25"/>
     </row>
     <row r="43" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" s="42"/>
       <c r="B43" s="43" t="s">
         <v>46</v>
       </c>
       <c r="C43" s="44"/>
       <c r="D43" s="45"/>
       <c r="E43" s="45">
-        <v>925186.53500000003</v>
+        <v>3440119.5649999999</v>
       </c>
       <c r="F43" s="46">
         <v>100</v>
       </c>
       <c r="G43" s="44"/>
       <c r="H43" s="45"/>
       <c r="I43" s="45">
-        <v>965626.30900000001</v>
+        <v>3386717.4010000001</v>
       </c>
       <c r="J43" s="46">
         <v>100</v>
       </c>
       <c r="K43" s="44"/>
       <c r="L43" s="46">
-        <v>4.3709860087836203</v>
+        <v>-1.5523345334655503</v>
+      </c>
+      <c r="M43" s="47"/>
+    </row>
+    <row r="44" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="3"/>
+      <c r="B44" s="48"/>
+      <c r="C44" s="3"/>
+      <c r="D44" s="3"/>
+      <c r="E44" s="3"/>
+      <c r="F44" s="49"/>
+      <c r="G44" s="3"/>
+      <c r="H44" s="3"/>
+      <c r="I44" s="50"/>
+      <c r="J44" s="3"/>
+      <c r="K44" s="3"/>
+      <c r="L44" s="3"/>
+      <c r="M44" s="3"/>
+    </row>
+    <row r="45" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="3"/>
+      <c r="B45" s="48"/>
+      <c r="C45" s="3"/>
+      <c r="D45" s="3"/>
+      <c r="E45" s="3"/>
+      <c r="F45" s="3"/>
+      <c r="G45" s="3"/>
+      <c r="H45" s="3"/>
+      <c r="I45" s="3"/>
+      <c r="J45" s="3"/>
+      <c r="K45" s="3"/>
+      <c r="L45" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="M45" s="3"/>
+    </row>
+    <row r="46" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="3"/>
+      <c r="B46" s="3"/>
+      <c r="C46" s="3"/>
+      <c r="D46" s="3"/>
+      <c r="E46" s="3"/>
+      <c r="F46" s="3"/>
+      <c r="G46" s="3"/>
+      <c r="H46" s="3"/>
+      <c r="I46" s="3"/>
+      <c r="J46" s="3"/>
+      <c r="K46" s="3"/>
+      <c r="L46" s="3"/>
+      <c r="M46" s="3"/>
+    </row>
+    <row r="47" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A47" s="3"/>
+      <c r="B47" s="3"/>
+      <c r="C47" s="3"/>
+      <c r="D47" s="3"/>
+      <c r="E47" s="3"/>
+      <c r="F47" s="3"/>
+      <c r="G47" s="3"/>
+      <c r="H47" s="3"/>
+      <c r="I47" s="3"/>
+      <c r="J47" s="3"/>
+      <c r="K47" s="3"/>
+      <c r="L47" s="3"/>
+      <c r="M47" s="3"/>
+    </row>
+    <row r="48" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="3"/>
+      <c r="B48" s="3"/>
+      <c r="C48" s="3"/>
+      <c r="D48" s="3"/>
+      <c r="E48" s="3"/>
+      <c r="F48" s="3"/>
+      <c r="G48" s="3"/>
+      <c r="H48" s="3"/>
+      <c r="I48" s="3"/>
+      <c r="J48" s="3"/>
+      <c r="K48" s="3"/>
+      <c r="L48" s="3"/>
+      <c r="M48" s="3"/>
+    </row>
+  </sheetData>
+  <mergeCells count="8">
+    <mergeCell ref="A2:L2"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:F4"/>
+    <mergeCell ref="G4:J4"/>
+    <mergeCell ref="K4:L4"/>
+    <mergeCell ref="C5:D5"/>
+    <mergeCell ref="G5:H5"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="90" verticalDpi="90" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ABDD9527-05DE-4BA3-891C-C9C8A509B515}">
+  <dimension ref="A1:N71"/>
+  <sheetViews>
+    <sheetView topLeftCell="A45" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="M69" sqref="M69"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="14.08984375" customWidth="1"/>
+    <col min="2" max="2" width="34" customWidth="1"/>
+    <col min="3" max="3" width="13.6328125" customWidth="1"/>
+    <col min="4" max="4" width="5" customWidth="1"/>
+    <col min="5" max="5" width="15.453125" customWidth="1"/>
+    <col min="6" max="7" width="12.453125" customWidth="1"/>
+    <col min="8" max="8" width="5.08984375" customWidth="1"/>
+    <col min="9" max="9" width="15.36328125" customWidth="1"/>
+    <col min="10" max="10" width="10.36328125" customWidth="1"/>
+    <col min="11" max="12" width="12" customWidth="1"/>
+    <col min="14" max="14" width="10.6328125" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:14" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="1"/>
+    </row>
+    <row r="2" spans="1:14" ht="24" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A2" s="116" t="s">
+        <v>48</v>
+      </c>
+      <c r="B2" s="105"/>
+      <c r="C2" s="105"/>
+      <c r="D2" s="105"/>
+      <c r="E2" s="105"/>
+      <c r="F2" s="105"/>
+      <c r="G2" s="105"/>
+      <c r="H2" s="105"/>
+      <c r="I2" s="105"/>
+      <c r="J2" s="105"/>
+      <c r="K2" s="105"/>
+      <c r="L2" s="106"/>
+      <c r="M2" s="3"/>
+    </row>
+    <row r="3" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="51"/>
+      <c r="B3" s="52"/>
+      <c r="C3" s="52"/>
+      <c r="D3" s="52"/>
+      <c r="E3" s="52"/>
+      <c r="F3" s="52"/>
+      <c r="G3" s="52"/>
+      <c r="H3" s="52"/>
+      <c r="I3" s="52"/>
+      <c r="J3" s="52"/>
+      <c r="K3" s="52"/>
+      <c r="L3" s="53"/>
+      <c r="M3" s="3"/>
+    </row>
+    <row r="4" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="117" t="s">
+        <v>1</v>
+      </c>
+      <c r="B4" s="118" t="s">
+        <v>49</v>
+      </c>
+      <c r="C4" s="111" t="s">
+        <v>83</v>
+      </c>
+      <c r="D4" s="112"/>
+      <c r="E4" s="112"/>
+      <c r="F4" s="113"/>
+      <c r="G4" s="111" t="s">
+        <v>85</v>
+      </c>
+      <c r="H4" s="112"/>
+      <c r="I4" s="112"/>
+      <c r="J4" s="113"/>
+      <c r="K4" s="114" t="s">
+        <v>81</v>
+      </c>
+      <c r="L4" s="115"/>
+    </row>
+    <row r="5" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="108"/>
+      <c r="B5" s="119"/>
+      <c r="C5" s="114" t="s">
+        <v>3</v>
+      </c>
+      <c r="D5" s="115"/>
+      <c r="E5" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="G5" s="114" t="s">
+        <v>3</v>
+      </c>
+      <c r="H5" s="115"/>
+      <c r="I5" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="J5" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="K5" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="L5" s="9" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="54"/>
+      <c r="B6" s="55"/>
+      <c r="C6" s="56"/>
+      <c r="D6" s="57"/>
+      <c r="E6" s="57"/>
+      <c r="F6" s="58"/>
+      <c r="G6" s="56"/>
+      <c r="H6" s="57"/>
+      <c r="I6" s="57"/>
+      <c r="J6" s="58"/>
+      <c r="K6" s="59"/>
+      <c r="L6" s="60"/>
+    </row>
+    <row r="7" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="61"/>
+      <c r="B7" s="61" t="s">
+        <v>46</v>
+      </c>
+      <c r="C7" s="62" t="s">
+        <v>74</v>
+      </c>
+      <c r="D7" s="63"/>
+      <c r="E7" s="63">
+        <v>3440119.5649999999</v>
+      </c>
+      <c r="F7" s="64">
+        <v>100</v>
+      </c>
+      <c r="G7" s="62" t="s">
+        <v>74</v>
+      </c>
+      <c r="H7" s="63"/>
+      <c r="I7" s="63">
+        <v>3386717.4010000001</v>
+      </c>
+      <c r="J7" s="64">
+        <v>100</v>
+      </c>
+      <c r="K7" s="65" t="s">
+        <v>74</v>
+      </c>
+      <c r="L7" s="66">
+        <v>-1.5523345334655503</v>
+      </c>
+      <c r="N7" s="67"/>
+    </row>
+    <row r="8" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="68"/>
+      <c r="B8" s="69" t="s">
+        <v>51</v>
+      </c>
+      <c r="C8" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" s="71"/>
+      <c r="E8" s="71">
+        <v>695537.924</v>
+      </c>
+      <c r="F8" s="72">
+        <v>20.21842296054033</v>
+      </c>
+      <c r="G8" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="H8" s="71"/>
+      <c r="I8" s="71">
+        <v>760291.75100000005</v>
+      </c>
+      <c r="J8" s="72">
+        <v>22.449223273707688</v>
+      </c>
+      <c r="K8" s="73" t="s">
+        <v>74</v>
+      </c>
+      <c r="L8" s="74">
+        <v>9.3098916343201505</v>
+      </c>
+      <c r="N8" s="67"/>
+    </row>
+    <row r="9" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="68"/>
+      <c r="B9" s="69" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="D9" s="71"/>
+      <c r="E9" s="71">
+        <v>233623.927</v>
+      </c>
+      <c r="F9" s="72">
+        <v>6.7911571846776786</v>
+      </c>
+      <c r="G9" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="H9" s="71"/>
+      <c r="I9" s="71">
+        <v>244254.76800000001</v>
+      </c>
+      <c r="J9" s="72">
+        <v>7.2121390443701801</v>
+      </c>
+      <c r="K9" s="73" t="s">
+        <v>74</v>
+      </c>
+      <c r="L9" s="74">
+        <v>4.5504076301225842</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="68"/>
+      <c r="B10" s="69" t="s">
+        <v>53</v>
+      </c>
+      <c r="C10" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="D10" s="71"/>
+      <c r="E10" s="71">
+        <v>219289.005</v>
+      </c>
+      <c r="F10" s="72">
+        <v>6.3744588191370033</v>
+      </c>
+      <c r="G10" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="H10" s="71"/>
+      <c r="I10" s="71">
+        <v>229836.609</v>
+      </c>
+      <c r="J10" s="72">
+        <v>6.7864123806768131</v>
+      </c>
+      <c r="K10" s="73" t="s">
+        <v>74</v>
+      </c>
+      <c r="L10" s="74">
+        <v>4.8099101001438678</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="68"/>
+      <c r="B11" s="69" t="s">
+        <v>54</v>
+      </c>
+      <c r="C11" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="D11" s="71"/>
+      <c r="E11" s="71">
+        <v>398722.80300000001</v>
+      </c>
+      <c r="F11" s="72">
+        <v>11.590376307167686</v>
+      </c>
+      <c r="G11" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="H11" s="71"/>
+      <c r="I11" s="71">
+        <v>301361.47200000001</v>
+      </c>
+      <c r="J11" s="72">
+        <v>8.8983353589235588</v>
+      </c>
+      <c r="K11" s="73" t="s">
+        <v>74</v>
+      </c>
+      <c r="L11" s="74">
+        <v>-24.418300199399432</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="68"/>
+      <c r="B12" s="69" t="s">
+        <v>55</v>
+      </c>
+      <c r="C12" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="D12" s="71"/>
+      <c r="E12" s="71">
+        <v>254411.92499999999</v>
+      </c>
+      <c r="F12" s="72">
+        <v>7.3954384489540264</v>
+      </c>
+      <c r="G12" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="H12" s="75"/>
+      <c r="I12" s="71">
+        <v>274478.158</v>
+      </c>
+      <c r="J12" s="72">
+        <v>8.1045486086011937</v>
+      </c>
+      <c r="K12" s="73" t="s">
+        <v>74</v>
+      </c>
+      <c r="L12" s="74">
+        <v>7.8873004871921824</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="68"/>
+      <c r="B13" s="69" t="s">
+        <v>56</v>
+      </c>
+      <c r="C13" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="D13" s="71"/>
+      <c r="E13" s="71">
+        <v>280491.891</v>
+      </c>
+      <c r="F13" s="72">
+        <v>8.1535506455572868</v>
+      </c>
+      <c r="G13" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="H13" s="71"/>
+      <c r="I13" s="71">
+        <v>262130.625</v>
+      </c>
+      <c r="J13" s="72">
+        <v>7.7399615604951384</v>
+      </c>
+      <c r="K13" s="73" t="s">
+        <v>74</v>
+      </c>
+      <c r="L13" s="74">
+        <v>-6.5460951240119813</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="68"/>
+      <c r="B14" s="69" t="s">
+        <v>57</v>
+      </c>
+      <c r="C14" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="D14" s="71"/>
+      <c r="E14" s="71">
+        <v>118754.111</v>
+      </c>
+      <c r="F14" s="72">
+        <v>3.4520344062518071</v>
+      </c>
+      <c r="G14" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="H14" s="71"/>
+      <c r="I14" s="71">
+        <v>130728.242</v>
+      </c>
+      <c r="J14" s="72">
+        <v>3.8600280602509001</v>
+      </c>
+      <c r="K14" s="73" t="s">
+        <v>74</v>
+      </c>
+      <c r="L14" s="74">
+        <v>10.083129669506761</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="68"/>
+      <c r="B15" s="69" t="s">
+        <v>58</v>
+      </c>
+      <c r="C15" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="D15" s="71"/>
+      <c r="E15" s="71">
+        <v>81186.251999999993</v>
+      </c>
+      <c r="F15" s="72">
+        <v>2.359983438540747</v>
+      </c>
+      <c r="G15" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="H15" s="71"/>
+      <c r="I15" s="71">
+        <v>69128.044999999998</v>
+      </c>
+      <c r="J15" s="72">
+        <v>2.0411518534020132</v>
+      </c>
+      <c r="K15" s="73" t="s">
+        <v>74</v>
+      </c>
+      <c r="L15" s="74">
+        <v>-14.852523306532239</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="68"/>
+      <c r="B16" s="69" t="s">
+        <v>59</v>
+      </c>
+      <c r="C16" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" s="71"/>
+      <c r="E16" s="71">
+        <v>108256.26700000001</v>
+      </c>
+      <c r="F16" s="72">
+        <v>3.146875129033488</v>
+      </c>
+      <c r="G16" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="H16" s="71"/>
+      <c r="I16" s="71">
+        <v>107259.156</v>
+      </c>
+      <c r="J16" s="72">
+        <v>3.1670536185962685</v>
+      </c>
+      <c r="K16" s="73" t="s">
+        <v>74</v>
+      </c>
+      <c r="L16" s="74">
+        <v>-0.92106538275516581</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="68"/>
+      <c r="B17" s="69" t="s">
+        <v>60</v>
+      </c>
+      <c r="C17" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" s="71"/>
+      <c r="E17" s="71">
+        <v>93572.502999999997</v>
+      </c>
+      <c r="F17" s="72">
+        <v>2.7200363601315698</v>
+      </c>
+      <c r="G17" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="H17" s="75"/>
+      <c r="I17" s="71">
+        <v>101916.558</v>
+      </c>
+      <c r="J17" s="72">
+        <v>3.0093021038574692</v>
+      </c>
+      <c r="K17" s="73" t="s">
+        <v>74</v>
+      </c>
+      <c r="L17" s="74">
+        <v>8.9172082956891821</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="68"/>
+      <c r="B18" s="69" t="s">
+        <v>61</v>
+      </c>
+      <c r="C18" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="D18" s="71"/>
+      <c r="E18" s="71">
+        <v>956272.95699999994</v>
+      </c>
+      <c r="F18" s="72">
+        <v>27.79766630000838</v>
+      </c>
+      <c r="G18" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="H18" s="75"/>
+      <c r="I18" s="71">
+        <v>905332.01699999999</v>
+      </c>
+      <c r="J18" s="72">
+        <v>26.731844137118781</v>
+      </c>
+      <c r="K18" s="73" t="s">
+        <v>74</v>
+      </c>
+      <c r="L18" s="74">
+        <v>-5.3270292364860783</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="61">
+        <v>44</v>
+      </c>
+      <c r="B19" s="61" t="s">
+        <v>8</v>
+      </c>
+      <c r="C19" s="62" t="s">
+        <v>74</v>
+      </c>
+      <c r="D19" s="63"/>
+      <c r="E19" s="63">
+        <v>3029679.6230000001</v>
+      </c>
+      <c r="F19" s="64">
+        <v>100</v>
+      </c>
+      <c r="G19" s="62" t="s">
+        <v>74</v>
+      </c>
+      <c r="H19" s="63"/>
+      <c r="I19" s="63">
+        <v>2991483.6740000001</v>
+      </c>
+      <c r="J19" s="64">
+        <v>100</v>
+      </c>
+      <c r="K19" s="65" t="s">
+        <v>74</v>
+      </c>
+      <c r="L19" s="66">
+        <v>-1.2607256790464945</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="68"/>
+      <c r="B20" s="69" t="s">
+        <v>51</v>
+      </c>
+      <c r="C20" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="D20" s="71"/>
+      <c r="E20" s="71">
+        <v>679703.84</v>
+      </c>
+      <c r="F20" s="72">
+        <v>22.434842114657481</v>
+      </c>
+      <c r="G20" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="H20" s="71"/>
+      <c r="I20" s="71">
+        <v>741508.34</v>
+      </c>
+      <c r="J20" s="72">
+        <v>24.787310271645492</v>
+      </c>
+      <c r="K20" s="73" t="s">
+        <v>74</v>
+      </c>
+      <c r="L20" s="74">
+        <v>9.0928572655996778</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="68"/>
+      <c r="B21" s="69" t="s">
+        <v>52</v>
+      </c>
+      <c r="C21" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="D21" s="71"/>
+      <c r="E21" s="71">
+        <v>182601.217</v>
+      </c>
+      <c r="F21" s="72">
+        <v>6.02708007849317</v>
+      </c>
+      <c r="G21" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="H21" s="71"/>
+      <c r="I21" s="71">
+        <v>191831.81099999999</v>
+      </c>
+      <c r="J21" s="72">
+        <v>6.4125976239574811</v>
+      </c>
+      <c r="K21" s="73" t="s">
+        <v>74</v>
+      </c>
+      <c r="L21" s="74">
+        <v>5.0550561226544195</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="68"/>
+      <c r="B22" s="69" t="s">
+        <v>53</v>
+      </c>
+      <c r="C22" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="D22" s="71"/>
+      <c r="E22" s="71">
+        <v>185540.986</v>
+      </c>
+      <c r="F22" s="72">
+        <v>6.1241124174138459</v>
+      </c>
+      <c r="G22" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="H22" s="71"/>
+      <c r="I22" s="71">
+        <v>198418.269</v>
+      </c>
+      <c r="J22" s="72">
+        <v>6.6327712474087859</v>
+      </c>
+      <c r="K22" s="73" t="s">
+        <v>74</v>
+      </c>
+      <c r="L22" s="74">
+        <v>6.9403980638542011</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="68"/>
+      <c r="B23" s="69" t="s">
+        <v>54</v>
+      </c>
+      <c r="C23" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="D23" s="71"/>
+      <c r="E23" s="71">
+        <v>375016.91800000001</v>
+      </c>
+      <c r="F23" s="72">
+        <v>12.378104772301198</v>
+      </c>
+      <c r="G23" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="H23" s="71"/>
+      <c r="I23" s="71">
+        <v>277471.94199999998</v>
+      </c>
+      <c r="J23" s="72">
+        <v>9.2753954972779162</v>
+      </c>
+      <c r="K23" s="73" t="s">
+        <v>74</v>
+      </c>
+      <c r="L23" s="74">
+        <v>-26.010820130520091</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="68"/>
+      <c r="B24" s="69" t="s">
+        <v>56</v>
+      </c>
+      <c r="C24" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="D24" s="71"/>
+      <c r="E24" s="71">
+        <v>225468.84099999999</v>
+      </c>
+      <c r="F24" s="72">
+        <v>7.4420027546259124</v>
+      </c>
+      <c r="G24" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="H24" s="71"/>
+      <c r="I24" s="71">
+        <v>204402.31899999999</v>
+      </c>
+      <c r="J24" s="72">
+        <v>6.832807438547297</v>
+      </c>
+      <c r="K24" s="73" t="s">
+        <v>74</v>
+      </c>
+      <c r="L24" s="74">
+        <v>-9.3434294098314012</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="68"/>
+      <c r="B25" s="69" t="s">
+        <v>61</v>
+      </c>
+      <c r="C25" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="D25" s="71"/>
+      <c r="E25" s="71">
+        <v>1381347.821</v>
+      </c>
+      <c r="F25" s="72">
+        <v>45.593857862508386</v>
+      </c>
+      <c r="G25" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="H25" s="75"/>
+      <c r="I25" s="71">
+        <v>1377850.9930000002</v>
+      </c>
+      <c r="J25" s="72">
+        <v>46.059117921163022</v>
+      </c>
+      <c r="K25" s="73" t="s">
+        <v>74</v>
+      </c>
+      <c r="L25" s="74">
+        <v>-0.25314609013306194</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="76">
+        <v>4403</v>
+      </c>
+      <c r="B26" s="39" t="s">
+        <v>62</v>
+      </c>
+      <c r="C26" s="77">
+        <v>4731.8</v>
+      </c>
+      <c r="D26" s="78" t="s">
+        <v>76</v>
+      </c>
+      <c r="E26" s="79">
+        <v>394615.8</v>
+      </c>
+      <c r="F26" s="80">
+        <v>100</v>
+      </c>
+      <c r="G26" s="77">
+        <v>3669.9050000000002</v>
+      </c>
+      <c r="H26" s="78" t="s">
+        <v>76</v>
+      </c>
+      <c r="I26" s="79">
+        <v>310310.51799999998</v>
+      </c>
+      <c r="J26" s="80">
+        <v>100</v>
+      </c>
+      <c r="K26" s="81">
+        <v>-22.441671245614774</v>
+      </c>
+      <c r="L26" s="82">
+        <v>-21.363889129629378</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="76"/>
+      <c r="B27" s="39" t="s">
+        <v>63</v>
+      </c>
+      <c r="C27" s="77">
+        <v>1928.7059999999999</v>
+      </c>
+      <c r="D27" s="78" t="s">
+        <v>76</v>
+      </c>
+      <c r="E27" s="79">
+        <v>171227.731</v>
+      </c>
+      <c r="F27" s="80">
+        <v>43.390997268735823</v>
+      </c>
+      <c r="G27" s="77">
+        <v>1588.7460000000001</v>
+      </c>
+      <c r="H27" s="78" t="s">
+        <v>76</v>
+      </c>
+      <c r="I27" s="79">
+        <v>144250.32999999999</v>
+      </c>
+      <c r="J27" s="80">
+        <v>46.48580103881622</v>
+      </c>
+      <c r="K27" s="81">
+        <v>-17.626325629722718</v>
+      </c>
+      <c r="L27" s="82">
+        <v>-15.755275645158209</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="68"/>
+      <c r="B28" s="83" t="s">
+        <v>54</v>
+      </c>
+      <c r="C28" s="70">
+        <v>872.97400000000005</v>
+      </c>
+      <c r="D28" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E28" s="71">
+        <v>69960.570999999996</v>
+      </c>
+      <c r="F28" s="72">
+        <v>17.728781006741244</v>
+      </c>
+      <c r="G28" s="70">
+        <v>664.84699999999998</v>
+      </c>
+      <c r="H28" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I28" s="71">
+        <v>48677.260999999999</v>
+      </c>
+      <c r="J28" s="72">
+        <v>15.686629416795986</v>
+      </c>
+      <c r="K28" s="85">
+        <v>-23.841145326206746</v>
+      </c>
+      <c r="L28" s="74">
+        <v>-30.421864338414274</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="68"/>
+      <c r="B29" s="83" t="s">
+        <v>52</v>
+      </c>
+      <c r="C29" s="70">
+        <v>211.35900000000001</v>
+      </c>
+      <c r="D29" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E29" s="71">
+        <v>20407.965</v>
+      </c>
+      <c r="F29" s="72">
+        <v>5.1716036205342011</v>
+      </c>
+      <c r="G29" s="70">
+        <v>172.45699999999999</v>
+      </c>
+      <c r="H29" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I29" s="71">
+        <v>17695.345000000001</v>
+      </c>
+      <c r="J29" s="72">
+        <v>5.7024638140045258</v>
+      </c>
+      <c r="K29" s="86">
+        <v>-18.405651048689677</v>
+      </c>
+      <c r="L29" s="87">
+        <v>-13.291967131460677</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="68"/>
+      <c r="B30" s="83" t="s">
+        <v>65</v>
+      </c>
+      <c r="C30" s="88">
+        <v>365.17200000000003</v>
+      </c>
+      <c r="D30" s="89" t="s">
+        <v>76</v>
+      </c>
+      <c r="E30" s="90">
+        <v>28355.280999999999</v>
+      </c>
+      <c r="F30" s="91">
+        <v>7.1855412276953938</v>
+      </c>
+      <c r="G30" s="70">
+        <v>142.88999999999999</v>
+      </c>
+      <c r="H30" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I30" s="71">
+        <v>9909.7209999999995</v>
+      </c>
+      <c r="J30" s="72">
+        <v>3.1934853719653806</v>
+      </c>
+      <c r="K30" s="86">
+        <v>-60.870493904242394</v>
+      </c>
+      <c r="L30" s="87">
+        <v>-65.051585981461429</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="68"/>
+      <c r="B31" s="83" t="s">
+        <v>60</v>
+      </c>
+      <c r="C31" s="88">
+        <v>5.3129999999999997</v>
+      </c>
+      <c r="D31" s="89" t="s">
+        <v>76</v>
+      </c>
+      <c r="E31" s="90">
+        <v>406.05099999999999</v>
+      </c>
+      <c r="F31" s="91">
+        <v>0.1028978059165396</v>
+      </c>
+      <c r="G31" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="H31" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I31" s="71" t="s">
+        <v>74</v>
+      </c>
+      <c r="J31" s="72" t="s">
+        <v>74</v>
+      </c>
+      <c r="K31" s="71" t="s">
+        <v>74</v>
+      </c>
+      <c r="L31" s="72" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="68"/>
+      <c r="B32" s="83" t="s">
+        <v>64</v>
+      </c>
+      <c r="C32" s="88">
+        <v>364.94299999999998</v>
+      </c>
+      <c r="D32" s="89" t="s">
+        <v>76</v>
+      </c>
+      <c r="E32" s="90">
+        <v>41100.186999999998</v>
+      </c>
+      <c r="F32" s="91">
+        <v>10.415241102865117</v>
+      </c>
+      <c r="G32" s="70">
+        <v>512.15700000000004</v>
+      </c>
+      <c r="H32" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I32" s="71">
+        <v>56837.94</v>
+      </c>
+      <c r="J32" s="72">
+        <v>18.316472276328064</v>
+      </c>
+      <c r="K32" s="86">
+        <v>40.338902239527833</v>
+      </c>
+      <c r="L32" s="87">
+        <v>38.291195609401981</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="68"/>
+      <c r="B33" s="69" t="s">
+        <v>61</v>
+      </c>
+      <c r="C33" s="88">
+        <v>108.94499999999971</v>
+      </c>
+      <c r="D33" s="89" t="s">
+        <v>76</v>
+      </c>
+      <c r="E33" s="90">
+        <v>10997.676000000007</v>
+      </c>
+      <c r="F33" s="91">
+        <v>2.7869325049833304</v>
+      </c>
+      <c r="G33" s="70">
+        <v>96.394999999999982</v>
+      </c>
+      <c r="H33" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I33" s="71">
+        <v>11130.062999999995</v>
+      </c>
+      <c r="J33" s="72">
+        <v>3.5867501597222673</v>
+      </c>
+      <c r="K33" s="86">
+        <v>-11.519574097021215</v>
+      </c>
+      <c r="L33" s="87">
+        <v>1.2037725061184545</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="76"/>
+      <c r="B34" s="39" t="s">
+        <v>66</v>
+      </c>
+      <c r="C34" s="77">
+        <v>2803.0940000000001</v>
+      </c>
+      <c r="D34" s="78" t="s">
+        <v>76</v>
+      </c>
+      <c r="E34" s="79">
+        <v>223388.06899999999</v>
+      </c>
+      <c r="F34" s="80">
+        <v>56.609002731264177</v>
+      </c>
+      <c r="G34" s="77">
+        <v>2081.1590000000001</v>
+      </c>
+      <c r="H34" s="78" t="s">
+        <v>76</v>
+      </c>
+      <c r="I34" s="79">
+        <v>166060.18799999999</v>
+      </c>
+      <c r="J34" s="80">
+        <v>53.51419896118378</v>
+      </c>
+      <c r="K34" s="92">
+        <v>-25.754933655453577</v>
+      </c>
+      <c r="L34" s="93">
+        <v>-25.662910851340047</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="68"/>
+      <c r="B35" s="83" t="s">
+        <v>65</v>
+      </c>
+      <c r="C35" s="70">
+        <v>656.43</v>
+      </c>
+      <c r="D35" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E35" s="71">
+        <v>46139.696000000004</v>
+      </c>
+      <c r="F35" s="72">
+        <v>11.692308316088711</v>
+      </c>
+      <c r="G35" s="70">
+        <v>565.91899999999998</v>
+      </c>
+      <c r="H35" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I35" s="71">
+        <v>36760.872000000003</v>
+      </c>
+      <c r="J35" s="72">
+        <v>11.846479531834627</v>
+      </c>
+      <c r="K35" s="86">
+        <v>-13.788370427920718</v>
+      </c>
+      <c r="L35" s="87">
+        <v>-20.327017325818531</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="68"/>
+      <c r="B36" s="83" t="s">
+        <v>54</v>
+      </c>
+      <c r="C36" s="70">
+        <v>1457.8320000000001</v>
+      </c>
+      <c r="D36" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E36" s="71">
+        <v>110597.516</v>
+      </c>
+      <c r="F36" s="72">
+        <v>28.026631472941531</v>
+      </c>
+      <c r="G36" s="70">
+        <v>939.81700000000001</v>
+      </c>
+      <c r="H36" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I36" s="71">
+        <v>68493.501000000004</v>
+      </c>
+      <c r="J36" s="72">
+        <v>22.072568291094797</v>
+      </c>
+      <c r="K36" s="86">
+        <v>-35.533243885440854</v>
+      </c>
+      <c r="L36" s="87">
+        <v>-38.069584673131359</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="68"/>
+      <c r="B37" s="83" t="s">
+        <v>64</v>
+      </c>
+      <c r="C37" s="70">
+        <v>57.301000000000002</v>
+      </c>
+      <c r="D37" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E37" s="71">
+        <v>9280.768</v>
+      </c>
+      <c r="F37" s="72">
+        <v>2.3518490643304193</v>
+      </c>
+      <c r="G37" s="70">
+        <v>58.383000000000003</v>
+      </c>
+      <c r="H37" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I37" s="71">
+        <v>8261.5640000000003</v>
+      </c>
+      <c r="J37" s="72">
+        <v>2.6623538426112905</v>
+      </c>
+      <c r="K37" s="86">
+        <v>1.8882742011483231</v>
+      </c>
+      <c r="L37" s="87">
+        <v>-10.981892877830797</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="68"/>
+      <c r="B38" s="83" t="s">
+        <v>56</v>
+      </c>
+      <c r="C38" s="70">
+        <v>69.23</v>
+      </c>
+      <c r="D38" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E38" s="71">
+        <v>4118.43</v>
+      </c>
+      <c r="F38" s="72">
+        <v>1.0436556265613288</v>
+      </c>
+      <c r="G38" s="70">
+        <v>52.048999999999999</v>
+      </c>
+      <c r="H38" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I38" s="71">
+        <v>3333.364</v>
+      </c>
+      <c r="J38" s="72">
+        <v>1.0742027120073321</v>
+      </c>
+      <c r="K38" s="86">
+        <v>-24.817275747508312</v>
+      </c>
+      <c r="L38" s="87">
+        <v>-19.062264018084566</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="68"/>
+      <c r="B39" s="83" t="s">
+        <v>52</v>
+      </c>
+      <c r="C39" s="88">
+        <v>175.874</v>
+      </c>
+      <c r="D39" s="89" t="s">
+        <v>76</v>
+      </c>
+      <c r="E39" s="90">
+        <v>20065.25</v>
+      </c>
+      <c r="F39" s="91">
+        <v>5.0847558562024124</v>
+      </c>
+      <c r="G39" s="88">
+        <v>159.52199999999999</v>
+      </c>
+      <c r="H39" s="89" t="s">
+        <v>76</v>
+      </c>
+      <c r="I39" s="90">
+        <v>20724.544999999998</v>
+      </c>
+      <c r="J39" s="91">
+        <v>6.6786472896803319</v>
+      </c>
+      <c r="K39" s="86">
+        <v>-9.2975653024324263</v>
+      </c>
+      <c r="L39" s="87">
+        <v>3.2857552235830512</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="68"/>
+      <c r="B40" s="69" t="s">
+        <v>61</v>
+      </c>
+      <c r="C40" s="70">
+        <v>386.42700000000013</v>
+      </c>
+      <c r="D40" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E40" s="71">
+        <v>33186.408999999985</v>
+      </c>
+      <c r="F40" s="72">
+        <v>8.409802395139776</v>
+      </c>
+      <c r="G40" s="70">
+        <v>305.46900000000028</v>
+      </c>
+      <c r="H40" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I40" s="71">
+        <v>28486.341999999975</v>
+      </c>
+      <c r="J40" s="72">
+        <v>9.179947293955399</v>
+      </c>
+      <c r="K40" s="85">
+        <v>-20.950399428611309</v>
+      </c>
+      <c r="L40" s="74">
+        <v>-14.162626031638471</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="76">
+        <v>4407</v>
+      </c>
+      <c r="B41" s="39" t="s">
+        <v>67</v>
+      </c>
+      <c r="C41" s="77">
+        <v>3273.01</v>
+      </c>
+      <c r="D41" s="78" t="s">
+        <v>76</v>
+      </c>
+      <c r="E41" s="79">
+        <v>801461.71699999995</v>
+      </c>
+      <c r="F41" s="80">
+        <v>100</v>
+      </c>
+      <c r="G41" s="77">
+        <v>3024.4810000000002</v>
+      </c>
+      <c r="H41" s="78" t="s">
+        <v>76</v>
+      </c>
+      <c r="I41" s="79">
+        <v>842279.68099999998</v>
+      </c>
+      <c r="J41" s="80">
+        <v>100</v>
+      </c>
+      <c r="K41" s="81">
+        <v>-7.5932856911527917</v>
+      </c>
+      <c r="L41" s="82">
+        <v>5.0929399538618307</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="76"/>
+      <c r="B42" s="39" t="s">
+        <v>63</v>
+      </c>
+      <c r="C42" s="77">
+        <v>2801.5050000000001</v>
+      </c>
+      <c r="D42" s="78" t="s">
+        <v>76</v>
+      </c>
+      <c r="E42" s="79">
+        <v>699306.71100000001</v>
+      </c>
+      <c r="F42" s="80">
+        <v>87.253913214671982</v>
+      </c>
+      <c r="G42" s="77">
+        <v>2602.2420000000002</v>
+      </c>
+      <c r="H42" s="78" t="s">
+        <v>76</v>
+      </c>
+      <c r="I42" s="79">
+        <v>745168.35499999998</v>
+      </c>
+      <c r="J42" s="80">
+        <v>88.470418058203165</v>
+      </c>
+      <c r="K42" s="81">
+        <v>-7.1127126312464162</v>
+      </c>
+      <c r="L42" s="82">
+        <v>6.5581587132802408</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="68"/>
+      <c r="B43" s="83" t="s">
+        <v>51</v>
+      </c>
+      <c r="C43" s="70">
+        <v>929.34900000000005</v>
+      </c>
+      <c r="D43" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E43" s="71">
+        <v>272698.45699999999</v>
+      </c>
+      <c r="F43" s="72">
+        <v>34.025138221293226</v>
+      </c>
+      <c r="G43" s="70">
+        <v>993.375</v>
+      </c>
+      <c r="H43" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I43" s="71">
+        <v>318652.68400000001</v>
+      </c>
+      <c r="J43" s="72">
+        <v>37.832170380945001</v>
+      </c>
+      <c r="K43" s="85">
+        <v>6.8893386660985207</v>
+      </c>
+      <c r="L43" s="74">
+        <v>16.851663740803644</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="68"/>
+      <c r="B44" s="83" t="s">
+        <v>52</v>
+      </c>
+      <c r="C44" s="70">
+        <v>225.04900000000001</v>
+      </c>
+      <c r="D44" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E44" s="71">
+        <v>51421.303999999996</v>
+      </c>
+      <c r="F44" s="72">
+        <v>6.4159401390347375</v>
+      </c>
+      <c r="G44" s="70">
+        <v>229.47499999999999</v>
+      </c>
+      <c r="H44" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I44" s="71">
+        <v>54634.14</v>
+      </c>
+      <c r="J44" s="72">
+        <v>6.4864606415692458</v>
+      </c>
+      <c r="K44" s="85">
+        <v>1.9666828112988672</v>
+      </c>
+      <c r="L44" s="74">
+        <v>6.2480640319817695</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="68"/>
+      <c r="B45" s="83" t="s">
+        <v>82</v>
+      </c>
+      <c r="C45" s="70">
+        <v>131.422</v>
+      </c>
+      <c r="D45" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E45" s="71">
+        <v>40838.254000000001</v>
+      </c>
+      <c r="F45" s="72">
+        <v>5.0954715782138846</v>
+      </c>
+      <c r="G45" s="70">
+        <v>163.405</v>
+      </c>
+      <c r="H45" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I45" s="71">
+        <v>42868.785000000003</v>
+      </c>
+      <c r="J45" s="72">
+        <v>5.0896140518436663</v>
+      </c>
+      <c r="K45" s="85">
+        <v>24.336108109753319</v>
+      </c>
+      <c r="L45" s="74">
+        <v>4.9721298075084279</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="68"/>
+      <c r="B46" s="83" t="s">
+        <v>57</v>
+      </c>
+      <c r="C46" s="70">
+        <v>128.89500000000001</v>
+      </c>
+      <c r="D46" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E46" s="71">
+        <v>30501.188999999998</v>
+      </c>
+      <c r="F46" s="72">
+        <v>3.8056950635360165</v>
+      </c>
+      <c r="G46" s="70">
+        <v>118.74299999999999</v>
+      </c>
+      <c r="H46" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I46" s="71">
+        <v>29572.414000000001</v>
+      </c>
+      <c r="J46" s="72">
+        <v>3.5109969606402038</v>
+      </c>
+      <c r="K46" s="85">
+        <v>-7.8761782846503081</v>
+      </c>
+      <c r="L46" s="74">
+        <v>-3.0450452275811211</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A47" s="68"/>
+      <c r="B47" s="83" t="s">
+        <v>55</v>
+      </c>
+      <c r="C47" s="70">
+        <v>162.97900000000001</v>
+      </c>
+      <c r="D47" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E47" s="71">
+        <v>36898.726000000002</v>
+      </c>
+      <c r="F47" s="72">
+        <v>4.6039286989424602</v>
+      </c>
+      <c r="G47" s="70">
+        <v>166.22200000000001</v>
+      </c>
+      <c r="H47" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I47" s="71">
+        <v>40580.523000000001</v>
+      </c>
+      <c r="J47" s="72">
+        <v>4.8179392089597375</v>
+      </c>
+      <c r="K47" s="85">
+        <v>1.9898269102154234</v>
+      </c>
+      <c r="L47" s="74">
+        <v>9.9781141495237495</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="68"/>
+      <c r="B48" s="69" t="s">
+        <v>61</v>
+      </c>
+      <c r="C48" s="70">
+        <v>1223.8109999999999</v>
+      </c>
+      <c r="D48" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E48" s="71">
+        <v>266948.78099999996</v>
+      </c>
+      <c r="F48" s="72">
+        <v>33.307739513651647</v>
+      </c>
+      <c r="G48" s="70">
+        <v>931.02200000000039</v>
+      </c>
+      <c r="H48" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I48" s="71">
+        <v>258859.80899999995</v>
+      </c>
+      <c r="J48" s="72">
+        <v>30.733236814245309</v>
+      </c>
+      <c r="K48" s="85">
+        <v>-23.924364137926489</v>
+      </c>
+      <c r="L48" s="74">
+        <v>-3.0301588078800816</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="76"/>
+      <c r="B49" s="39" t="s">
+        <v>66</v>
+      </c>
+      <c r="C49" s="77">
+        <v>471.505</v>
+      </c>
+      <c r="D49" s="78" t="s">
+        <v>76</v>
+      </c>
+      <c r="E49" s="79">
+        <v>102155.00599999999</v>
+      </c>
+      <c r="F49" s="80">
+        <v>12.746086785328014</v>
+      </c>
+      <c r="G49" s="77">
+        <v>422.23899999999998</v>
+      </c>
+      <c r="H49" s="78" t="s">
+        <v>76</v>
+      </c>
+      <c r="I49" s="79">
+        <v>97111.326000000001</v>
+      </c>
+      <c r="J49" s="80">
+        <v>11.529581941796836</v>
+      </c>
+      <c r="K49" s="81">
+        <v>-10.448669685369193</v>
+      </c>
+      <c r="L49" s="82">
+        <v>-4.9372812919221927</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="68"/>
+      <c r="B50" s="83" t="s">
+        <v>51</v>
+      </c>
+      <c r="C50" s="70">
+        <v>72.899000000000001</v>
+      </c>
+      <c r="D50" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E50" s="71">
+        <v>17205.263999999999</v>
+      </c>
+      <c r="F50" s="72">
+        <v>2.1467356000985389</v>
+      </c>
+      <c r="G50" s="70">
+        <v>72.637</v>
+      </c>
+      <c r="H50" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I50" s="71">
+        <v>17989.983</v>
+      </c>
+      <c r="J50" s="72">
+        <v>2.1358680977132583</v>
+      </c>
+      <c r="K50" s="85">
+        <v>-0.3594013635303645</v>
+      </c>
+      <c r="L50" s="74">
+        <v>4.5609239125886178</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A51" s="68"/>
+      <c r="B51" s="83" t="s">
+        <v>52</v>
+      </c>
+      <c r="C51" s="70">
+        <v>47.432000000000002</v>
+      </c>
+      <c r="D51" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E51" s="71">
+        <v>12112.031000000001</v>
+      </c>
+      <c r="F51" s="72">
+        <v>1.5112426137254915</v>
+      </c>
+      <c r="G51" s="70">
+        <v>30.417000000000002</v>
+      </c>
+      <c r="H51" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I51" s="71">
+        <v>12480.18</v>
+      </c>
+      <c r="J51" s="72">
+        <v>1.4817144805372551</v>
+      </c>
+      <c r="K51" s="85">
+        <v>-35.872406813965256</v>
+      </c>
+      <c r="L51" s="74">
+        <v>3.0395315203536009</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A52" s="68"/>
+      <c r="B52" s="83" t="s">
+        <v>65</v>
+      </c>
+      <c r="C52" s="70">
+        <v>11.637</v>
+      </c>
+      <c r="D52" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E52" s="71">
+        <v>2111.2179999999998</v>
+      </c>
+      <c r="F52" s="72">
+        <v>0.26342094141472261</v>
+      </c>
+      <c r="G52" s="70">
+        <v>0.83499999999999996</v>
+      </c>
+      <c r="H52" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I52" s="71">
+        <v>1125.249</v>
+      </c>
+      <c r="J52" s="72">
+        <v>0.13359564826068743</v>
+      </c>
+      <c r="K52" s="85">
+        <v>-92.824611154077502</v>
+      </c>
+      <c r="L52" s="74">
+        <v>-46.701430169693509</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A53" s="68"/>
+      <c r="B53" s="83" t="s">
+        <v>54</v>
+      </c>
+      <c r="C53" s="70">
+        <v>2.7269999999999999</v>
+      </c>
+      <c r="D53" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E53" s="71">
+        <v>2645.0569999999998</v>
+      </c>
+      <c r="F53" s="72">
+        <v>0.33002911354279946</v>
+      </c>
+      <c r="G53" s="70">
+        <v>7.9560000000000004</v>
+      </c>
+      <c r="H53" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I53" s="71">
+        <v>3265.7080000000001</v>
+      </c>
+      <c r="J53" s="72">
+        <v>0.38772251945135072</v>
+      </c>
+      <c r="K53" s="85">
+        <v>191.74917491749179</v>
+      </c>
+      <c r="L53" s="74">
+        <v>23.464560499074324</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A54" s="68"/>
+      <c r="B54" s="83" t="s">
+        <v>72</v>
+      </c>
+      <c r="C54" s="70">
+        <v>3.3170000000000002</v>
+      </c>
+      <c r="D54" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E54" s="71">
+        <v>1315.127</v>
+      </c>
+      <c r="F54" s="72">
+        <v>0.16409105664119952</v>
+      </c>
+      <c r="G54" s="70">
+        <v>3.01</v>
+      </c>
+      <c r="H54" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I54" s="71">
+        <v>1552.672</v>
+      </c>
+      <c r="J54" s="72">
+        <v>0.18434161894497847</v>
+      </c>
+      <c r="K54" s="85">
+        <v>-9.2553512209828277</v>
+      </c>
+      <c r="L54" s="74">
+        <v>18.062514114606429</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A55" s="68"/>
+      <c r="B55" s="69" t="s">
+        <v>61</v>
+      </c>
+      <c r="C55" s="70">
+        <v>333.49299999999994</v>
+      </c>
+      <c r="D55" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E55" s="71">
+        <v>66766.308999999994</v>
+      </c>
+      <c r="F55" s="72">
+        <v>8.3305674599052626</v>
+      </c>
+      <c r="G55" s="70">
+        <v>307.38399999999996</v>
+      </c>
+      <c r="H55" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I55" s="71">
+        <v>60697.534</v>
+      </c>
+      <c r="J55" s="72">
+        <v>7.2063395768893068</v>
+      </c>
+      <c r="K55" s="85">
+        <v>-7.8289499329820975</v>
+      </c>
+      <c r="L55" s="74">
+        <v>-9.0895769002297175</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A56" s="76">
+        <v>4412</v>
+      </c>
+      <c r="B56" s="39" t="s">
+        <v>30</v>
+      </c>
+      <c r="C56" s="77">
+        <v>323.97500000000002</v>
+      </c>
+      <c r="D56" s="78" t="s">
+        <v>76</v>
+      </c>
+      <c r="E56" s="79">
+        <v>360187.35499999998</v>
+      </c>
+      <c r="F56" s="80">
+        <v>100</v>
+      </c>
+      <c r="G56" s="77">
+        <v>340.36399999999998</v>
+      </c>
+      <c r="H56" s="78" t="s">
+        <v>76</v>
+      </c>
+      <c r="I56" s="79">
+        <v>375073.50199999998</v>
+      </c>
+      <c r="J56" s="80">
+        <v>100</v>
+      </c>
+      <c r="K56" s="81">
+        <v>5.0587236669495956</v>
+      </c>
+      <c r="L56" s="82">
+        <v>4.1328899511200214</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A57" s="76"/>
+      <c r="B57" s="83" t="s">
+        <v>53</v>
+      </c>
+      <c r="C57" s="70">
+        <v>47.738999999999997</v>
+      </c>
+      <c r="D57" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E57" s="71">
+        <v>53425.529000000002</v>
+      </c>
+      <c r="F57" s="72">
+        <v>14.832705329147384</v>
+      </c>
+      <c r="G57" s="70">
+        <v>47.673000000000002</v>
+      </c>
+      <c r="H57" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I57" s="71">
+        <v>53119.720999999998</v>
+      </c>
+      <c r="J57" s="72">
+        <v>14.162483011129909</v>
+      </c>
+      <c r="K57" s="85">
+        <v>-0.138251743857214</v>
+      </c>
+      <c r="L57" s="74">
+        <v>-0.57240050912739593</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A58" s="76"/>
+      <c r="B58" s="83" t="s">
+        <v>51</v>
+      </c>
+      <c r="C58" s="70">
+        <v>28.99</v>
+      </c>
+      <c r="D58" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E58" s="71">
+        <v>35700.466</v>
+      </c>
+      <c r="F58" s="72">
+        <v>9.9116377919485821</v>
+      </c>
+      <c r="G58" s="70">
+        <v>29.408999999999999</v>
+      </c>
+      <c r="H58" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I58" s="71">
+        <v>35806.402999999998</v>
+      </c>
+      <c r="J58" s="72">
+        <v>9.546502967836954</v>
+      </c>
+      <c r="K58" s="85">
+        <v>1.4453259744739582</v>
+      </c>
+      <c r="L58" s="74">
+        <v>0.29673842352645502</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A59" s="76"/>
+      <c r="B59" s="83" t="s">
+        <v>68</v>
+      </c>
+      <c r="C59" s="70">
+        <v>20.856999999999999</v>
+      </c>
+      <c r="D59" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E59" s="71">
+        <v>20327.021000000001</v>
+      </c>
+      <c r="F59" s="72">
+        <v>5.6434576943990722</v>
+      </c>
+      <c r="G59" s="70">
+        <v>22.010999999999999</v>
+      </c>
+      <c r="H59" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I59" s="71">
+        <v>22320.762999999999</v>
+      </c>
+      <c r="J59" s="72">
+        <v>5.9510370316695953</v>
+      </c>
+      <c r="K59" s="85">
+        <v>5.5329146090041714</v>
+      </c>
+      <c r="L59" s="74">
+        <v>9.8083334493529488</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A60" s="76"/>
+      <c r="B60" s="83" t="s">
+        <v>59</v>
+      </c>
+      <c r="C60" s="70">
+        <v>17.591999999999999</v>
+      </c>
+      <c r="D60" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E60" s="71">
+        <v>21405.262999999999</v>
+      </c>
+      <c r="F60" s="72">
+        <v>5.9428135671225881</v>
+      </c>
+      <c r="G60" s="70">
+        <v>15.228999999999999</v>
+      </c>
+      <c r="H60" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I60" s="71">
+        <v>18186.519</v>
+      </c>
+      <c r="J60" s="72">
+        <v>4.8487880116895061</v>
+      </c>
+      <c r="K60" s="85">
+        <v>-13.432241928149157</v>
+      </c>
+      <c r="L60" s="74">
+        <v>-15.037161655056511</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A61" s="76"/>
+      <c r="B61" s="83" t="s">
+        <v>60</v>
+      </c>
+      <c r="C61" s="70">
+        <v>25.468</v>
+      </c>
+      <c r="D61" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E61" s="71">
+        <v>22356.294000000002</v>
+      </c>
+      <c r="F61" s="72">
+        <v>6.2068514315279071</v>
+      </c>
+      <c r="G61" s="70">
+        <v>34.344999999999999</v>
+      </c>
+      <c r="H61" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I61" s="71">
+        <v>28373.633999999998</v>
+      </c>
+      <c r="J61" s="72">
+        <v>7.5648196550019149</v>
+      </c>
+      <c r="K61" s="85">
+        <v>34.855504947384951</v>
+      </c>
+      <c r="L61" s="74">
+        <v>26.915641742768258</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A62" s="68"/>
+      <c r="B62" s="69" t="s">
+        <v>61</v>
+      </c>
+      <c r="C62" s="70">
+        <v>183.32900000000004</v>
+      </c>
+      <c r="D62" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="E62" s="71">
+        <v>206972.78199999998</v>
+      </c>
+      <c r="F62" s="72">
+        <v>57.462534185854473</v>
+      </c>
+      <c r="G62" s="70">
+        <v>191.697</v>
+      </c>
+      <c r="H62" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="I62" s="71">
+        <v>217266.462</v>
+      </c>
+      <c r="J62" s="72">
+        <v>57.926369322672123</v>
+      </c>
+      <c r="K62" s="85">
+        <v>4.5644715238723634</v>
+      </c>
+      <c r="L62" s="74">
+        <v>4.9734462186433879</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A63" s="61" t="s">
+        <v>69</v>
+      </c>
+      <c r="B63" s="61" t="s">
+        <v>43</v>
+      </c>
+      <c r="C63" s="62" t="s">
+        <v>74</v>
+      </c>
+      <c r="D63" s="63"/>
+      <c r="E63" s="63">
+        <v>189982.014</v>
+      </c>
+      <c r="F63" s="64">
+        <v>100</v>
+      </c>
+      <c r="G63" s="62" t="s">
+        <v>74</v>
+      </c>
+      <c r="H63" s="63"/>
+      <c r="I63" s="63">
+        <v>202654.60500000001</v>
+      </c>
+      <c r="J63" s="64">
+        <v>100</v>
+      </c>
+      <c r="K63" s="65" t="s">
+        <v>74</v>
+      </c>
+      <c r="L63" s="66">
+        <v>6.6704161795021371</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A64" s="68"/>
+      <c r="B64" s="69" t="s">
+        <v>56</v>
+      </c>
+      <c r="C64" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="D64" s="71"/>
+      <c r="E64" s="71">
+        <v>51505.548000000003</v>
+      </c>
+      <c r="F64" s="72">
+        <v>27.110749547059754</v>
+      </c>
+      <c r="G64" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="H64" s="71"/>
+      <c r="I64" s="71">
+        <v>54625.07</v>
+      </c>
+      <c r="J64" s="72">
+        <v>26.954763746918061</v>
+      </c>
+      <c r="K64" s="73" t="s">
+        <v>74</v>
+      </c>
+      <c r="L64" s="74">
+        <v>6.0566717977643822</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A65" s="68"/>
+      <c r="B65" s="69" t="s">
+        <v>53</v>
+      </c>
+      <c r="C65" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="D65" s="71"/>
+      <c r="E65" s="71">
+        <v>21901.703000000001</v>
+      </c>
+      <c r="F65" s="72">
+        <v>11.528303410869201</v>
+      </c>
+      <c r="G65" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="H65" s="71"/>
+      <c r="I65" s="71">
+        <v>21876.031999999999</v>
+      </c>
+      <c r="J65" s="72">
+        <v>10.794737183495039</v>
+      </c>
+      <c r="K65" s="73" t="s">
+        <v>74</v>
+      </c>
+      <c r="L65" s="74">
+        <v>-0.11721006352794618</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A66" s="68"/>
+      <c r="B66" s="69" t="s">
+        <v>54</v>
+      </c>
+      <c r="C66" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="D66" s="71"/>
+      <c r="E66" s="71">
+        <v>16180.773999999999</v>
+      </c>
+      <c r="F66" s="72">
+        <v>8.5170030885134214</v>
+      </c>
+      <c r="G66" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="H66" s="71"/>
+      <c r="I66" s="71">
+        <v>17282.810000000001</v>
+      </c>
+      <c r="J66" s="72">
+        <v>8.5282098573580409</v>
+      </c>
+      <c r="K66" s="73" t="s">
+        <v>74</v>
+      </c>
+      <c r="L66" s="74">
+        <v>6.8107743177180646</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A67" s="94"/>
+      <c r="B67" s="69" t="s">
+        <v>51</v>
+      </c>
+      <c r="C67" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="D67" s="71"/>
+      <c r="E67" s="71">
+        <v>11910.388999999999</v>
+      </c>
+      <c r="F67" s="72">
+        <v>6.2692192535657609</v>
+      </c>
+      <c r="G67" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="H67" s="71"/>
+      <c r="I67" s="71">
+        <v>13777.714</v>
+      </c>
+      <c r="J67" s="72">
+        <v>6.7986187631907002</v>
+      </c>
+      <c r="K67" s="73" t="s">
+        <v>74</v>
+      </c>
+      <c r="L67" s="74">
+        <v>15.678119329267926</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A68" s="94"/>
+      <c r="B68" s="69" t="s">
+        <v>59</v>
+      </c>
+      <c r="C68" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="D68" s="71"/>
+      <c r="E68" s="71">
+        <v>13638.66</v>
+      </c>
+      <c r="F68" s="72">
+        <v>7.1789216846601072</v>
+      </c>
+      <c r="G68" s="70" t="s">
+        <v>74</v>
+      </c>
+      <c r="H68" s="71"/>
+      <c r="I68" s="71">
+        <v>12930.076999999999</v>
+      </c>
+      <c r="J68" s="72">
+        <v>6.3803519293331625</v>
+      </c>
+      <c r="K68" s="73" t="s">
+        <v>74</v>
+      </c>
+      <c r="L68" s="74">
+        <v>-5.1954004279012791</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A69" s="95"/>
+      <c r="B69" s="96" t="s">
+        <v>61</v>
+      </c>
+      <c r="C69" s="97" t="s">
+        <v>74</v>
+      </c>
+      <c r="D69" s="98"/>
+      <c r="E69" s="98">
+        <v>74844.939999999988</v>
+      </c>
+      <c r="F69" s="99">
+        <v>39.395803015331751</v>
+      </c>
+      <c r="G69" s="97" t="s">
+        <v>74</v>
+      </c>
+      <c r="H69" s="98"/>
+      <c r="I69" s="98">
+        <v>82162.902000000016</v>
+      </c>
+      <c r="J69" s="99">
+        <v>40.543318519705004</v>
+      </c>
+      <c r="K69" s="100" t="s">
+        <v>74</v>
+      </c>
+      <c r="L69" s="101">
+        <v>9.7774973164518943</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L71" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="8">
+    <mergeCell ref="A2:L2"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:F4"/>
+    <mergeCell ref="G4:J4"/>
+    <mergeCell ref="K4:L4"/>
+    <mergeCell ref="C5:D5"/>
+    <mergeCell ref="G5:H5"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A33961D3-2922-40AB-86A0-8E652E75B414}">
+  <dimension ref="A1:M48"/>
+  <sheetViews>
+    <sheetView topLeftCell="A9" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="M43" sqref="M43"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="24.08984375" customWidth="1"/>
+    <col min="2" max="2" width="55.36328125" customWidth="1"/>
+    <col min="3" max="3" width="11.36328125" customWidth="1"/>
+    <col min="4" max="4" width="5.453125" customWidth="1"/>
+    <col min="5" max="5" width="16.08984375" customWidth="1"/>
+    <col min="6" max="6" width="10.08984375" customWidth="1"/>
+    <col min="7" max="7" width="11.08984375" customWidth="1"/>
+    <col min="8" max="8" width="6" customWidth="1"/>
+    <col min="9" max="9" width="16.453125" customWidth="1"/>
+    <col min="10" max="10" width="11.453125" customWidth="1"/>
+    <col min="11" max="11" width="11" customWidth="1"/>
+    <col min="12" max="12" width="11.6328125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:13" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="1"/>
+    </row>
+    <row r="2" spans="1:13" ht="24" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A2" s="116" t="s">
+        <v>70</v>
+      </c>
+      <c r="B2" s="105"/>
+      <c r="C2" s="105"/>
+      <c r="D2" s="105"/>
+      <c r="E2" s="105"/>
+      <c r="F2" s="105"/>
+      <c r="G2" s="105"/>
+      <c r="H2" s="105"/>
+      <c r="I2" s="105"/>
+      <c r="J2" s="105"/>
+      <c r="K2" s="105"/>
+      <c r="L2" s="106"/>
+      <c r="M2" s="3"/>
+    </row>
+    <row r="3" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="4"/>
+      <c r="B3" s="5"/>
+      <c r="C3" s="5"/>
+      <c r="D3" s="5"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+      <c r="K3" s="5"/>
+      <c r="L3" s="6"/>
+      <c r="M3" s="3"/>
+    </row>
+    <row r="4" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="107" t="s">
+        <v>1</v>
+      </c>
+      <c r="B4" s="109" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" s="111" t="s">
+        <v>83</v>
+      </c>
+      <c r="D4" s="112"/>
+      <c r="E4" s="112"/>
+      <c r="F4" s="113"/>
+      <c r="G4" s="111" t="s">
+        <v>85</v>
+      </c>
+      <c r="H4" s="112"/>
+      <c r="I4" s="112"/>
+      <c r="J4" s="113"/>
+      <c r="K4" s="114" t="s">
+        <v>81</v>
+      </c>
+      <c r="L4" s="115"/>
+      <c r="M4" s="7"/>
+    </row>
+    <row r="5" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="108"/>
+      <c r="B5" s="110"/>
+      <c r="C5" s="114" t="s">
+        <v>3</v>
+      </c>
+      <c r="D5" s="115"/>
+      <c r="E5" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="G5" s="114" t="s">
+        <v>3</v>
+      </c>
+      <c r="H5" s="115"/>
+      <c r="I5" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="J5" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="K5" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="L5" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="M5" s="7"/>
+    </row>
+    <row r="6" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="11">
+        <v>3605</v>
+      </c>
+      <c r="B6" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="C6" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="D6" s="14"/>
+      <c r="E6" s="14">
+        <v>235.70099999999999</v>
+      </c>
+      <c r="F6" s="14">
+        <v>2.3617666357927523E-2</v>
+      </c>
+      <c r="G6" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="H6" s="16"/>
+      <c r="I6" s="16">
+        <v>205.59100000000001</v>
+      </c>
+      <c r="J6" s="17">
+        <v>1.9691708158757208E-2</v>
+      </c>
+      <c r="K6" s="16" t="s">
+        <v>74</v>
+      </c>
+      <c r="L6" s="17">
+        <v>-12.774659420197617</v>
+      </c>
+      <c r="M6" s="18"/>
+    </row>
+    <row r="7" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="11">
+        <v>44</v>
+      </c>
+      <c r="B7" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="C7" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D7" s="16"/>
+      <c r="E7" s="16">
+        <v>547120.826</v>
+      </c>
+      <c r="F7" s="16">
+        <v>54.822495984071857</v>
+      </c>
+      <c r="G7" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="H7" s="16"/>
+      <c r="I7" s="16">
+        <v>595033.22499999998</v>
+      </c>
+      <c r="J7" s="17">
+        <v>56.992867447816842</v>
+      </c>
+      <c r="K7" s="16" t="s">
+        <v>74</v>
+      </c>
+      <c r="L7" s="17">
+        <v>8.7571879415169569</v>
+      </c>
+      <c r="M7" s="18"/>
+    </row>
+    <row r="8" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="19">
+        <v>4401</v>
+      </c>
+      <c r="B8" s="20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" s="21">
+        <v>493.21371799999997</v>
+      </c>
+      <c r="D8" s="22" t="s">
+        <v>75</v>
+      </c>
+      <c r="E8" s="23">
+        <v>55227.463000000003</v>
+      </c>
+      <c r="F8" s="23">
+        <v>5.5338916463179508</v>
+      </c>
+      <c r="G8" s="21">
+        <v>485.8175</v>
+      </c>
+      <c r="H8" s="22" t="s">
+        <v>75</v>
+      </c>
+      <c r="I8" s="23">
+        <v>46481.665999999997</v>
+      </c>
+      <c r="J8" s="23">
+        <v>4.4520596796787189</v>
+      </c>
+      <c r="K8" s="21">
+        <v>-1.4995969759300118</v>
+      </c>
+      <c r="L8" s="24">
+        <v>-15.835956469700601</v>
+      </c>
+      <c r="M8" s="25"/>
+    </row>
+    <row r="9" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="26">
+        <v>44011</v>
+      </c>
+      <c r="B9" s="27" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" s="37">
+        <v>26.473534999999998</v>
+      </c>
+      <c r="D9" s="102" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" s="31">
+        <v>2280.1990000000001</v>
+      </c>
+      <c r="F9" s="31">
+        <v>0.22848006250155914</v>
+      </c>
+      <c r="G9" s="37">
+        <v>25.076836</v>
+      </c>
+      <c r="H9" s="102" t="s">
+        <v>75</v>
+      </c>
+      <c r="I9" s="31">
+        <v>2213.2310000000002</v>
+      </c>
+      <c r="J9" s="31">
+        <v>0.21198544167747801</v>
+      </c>
+      <c r="K9" s="37">
+        <v>-5.2758311271992886</v>
+      </c>
+      <c r="L9" s="32">
+        <v>-2.9369366445647875</v>
+      </c>
+      <c r="M9" s="25"/>
+    </row>
+    <row r="10" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="26">
+        <v>44012</v>
+      </c>
+      <c r="B10" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="C10" s="37">
+        <v>56.831415</v>
+      </c>
+      <c r="D10" s="102" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" s="31">
+        <v>5378.2110000000002</v>
+      </c>
+      <c r="F10" s="31">
+        <v>0.53890646624552196</v>
+      </c>
+      <c r="G10" s="37">
+        <v>75.125114999999994</v>
+      </c>
+      <c r="H10" s="102" t="s">
+        <v>75</v>
+      </c>
+      <c r="I10" s="31">
+        <v>6325.24</v>
+      </c>
+      <c r="J10" s="31">
+        <v>0.6058377074584852</v>
+      </c>
+      <c r="K10" s="37">
+        <v>32.189414956498965</v>
+      </c>
+      <c r="L10" s="32">
+        <v>17.608624875446491</v>
+      </c>
+      <c r="M10" s="25"/>
+    </row>
+    <row r="11" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="26">
+        <v>440131</v>
+      </c>
+      <c r="B11" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="C11" s="37">
+        <v>160.959147</v>
+      </c>
+      <c r="D11" s="102" t="s">
+        <v>75</v>
+      </c>
+      <c r="E11" s="31">
+        <v>27792.825000000001</v>
+      </c>
+      <c r="F11" s="31">
+        <v>2.7848913156680162</v>
+      </c>
+      <c r="G11" s="37">
+        <v>133.72570400000001</v>
+      </c>
+      <c r="H11" s="102" t="s">
+        <v>75</v>
+      </c>
+      <c r="I11" s="31">
+        <v>23691.502</v>
+      </c>
+      <c r="J11" s="31">
+        <v>2.2691953598484988</v>
+      </c>
+      <c r="K11" s="37">
+        <v>-16.919475225598703</v>
+      </c>
+      <c r="L11" s="32">
+        <v>-14.756769058201174</v>
+      </c>
+      <c r="M11" s="25"/>
+    </row>
+    <row r="12" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="B12" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="C12" s="37">
+        <v>248.94962100000001</v>
+      </c>
+      <c r="D12" s="102" t="s">
+        <v>75</v>
+      </c>
+      <c r="E12" s="31">
+        <v>19776.227999999999</v>
+      </c>
+      <c r="F12" s="31">
+        <v>1.9816138019028531</v>
+      </c>
+      <c r="G12" s="37">
+        <v>251.88984500000001</v>
+      </c>
+      <c r="H12" s="102" t="s">
+        <v>75</v>
+      </c>
+      <c r="I12" s="31">
+        <v>14251.692999999999</v>
+      </c>
+      <c r="J12" s="31">
+        <v>1.3650411706942569</v>
+      </c>
+      <c r="K12" s="37">
+        <v>1.1810518080684287</v>
+      </c>
+      <c r="L12" s="32">
+        <v>-27.935231126987414</v>
+      </c>
+      <c r="M12" s="25"/>
+    </row>
+    <row r="13" spans="1:13" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="19">
+        <v>4402</v>
+      </c>
+      <c r="B13" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="C13" s="21">
+        <v>1.909834</v>
+      </c>
+      <c r="D13" s="22" t="s">
+        <v>75</v>
+      </c>
+      <c r="E13" s="23">
+        <v>1950.298</v>
+      </c>
+      <c r="F13" s="23">
+        <v>0.19542338582582738</v>
+      </c>
+      <c r="G13" s="21">
+        <v>1.78193</v>
+      </c>
+      <c r="H13" s="22" t="s">
+        <v>75</v>
+      </c>
+      <c r="I13" s="23">
+        <v>1606.386</v>
+      </c>
+      <c r="J13" s="23">
+        <v>0.15386123080442896</v>
+      </c>
+      <c r="K13" s="21">
+        <v>-6.6971265565488949</v>
+      </c>
+      <c r="L13" s="24">
+        <v>-17.633818011401338</v>
+      </c>
+      <c r="M13" s="18"/>
+    </row>
+    <row r="14" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="19">
+        <v>4403</v>
+      </c>
+      <c r="B14" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="C14" s="21">
+        <v>1188.0709999999999</v>
+      </c>
+      <c r="D14" s="36" t="s">
+        <v>76</v>
+      </c>
+      <c r="E14" s="23">
+        <v>114385.19899999999</v>
+      </c>
+      <c r="F14" s="23">
+        <v>11.461603753344896</v>
+      </c>
+      <c r="G14" s="21">
+        <v>1169.8050000000001</v>
+      </c>
+      <c r="H14" s="36" t="s">
+        <v>76</v>
+      </c>
+      <c r="I14" s="23">
+        <v>122808.47100000001</v>
+      </c>
+      <c r="J14" s="24">
+        <v>11.762716122569557</v>
+      </c>
+      <c r="K14" s="23">
+        <v>-1.5374502028919022</v>
+      </c>
+      <c r="L14" s="24">
+        <v>7.3639527435713186</v>
+      </c>
+      <c r="M14" s="25"/>
+    </row>
+    <row r="15" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="26"/>
+      <c r="B15" s="27" t="s">
+        <v>16</v>
+      </c>
+      <c r="C15" s="37">
+        <v>729.44</v>
+      </c>
+      <c r="D15" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="E15" s="31">
+        <v>76773.625</v>
+      </c>
+      <c r="F15" s="31">
+        <v>7.6928560351404691</v>
+      </c>
+      <c r="G15" s="37">
+        <v>711.50800000000004</v>
+      </c>
+      <c r="H15" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="I15" s="31">
+        <v>80819.209000000003</v>
+      </c>
+      <c r="J15" s="32">
+        <v>7.7409433158533396</v>
+      </c>
+      <c r="K15" s="31">
+        <v>-2.4583241939021736</v>
+      </c>
+      <c r="L15" s="32">
+        <v>5.2694971743225656</v>
+      </c>
+      <c r="M15" s="25"/>
+    </row>
+    <row r="16" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="26"/>
+      <c r="B16" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C16" s="37">
+        <v>709.45600000000002</v>
+      </c>
+      <c r="D16" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="E16" s="31">
+        <v>74621.188999999998</v>
+      </c>
+      <c r="F16" s="31">
+        <v>7.477178056240116</v>
+      </c>
+      <c r="G16" s="37">
+        <v>700.44100000000003</v>
+      </c>
+      <c r="H16" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="I16" s="31">
+        <v>79821.327000000005</v>
+      </c>
+      <c r="J16" s="32">
+        <v>7.6453651965734259</v>
+      </c>
+      <c r="K16" s="31">
+        <v>-1.2706919104215042</v>
+      </c>
+      <c r="L16" s="32">
+        <v>6.9687150120323142</v>
+      </c>
+      <c r="M16" s="25"/>
+    </row>
+    <row r="17" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="26"/>
+      <c r="B17" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="C17" s="37">
+        <v>19.984000000000002</v>
+      </c>
+      <c r="D17" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="E17" s="31">
+        <v>2152.4360000000001</v>
+      </c>
+      <c r="F17" s="31">
+        <v>0.21567797890035295</v>
+      </c>
+      <c r="G17" s="37">
+        <v>11.067</v>
+      </c>
+      <c r="H17" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="I17" s="31">
+        <v>997.88199999999995</v>
+      </c>
+      <c r="J17" s="32">
+        <v>9.5578119279914775E-2</v>
+      </c>
+      <c r="K17" s="31">
+        <v>-44.6206965572458</v>
+      </c>
+      <c r="L17" s="32">
+        <v>-53.63941134602841</v>
+      </c>
+      <c r="M17" s="25"/>
+    </row>
+    <row r="18" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="26"/>
+      <c r="B18" s="27" t="s">
+        <v>19</v>
+      </c>
+      <c r="C18" s="37">
+        <v>458.63099999999997</v>
+      </c>
+      <c r="D18" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="E18" s="31">
+        <v>37611.574000000001</v>
+      </c>
+      <c r="F18" s="31">
+        <v>3.7687477182044273</v>
+      </c>
+      <c r="G18" s="37">
+        <v>458.29700000000003</v>
+      </c>
+      <c r="H18" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="I18" s="31">
+        <v>41989.262000000002</v>
+      </c>
+      <c r="J18" s="32">
+        <v>4.0217728067162177</v>
+      </c>
+      <c r="K18" s="31">
+        <v>-7.2825430465874821E-2</v>
+      </c>
+      <c r="L18" s="32">
+        <v>11.639204464030147</v>
+      </c>
+      <c r="M18" s="25"/>
+    </row>
+    <row r="19" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="26"/>
+      <c r="B19" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C19" s="37">
+        <v>345.36799999999999</v>
+      </c>
+      <c r="D19" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="E19" s="31">
+        <v>29568.584999999999</v>
+      </c>
+      <c r="F19" s="31">
+        <v>2.9628256783213498</v>
+      </c>
+      <c r="G19" s="37">
+        <v>332.97300000000001</v>
+      </c>
+      <c r="H19" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="I19" s="31">
+        <v>33340.349000000002</v>
+      </c>
+      <c r="J19" s="32">
+        <v>3.1933714142112866</v>
+      </c>
+      <c r="K19" s="31">
+        <v>-3.5889254360566065</v>
+      </c>
+      <c r="L19" s="32">
+        <v>12.755984095958608</v>
+      </c>
+      <c r="M19" s="25"/>
+    </row>
+    <row r="20" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="26"/>
+      <c r="B20" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="C20" s="37">
+        <v>113.26300000000001</v>
+      </c>
+      <c r="D20" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="E20" s="31">
+        <v>8042.9889999999996</v>
+      </c>
+      <c r="F20" s="31">
+        <v>0.80592203988307709</v>
+      </c>
+      <c r="G20" s="37">
+        <v>125.324</v>
+      </c>
+      <c r="H20" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="I20" s="31">
+        <v>8648.9130000000005</v>
+      </c>
+      <c r="J20" s="32">
+        <v>0.82840139250493094</v>
+      </c>
+      <c r="K20" s="31">
+        <v>10.648667261153239</v>
+      </c>
+      <c r="L20" s="32">
+        <v>7.5335674336990994</v>
+      </c>
+      <c r="M20" s="25"/>
+    </row>
+    <row r="21" spans="1:13" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="19">
+        <v>4404</v>
+      </c>
+      <c r="B21" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="C21" s="21">
+        <v>17.133893</v>
+      </c>
+      <c r="D21" s="22" t="s">
+        <v>75</v>
+      </c>
+      <c r="E21" s="23">
+        <v>6241.152</v>
+      </c>
+      <c r="F21" s="23">
+        <v>0.62537471468136363</v>
+      </c>
+      <c r="G21" s="21">
+        <v>26.989533999999999</v>
+      </c>
+      <c r="H21" s="36" t="s">
+        <v>75</v>
+      </c>
+      <c r="I21" s="23">
+        <v>9570.7829999999994</v>
+      </c>
+      <c r="J21" s="24">
+        <v>0.91669900767443502</v>
+      </c>
+      <c r="K21" s="23">
+        <v>57.521317542954179</v>
+      </c>
+      <c r="L21" s="24">
+        <v>53.349621992862851</v>
+      </c>
+      <c r="M21" s="18"/>
+    </row>
+    <row r="22" spans="1:13" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="19">
+        <v>4406</v>
+      </c>
+      <c r="B22" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="C22" s="21">
+        <v>1.181</v>
+      </c>
+      <c r="D22" s="36" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="23">
+        <v>626.13800000000003</v>
+      </c>
+      <c r="F22" s="23">
+        <v>6.2740159685449048E-2</v>
+      </c>
+      <c r="G22" s="21">
+        <v>0.55800000000000005</v>
+      </c>
+      <c r="H22" s="36" t="s">
+        <v>76</v>
+      </c>
+      <c r="I22" s="23">
+        <v>351.97300000000001</v>
+      </c>
+      <c r="J22" s="24">
+        <v>3.3712320071220291E-2</v>
+      </c>
+      <c r="K22" s="23">
+        <v>-52.751905165114309</v>
+      </c>
+      <c r="L22" s="24">
+        <v>-43.786673225391212</v>
+      </c>
+      <c r="M22" s="18"/>
+    </row>
+    <row r="23" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="19">
+        <v>4407</v>
+      </c>
+      <c r="B23" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="C23" s="21">
+        <v>460.82900000000001</v>
+      </c>
+      <c r="D23" s="36" t="s">
+        <v>76</v>
+      </c>
+      <c r="E23" s="23">
+        <v>115665.893</v>
+      </c>
+      <c r="F23" s="23">
+        <v>11.589931607696807</v>
+      </c>
+      <c r="G23" s="21">
+        <v>537.55499999999995</v>
+      </c>
+      <c r="H23" s="36" t="s">
+        <v>76</v>
+      </c>
+      <c r="I23" s="23">
+        <v>141828.739</v>
+      </c>
+      <c r="J23" s="24">
+        <v>13.584496096193639</v>
+      </c>
+      <c r="K23" s="23">
+        <v>16.64955981502899</v>
+      </c>
+      <c r="L23" s="24">
+        <v>22.619326511402981</v>
+      </c>
+      <c r="M23" s="25"/>
+    </row>
+    <row r="24" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="26">
+        <v>44071</v>
+      </c>
+      <c r="B24" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="C24" s="37">
+        <v>439.15100000000001</v>
+      </c>
+      <c r="D24" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="E24" s="31">
+        <v>105873.792</v>
+      </c>
+      <c r="F24" s="31">
+        <v>10.608745382941171</v>
+      </c>
+      <c r="G24" s="37">
+        <v>516.91700000000003</v>
+      </c>
+      <c r="H24" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="I24" s="31">
+        <v>133243.09400000001</v>
+      </c>
+      <c r="J24" s="32">
+        <v>12.762154574946637</v>
+      </c>
+      <c r="K24" s="31">
+        <v>17.708259801298418</v>
+      </c>
+      <c r="L24" s="32">
+        <v>25.850875351663998</v>
+      </c>
+      <c r="M24" s="25"/>
+    </row>
+    <row r="25" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="26" t="s">
+        <v>24</v>
+      </c>
+      <c r="B25" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="C25" s="37">
+        <v>21.678000000000001</v>
+      </c>
+      <c r="D25" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="E25" s="31">
+        <v>9792.1010000000006</v>
+      </c>
+      <c r="F25" s="31">
+        <v>0.98118622475563744</v>
+      </c>
+      <c r="G25" s="37">
+        <v>20.638000000000002</v>
+      </c>
+      <c r="H25" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="I25" s="31">
+        <v>8585.6450000000004</v>
+      </c>
+      <c r="J25" s="32">
+        <v>0.8223415212470051</v>
+      </c>
+      <c r="K25" s="31">
+        <v>-4.7974905434080597</v>
+      </c>
+      <c r="L25" s="32">
+        <v>-12.32070625088528</v>
+      </c>
+      <c r="M25" s="25"/>
+    </row>
+    <row r="26" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="19">
+        <v>4408</v>
+      </c>
+      <c r="B26" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="C26" s="21">
+        <v>153.49799999999999</v>
+      </c>
+      <c r="D26" s="36" t="s">
+        <v>76</v>
+      </c>
+      <c r="E26" s="23">
+        <v>51402.03</v>
+      </c>
+      <c r="F26" s="23">
+        <v>5.1505763431643548</v>
+      </c>
+      <c r="G26" s="21">
+        <v>152.393</v>
+      </c>
+      <c r="H26" s="36" t="s">
+        <v>76</v>
+      </c>
+      <c r="I26" s="23">
+        <v>47891.355000000003</v>
+      </c>
+      <c r="J26" s="24">
+        <v>4.5870810783907743</v>
+      </c>
+      <c r="K26" s="23">
+        <v>-0.71987908637245424</v>
+      </c>
+      <c r="L26" s="24">
+        <v>-6.8298372651819301</v>
+      </c>
+      <c r="M26" s="18"/>
+    </row>
+    <row r="27" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="19">
+        <v>4409</v>
+      </c>
+      <c r="B27" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="C27" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="D27" s="36"/>
+      <c r="E27" s="23">
+        <v>12859.763999999999</v>
+      </c>
+      <c r="F27" s="23">
+        <v>1.2885716038272537</v>
+      </c>
+      <c r="G27" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="H27" s="36"/>
+      <c r="I27" s="23">
+        <v>14542.727999999999</v>
+      </c>
+      <c r="J27" s="24">
+        <v>1.3929167891988796</v>
+      </c>
+      <c r="K27" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="L27" s="24">
+        <v>13.087051986335052</v>
+      </c>
+      <c r="M27" s="18"/>
+    </row>
+    <row r="28" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="26">
+        <v>44091</v>
+      </c>
+      <c r="B28" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="C28" s="37" t="s">
+        <v>74</v>
+      </c>
+      <c r="D28" s="38"/>
+      <c r="E28" s="31">
+        <v>7730.1989999999996</v>
+      </c>
+      <c r="F28" s="31">
+        <v>0.77457991634479706</v>
+      </c>
+      <c r="G28" s="37" t="s">
+        <v>74</v>
+      </c>
+      <c r="H28" s="38"/>
+      <c r="I28" s="31">
+        <v>8402.65</v>
+      </c>
+      <c r="J28" s="32">
+        <v>0.80481408018921663</v>
+      </c>
+      <c r="K28" s="31" t="s">
+        <v>74</v>
+      </c>
+      <c r="L28" s="32">
+        <v>8.6990127938491639</v>
+      </c>
+      <c r="M28" s="25"/>
+    </row>
+    <row r="29" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="26">
+        <v>44092</v>
+      </c>
+      <c r="B29" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="C29" s="37" t="s">
+        <v>74</v>
+      </c>
+      <c r="D29" s="38"/>
+      <c r="E29" s="31">
+        <v>5129.5649999999996</v>
+      </c>
+      <c r="F29" s="31">
+        <v>0.51399168748245661</v>
+      </c>
+      <c r="G29" s="37" t="s">
+        <v>74</v>
+      </c>
+      <c r="H29" s="38"/>
+      <c r="I29" s="31">
+        <v>6140.0780000000004</v>
+      </c>
+      <c r="J29" s="32">
+        <v>0.58810270900966299</v>
+      </c>
+      <c r="K29" s="31" t="s">
+        <v>74</v>
+      </c>
+      <c r="L29" s="32">
+        <v>19.699779610941686</v>
+      </c>
+      <c r="M29" s="25"/>
+    </row>
+    <row r="30" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="19">
+        <v>4410</v>
+      </c>
+      <c r="B30" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="C30" s="21">
+        <v>67.683000000000007</v>
+      </c>
+      <c r="D30" s="36" t="s">
+        <v>76</v>
+      </c>
+      <c r="E30" s="23">
+        <v>25371.058000000001</v>
+      </c>
+      <c r="F30" s="23">
+        <v>2.542225883605195</v>
+      </c>
+      <c r="G30" s="21">
+        <v>64.796999999999997</v>
+      </c>
+      <c r="H30" s="36" t="s">
+        <v>76</v>
+      </c>
+      <c r="I30" s="23">
+        <v>23309.165000000001</v>
+      </c>
+      <c r="J30" s="24">
+        <v>2.2325747459972369</v>
+      </c>
+      <c r="K30" s="23">
+        <v>-4.2639953902752676</v>
+      </c>
+      <c r="L30" s="24">
+        <v>-8.1269492190668586</v>
+      </c>
+      <c r="M30" s="18"/>
+    </row>
+    <row r="31" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="19">
+        <v>4411</v>
+      </c>
+      <c r="B31" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="C31" s="21">
+        <v>39.543999999999997</v>
+      </c>
+      <c r="D31" s="36" t="s">
+        <v>76</v>
+      </c>
+      <c r="E31" s="23">
+        <v>22706.974999999999</v>
+      </c>
+      <c r="F31" s="23">
+        <v>2.2752799502242307</v>
+      </c>
+      <c r="G31" s="21">
+        <v>43.567999999999998</v>
+      </c>
+      <c r="H31" s="36" t="s">
+        <v>76</v>
+      </c>
+      <c r="I31" s="23">
+        <v>24547.774000000001</v>
+      </c>
+      <c r="J31" s="24">
+        <v>2.3512099340687485</v>
+      </c>
+      <c r="K31" s="23">
+        <v>10.176006473801339</v>
+      </c>
+      <c r="L31" s="24">
+        <v>8.1067557435545812</v>
+      </c>
+      <c r="M31" s="25"/>
+    </row>
+    <row r="32" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="19">
+        <v>4412</v>
+      </c>
+      <c r="B32" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="C32" s="21">
+        <v>37.646000000000001</v>
+      </c>
+      <c r="D32" s="36" t="s">
+        <v>76</v>
+      </c>
+      <c r="E32" s="23">
+        <v>28873.792000000001</v>
+      </c>
+      <c r="F32" s="23">
+        <v>2.8932061635045967</v>
+      </c>
+      <c r="G32" s="21">
+        <v>42.58</v>
+      </c>
+      <c r="H32" s="36" t="s">
+        <v>76</v>
+      </c>
+      <c r="I32" s="23">
+        <v>29602.563999999998</v>
+      </c>
+      <c r="J32" s="24">
+        <v>2.8353626911631946</v>
+      </c>
+      <c r="K32" s="23">
+        <v>13.106306114859473</v>
+      </c>
+      <c r="L32" s="24">
+        <v>2.5239913067185533</v>
+      </c>
+      <c r="M32" s="25"/>
+    </row>
+    <row r="33" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="19">
+        <v>4413</v>
+      </c>
+      <c r="B33" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="C33" s="21">
+        <v>1.125</v>
+      </c>
+      <c r="D33" s="36" t="s">
+        <v>76</v>
+      </c>
+      <c r="E33" s="23">
+        <v>309.98</v>
+      </c>
+      <c r="F33" s="23">
+        <v>3.1060556457674665E-2</v>
+      </c>
+      <c r="G33" s="21">
+        <v>0.21199999999999999</v>
+      </c>
+      <c r="H33" s="36" t="s">
+        <v>76</v>
+      </c>
+      <c r="I33" s="23">
+        <v>187.00200000000001</v>
+      </c>
+      <c r="J33" s="24">
+        <v>1.7911235458283267E-2</v>
+      </c>
+      <c r="K33" s="23">
+        <v>-81.155555555555566</v>
+      </c>
+      <c r="L33" s="24">
+        <v>-39.672882121427186</v>
+      </c>
+      <c r="M33" s="25"/>
+    </row>
+    <row r="34" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B34" s="39" t="s">
+        <v>33</v>
+      </c>
+      <c r="C34" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="D34" s="36"/>
+      <c r="E34" s="23">
+        <v>19788.932000000001</v>
+      </c>
+      <c r="F34" s="23">
+        <v>1.9828867656722522</v>
+      </c>
+      <c r="G34" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="H34" s="36"/>
+      <c r="I34" s="23">
+        <v>19693.736000000001</v>
+      </c>
+      <c r="J34" s="24">
+        <v>1.886285400954373</v>
+      </c>
+      <c r="K34" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="L34" s="24">
+        <v>-0.48105678467135016</v>
+      </c>
+      <c r="M34" s="25"/>
+    </row>
+    <row r="35" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="19">
+        <v>4418</v>
+      </c>
+      <c r="B35" s="39" t="s">
+        <v>34</v>
+      </c>
+      <c r="C35" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="D35" s="36"/>
+      <c r="E35" s="23">
+        <v>32370.355</v>
+      </c>
+      <c r="F35" s="23">
+        <v>3.2435680980465555</v>
+      </c>
+      <c r="G35" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="H35" s="36"/>
+      <c r="I35" s="23">
+        <v>29454.348000000002</v>
+      </c>
+      <c r="J35" s="24">
+        <v>2.8211664169271713</v>
+      </c>
+      <c r="K35" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="L35" s="24">
+        <v>-9.0082638883632811</v>
+      </c>
+      <c r="M35" s="25"/>
+    </row>
+    <row r="36" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="19" t="s">
+        <v>35</v>
+      </c>
+      <c r="B36" s="20" t="s">
+        <v>36</v>
+      </c>
+      <c r="C36" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="D36" s="36"/>
+      <c r="E36" s="23">
+        <v>3229.3209999999999</v>
+      </c>
+      <c r="F36" s="23">
+        <v>0.32358380295649519</v>
+      </c>
+      <c r="G36" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="H36" s="36"/>
+      <c r="I36" s="23">
+        <v>3557.636</v>
+      </c>
+      <c r="J36" s="24">
+        <v>0.34075387466906798</v>
+      </c>
+      <c r="K36" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="L36" s="24">
+        <v>10.166688291439597</v>
+      </c>
+      <c r="M36" s="25"/>
+    </row>
+    <row r="37" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="19">
+        <v>44219910</v>
+      </c>
+      <c r="B37" s="20" t="s">
+        <v>37</v>
+      </c>
+      <c r="C37" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="D37" s="36"/>
+      <c r="E37" s="23">
+        <v>1082.867</v>
+      </c>
+      <c r="F37" s="23">
+        <v>0.10850523127186525</v>
+      </c>
+      <c r="G37" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="H37" s="36"/>
+      <c r="I37" s="23">
+        <v>1059.0119999999999</v>
+      </c>
+      <c r="J37" s="24">
+        <v>0.10143321079532561</v>
+      </c>
+      <c r="K37" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="L37" s="24">
+        <v>-2.202948284507702</v>
+      </c>
+      <c r="M37" s="25"/>
+    </row>
+    <row r="38" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="19" t="s">
+        <v>38</v>
+      </c>
+      <c r="B38" s="20" t="s">
+        <v>39</v>
+      </c>
+      <c r="C38" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="D38" s="36"/>
+      <c r="E38" s="23">
+        <v>55029.609000000099</v>
+      </c>
+      <c r="F38" s="23">
+        <v>5.5140663177890978</v>
+      </c>
+      <c r="G38" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="H38" s="36"/>
+      <c r="I38" s="23">
+        <v>78539.886999999915</v>
+      </c>
+      <c r="J38" s="24">
+        <v>7.5226276132017809</v>
+      </c>
+      <c r="K38" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="L38" s="24">
+        <v>42.722960288523538</v>
+      </c>
+      <c r="M38" s="25"/>
+    </row>
+    <row r="39" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="11">
+        <v>47</v>
+      </c>
+      <c r="B39" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="C39" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D39" s="40"/>
+      <c r="E39" s="16">
+        <v>12491.835999999999</v>
+      </c>
+      <c r="F39" s="16">
+        <v>1.2517045529970086</v>
+      </c>
+      <c r="G39" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="H39" s="40"/>
+      <c r="I39" s="16">
+        <v>5267.4660000000003</v>
+      </c>
+      <c r="J39" s="16">
+        <v>0.50452307352061232</v>
+      </c>
+      <c r="K39" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="L39" s="17">
+        <v>-57.832731713736877</v>
+      </c>
+      <c r="M39" s="18"/>
+    </row>
+    <row r="40" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="11">
+        <v>48</v>
+      </c>
+      <c r="B40" s="12" t="s">
+        <v>41</v>
+      </c>
+      <c r="C40" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D40" s="40"/>
+      <c r="E40" s="16">
+        <v>345602.38699999999</v>
+      </c>
+      <c r="F40" s="16">
+        <v>34.629984041940205</v>
+      </c>
+      <c r="G40" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="H40" s="40"/>
+      <c r="I40" s="16">
+        <v>355792.57799999998</v>
+      </c>
+      <c r="J40" s="17">
+        <v>34.078163008243841</v>
+      </c>
+      <c r="K40" s="16" t="s">
+        <v>74</v>
+      </c>
+      <c r="L40" s="17">
+        <v>2.9485302715805584</v>
+      </c>
+      <c r="M40" s="18"/>
+    </row>
+    <row r="41" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="11" t="s">
+        <v>42</v>
+      </c>
+      <c r="B41" s="12" t="s">
+        <v>43</v>
+      </c>
+      <c r="C41" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D41" s="16"/>
+      <c r="E41" s="16">
+        <v>88553.481</v>
+      </c>
+      <c r="F41" s="16">
+        <v>8.8732189048458618</v>
+      </c>
+      <c r="G41" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="H41" s="16"/>
+      <c r="I41" s="16">
+        <v>85153.755999999994</v>
+      </c>
+      <c r="J41" s="17">
+        <v>8.156110490118829</v>
+      </c>
+      <c r="K41" s="16" t="s">
+        <v>74</v>
+      </c>
+      <c r="L41" s="17">
+        <v>-3.83917714087378</v>
+      </c>
+      <c r="M41" s="18"/>
+    </row>
+    <row r="42" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="B42" s="12" t="s">
+        <v>45</v>
+      </c>
+      <c r="C42" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D42" s="41"/>
+      <c r="E42" s="16">
+        <v>3981.7530000000002</v>
+      </c>
+      <c r="F42" s="16">
+        <v>0.39897884978713283</v>
+      </c>
+      <c r="G42" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="H42" s="41"/>
+      <c r="I42" s="16">
+        <v>2595.9670000000001</v>
+      </c>
+      <c r="J42" s="17">
+        <v>0.24864427214111742</v>
+      </c>
+      <c r="K42" s="16" t="s">
+        <v>74</v>
+      </c>
+      <c r="L42" s="17">
+        <v>-34.803414475985825</v>
+      </c>
+      <c r="M42" s="25"/>
+    </row>
+    <row r="43" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="42"/>
+      <c r="B43" s="43" t="s">
+        <v>46</v>
+      </c>
+      <c r="C43" s="44"/>
+      <c r="D43" s="45"/>
+      <c r="E43" s="45">
+        <v>997985.98400000005</v>
+      </c>
+      <c r="F43" s="46">
+        <v>100</v>
+      </c>
+      <c r="G43" s="44"/>
+      <c r="H43" s="45"/>
+      <c r="I43" s="45">
+        <v>1044048.583</v>
+      </c>
+      <c r="J43" s="46">
+        <v>100</v>
+      </c>
+      <c r="K43" s="44"/>
+      <c r="L43" s="46">
+        <v>4.6155557030347962</v>
       </c>
       <c r="M43" s="47"/>
     </row>
     <row r="44" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A44" s="3"/>
       <c r="B44" s="48"/>
       <c r="C44" s="3"/>
       <c r="D44" s="3"/>
       <c r="E44" s="3"/>
       <c r="F44" s="49"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3"/>
       <c r="I44" s="50"/>
       <c r="J44" s="3"/>
       <c r="K44" s="3"/>
       <c r="L44" s="3"/>
       <c r="M44" s="3"/>
     </row>
     <row r="45" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A45" s="3"/>
       <c r="B45" s="48"/>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
@@ -6981,51 +6981,51 @@
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
       <c r="M48" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:F4"/>
     <mergeCell ref="G4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="G5:H5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{500ED4FB-C9C5-4A27-A15F-6F46D49270AB}">
   <dimension ref="A1:M71"/>
   <sheetViews>
-    <sheetView topLeftCell="A34" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
       <selection activeCell="M69" sqref="M69"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="14.08984375" customWidth="1"/>
     <col min="2" max="2" width="34" customWidth="1"/>
     <col min="3" max="3" width="13.6328125" customWidth="1"/>
     <col min="4" max="4" width="5" customWidth="1"/>
     <col min="5" max="5" width="15.453125" customWidth="1"/>
     <col min="6" max="7" width="12.453125" customWidth="1"/>
     <col min="8" max="8" width="5.08984375" customWidth="1"/>
     <col min="9" max="9" width="15.36328125" customWidth="1"/>
     <col min="10" max="10" width="10.36328125" customWidth="1"/>
     <col min="11" max="12" width="12" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
     </row>
     <row r="2" spans="1:13" ht="24" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A2" s="116" t="s">
         <v>71</v>
       </c>
       <c r="B2" s="105"/>
@@ -7112,2212 +7112,2212 @@
     </row>
     <row r="6" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="54"/>
       <c r="B6" s="55"/>
       <c r="C6" s="56"/>
       <c r="D6" s="57"/>
       <c r="E6" s="57"/>
       <c r="F6" s="58"/>
       <c r="G6" s="56"/>
       <c r="H6" s="57"/>
       <c r="I6" s="57"/>
       <c r="J6" s="58"/>
       <c r="K6" s="59"/>
       <c r="L6" s="60"/>
     </row>
     <row r="7" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="61"/>
       <c r="B7" s="103" t="s">
         <v>46</v>
       </c>
       <c r="C7" s="62" t="s">
         <v>74</v>
       </c>
       <c r="D7" s="63"/>
       <c r="E7" s="63">
-        <v>925186.53500000003</v>
+        <v>997985.98400000005</v>
       </c>
       <c r="F7" s="64">
         <v>100</v>
       </c>
       <c r="G7" s="62" t="s">
         <v>74</v>
       </c>
       <c r="H7" s="63"/>
       <c r="I7" s="63">
-        <v>965626.30900000001</v>
+        <v>1044048.583</v>
       </c>
       <c r="J7" s="64">
         <v>100</v>
       </c>
       <c r="K7" s="65" t="s">
         <v>74</v>
       </c>
       <c r="L7" s="66">
-        <v>4.3709860087836203</v>
+        <v>4.6155557030347962</v>
       </c>
     </row>
     <row r="8" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="68"/>
       <c r="B8" s="69" t="s">
         <v>55</v>
       </c>
       <c r="C8" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D8" s="71"/>
       <c r="E8" s="71">
-        <v>222167.99299999999</v>
+        <v>239546.44500000001</v>
       </c>
       <c r="F8" s="72">
-        <v>24.013318892497711</v>
+        <v>24.002986899663711</v>
       </c>
       <c r="G8" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H8" s="71"/>
       <c r="I8" s="71">
-        <v>245892.18799999999</v>
+        <v>264812.81699999998</v>
       </c>
       <c r="J8" s="72">
-        <v>25.464528638893992</v>
+        <v>25.364032029915602</v>
       </c>
       <c r="K8" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L8" s="74">
-        <v>10.678493638820425</v>
+        <v>10.547587963578408</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="68"/>
       <c r="B9" s="69" t="s">
         <v>52</v>
       </c>
       <c r="C9" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D9" s="71"/>
       <c r="E9" s="71">
-        <v>117153.51700000001</v>
+        <v>125940.446</v>
       </c>
       <c r="F9" s="72">
-        <v>12.66269152955193</v>
+        <v>12.619460395147192</v>
       </c>
       <c r="G9" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H9" s="71"/>
       <c r="I9" s="71">
-        <v>120775.97100000001</v>
+        <v>129454.394</v>
       </c>
       <c r="J9" s="72">
-        <v>12.507526967142731</v>
+        <v>12.39926916312859</v>
       </c>
       <c r="K9" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L9" s="74">
-        <v>3.0920574070345643</v>
+        <v>2.7901663934078842</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="68"/>
       <c r="B10" s="69" t="s">
         <v>65</v>
       </c>
       <c r="C10" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D10" s="71"/>
       <c r="E10" s="71">
-        <v>106100.307</v>
+        <v>115921.761</v>
       </c>
       <c r="F10" s="72">
-        <v>11.467990830627468</v>
+        <v>11.61557004391757</v>
       </c>
       <c r="G10" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H10" s="71"/>
       <c r="I10" s="71">
-        <v>125321.842</v>
+        <v>135211.731</v>
       </c>
       <c r="J10" s="72">
-        <v>12.978296141266384</v>
+        <v>12.950712562769697</v>
       </c>
       <c r="K10" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L10" s="74">
-        <v>18.116380191058262</v>
+        <v>16.640508075097308</v>
       </c>
     </row>
     <row r="11" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="68"/>
       <c r="B11" s="69" t="s">
         <v>60</v>
       </c>
       <c r="C11" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D11" s="71"/>
       <c r="E11" s="71">
-        <v>128003.637</v>
+        <v>138139.94899999999</v>
       </c>
       <c r="F11" s="72">
-        <v>13.835440979477722</v>
+        <v>13.841872652993088</v>
       </c>
       <c r="G11" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H11" s="71"/>
       <c r="I11" s="71">
-        <v>129632.427</v>
+        <v>141325.58600000001</v>
       </c>
       <c r="J11" s="72">
-        <v>13.424699160718497</v>
+        <v>13.53630360705159</v>
       </c>
       <c r="K11" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="74">
-        <v>1.2724560318547775</v>
+        <v>2.3060939453510421</v>
       </c>
     </row>
     <row r="12" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="68"/>
       <c r="B12" s="69" t="s">
         <v>54</v>
       </c>
       <c r="C12" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D12" s="71"/>
       <c r="E12" s="71">
-        <v>67914.626000000004</v>
+        <v>72969.676999999996</v>
       </c>
       <c r="F12" s="72">
-        <v>7.3406414199488976</v>
+        <v>7.3116935678327106</v>
       </c>
       <c r="G12" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H12" s="75"/>
       <c r="I12" s="71">
-        <v>75198.899000000005</v>
+        <v>81696.354000000007</v>
       </c>
       <c r="J12" s="72">
-        <v>7.7875776891244586</v>
+        <v>7.8249571265401547</v>
       </c>
       <c r="K12" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L12" s="74">
-        <v>10.725632207707365</v>
+        <v>11.959319759631128</v>
       </c>
     </row>
     <row r="13" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="68"/>
       <c r="B13" s="69" t="s">
         <v>73</v>
       </c>
       <c r="C13" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D13" s="71"/>
       <c r="E13" s="71">
-        <v>33736.49</v>
+        <v>36419.451999999997</v>
       </c>
       <c r="F13" s="72">
-        <v>3.6464527664142885</v>
+        <v>3.6492949383946454</v>
       </c>
       <c r="G13" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H13" s="71"/>
       <c r="I13" s="71">
-        <v>36459.404000000002</v>
+        <v>39541.855000000003</v>
       </c>
       <c r="J13" s="72">
-        <v>3.7757260402067199</v>
+        <v>3.7873577574694153</v>
       </c>
       <c r="K13" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L13" s="74">
-        <v>8.0711241744473252</v>
+        <v>8.5734486065303948</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="68"/>
       <c r="B14" s="69" t="s">
         <v>53</v>
       </c>
       <c r="C14" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D14" s="71"/>
       <c r="E14" s="71">
-        <v>56061.584000000003</v>
+        <v>60577.457000000002</v>
       </c>
       <c r="F14" s="72">
-        <v>6.0594898303399978</v>
+        <v>6.0699707181458775</v>
       </c>
       <c r="G14" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H14" s="71"/>
       <c r="I14" s="71">
-        <v>53862.714999999997</v>
+        <v>57878.053</v>
       </c>
       <c r="J14" s="72">
-        <v>5.5780082313395214</v>
+        <v>5.5436168337771692</v>
       </c>
       <c r="K14" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L14" s="74">
-        <v>-3.9222384440653797</v>
+        <v>-4.4561197080293447</v>
       </c>
     </row>
     <row r="15" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="68"/>
       <c r="B15" s="69" t="s">
         <v>58</v>
       </c>
       <c r="C15" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D15" s="71"/>
       <c r="E15" s="71">
-        <v>23265.33</v>
+        <v>26513.776999999998</v>
       </c>
       <c r="F15" s="72">
-        <v>2.5146637050873206</v>
+        <v>2.6567283934921471</v>
       </c>
       <c r="G15" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H15" s="71"/>
       <c r="I15" s="71">
-        <v>20462.931</v>
+        <v>23555.473000000002</v>
       </c>
       <c r="J15" s="72">
-        <v>2.1191356127393997</v>
+        <v>2.2561663684572046</v>
       </c>
       <c r="K15" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L15" s="74">
-        <v>-12.045386848155609</v>
+        <v>-11.157610626354732</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="68"/>
       <c r="B16" s="69" t="s">
         <v>56</v>
       </c>
       <c r="C16" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D16" s="71"/>
       <c r="E16" s="71">
-        <v>16991.927</v>
+        <v>17887.740000000002</v>
       </c>
       <c r="F16" s="72">
-        <v>1.8365947143837322</v>
+        <v>1.7923838898322646</v>
       </c>
       <c r="G16" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H16" s="71"/>
       <c r="I16" s="71">
-        <v>16117.949000000001</v>
+        <v>17286.302</v>
       </c>
       <c r="J16" s="72">
-        <v>1.66917044924881</v>
+        <v>1.6556990049571285</v>
       </c>
       <c r="K16" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L16" s="74">
-        <v>-5.1434896112724537</v>
+        <v>-3.3622917148840594</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="68"/>
       <c r="B17" s="69" t="s">
         <v>80</v>
       </c>
       <c r="C17" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D17" s="71"/>
       <c r="E17" s="71">
-        <v>4774.6170000000002</v>
+        <v>5320.6059999999998</v>
       </c>
       <c r="F17" s="72">
-        <v>0.51607074026428623</v>
+        <v>0.53313434109311097</v>
       </c>
       <c r="G17" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H17" s="75"/>
       <c r="I17" s="71">
-        <v>5408.9279999999999</v>
+        <v>6095.6059999999998</v>
       </c>
       <c r="J17" s="72">
-        <v>0.56014712416042922</v>
+        <v>0.5838431371157754</v>
       </c>
       <c r="K17" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L17" s="74">
-        <v>13.28506558745968</v>
+        <v>14.566009962023124</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="68"/>
       <c r="B18" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C18" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D18" s="71"/>
       <c r="E18" s="71">
-        <v>149016.50699999998</v>
+        <v>158748.67399999988</v>
       </c>
       <c r="F18" s="72">
-        <v>16.106644591406639</v>
+        <v>15.906904159487661</v>
       </c>
       <c r="G18" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H18" s="75"/>
       <c r="I18" s="71">
-        <v>136493.05500000017</v>
+        <v>147190.41199999989</v>
       </c>
       <c r="J18" s="72">
-        <v>14.135183945159076</v>
+        <v>14.098042408817665</v>
       </c>
       <c r="K18" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L18" s="74">
-        <v>-8.4040702953799737</v>
+        <v>-7.2808557758409984</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="61">
         <v>44</v>
       </c>
       <c r="B19" s="103" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="62" t="s">
         <v>74</v>
       </c>
       <c r="D19" s="63"/>
       <c r="E19" s="63">
-        <v>506963.96600000001</v>
+        <v>547120.826</v>
       </c>
       <c r="F19" s="64">
         <v>100</v>
       </c>
       <c r="G19" s="62" t="s">
         <v>74</v>
       </c>
       <c r="H19" s="63"/>
       <c r="I19" s="63">
-        <v>551039.05799999996</v>
+        <v>595033.22499999998</v>
       </c>
       <c r="J19" s="64">
         <v>100</v>
       </c>
       <c r="K19" s="65" t="s">
         <v>74</v>
       </c>
       <c r="L19" s="66">
-        <v>8.6939299350518215</v>
+        <v>8.7571879415169569</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="68"/>
       <c r="B20" s="69" t="s">
         <v>55</v>
       </c>
       <c r="C20" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D20" s="71"/>
       <c r="E20" s="71">
-        <v>150672.014</v>
+        <v>162531.98300000001</v>
       </c>
       <c r="F20" s="72">
-        <v>29.720458278093872</v>
+        <v>29.706780527488093</v>
       </c>
       <c r="G20" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H20" s="71"/>
       <c r="I20" s="71">
-        <v>171063.965</v>
+        <v>184260.54800000001</v>
       </c>
       <c r="J20" s="72">
-        <v>31.043891084758645</v>
+        <v>30.966430151862532</v>
       </c>
       <c r="K20" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L20" s="74">
-        <v>13.534000414967572</v>
+        <v>13.368793390036965</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="68"/>
       <c r="B21" s="69" t="s">
         <v>52</v>
       </c>
       <c r="C21" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D21" s="71"/>
       <c r="E21" s="71">
-        <v>96731.714000000007</v>
+        <v>103645.41</v>
       </c>
       <c r="F21" s="72">
-        <v>19.080589644905846</v>
+        <v>18.943788113084914</v>
       </c>
       <c r="G21" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H21" s="71"/>
       <c r="I21" s="71">
-        <v>95782.591</v>
+        <v>102489.094</v>
       </c>
       <c r="J21" s="72">
-        <v>17.382178197611537</v>
+        <v>17.224096015814915</v>
       </c>
       <c r="K21" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L21" s="74">
-        <v>-0.98119113241393274</v>
+        <v>-1.1156461246089009</v>
       </c>
     </row>
     <row r="22" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="68"/>
       <c r="B22" s="69" t="s">
         <v>65</v>
       </c>
       <c r="C22" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D22" s="71"/>
       <c r="E22" s="71">
-        <v>71445.736999999994</v>
+        <v>78695.032000000007</v>
       </c>
       <c r="F22" s="72">
-        <v>14.092862962966482</v>
+        <v>14.383483183292316</v>
       </c>
       <c r="G22" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H22" s="71"/>
       <c r="I22" s="71">
-        <v>90299.900999999998</v>
+        <v>97080.596999999994</v>
       </c>
       <c r="J22" s="72">
-        <v>16.387205169764936</v>
+        <v>16.315155678911879</v>
       </c>
       <c r="K22" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L22" s="74">
-        <v>26.389487731087446</v>
+        <v>23.36305676831034</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="68"/>
       <c r="B23" s="69" t="s">
         <v>60</v>
       </c>
       <c r="C23" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D23" s="71"/>
       <c r="E23" s="71">
-        <v>44668.067000000003</v>
+        <v>47487.788999999997</v>
       </c>
       <c r="F23" s="72">
-        <v>8.8108958418555527</v>
+        <v>8.6795798557300756</v>
       </c>
       <c r="G23" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H23" s="71"/>
       <c r="I23" s="71">
-        <v>45419.953000000001</v>
+        <v>49614.659</v>
       </c>
       <c r="J23" s="72">
-        <v>8.2426013801729461</v>
+        <v>8.3381325471363397</v>
       </c>
       <c r="K23" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L23" s="74">
-        <v>1.6832740937726238</v>
+        <v>4.4787724271601759</v>
       </c>
     </row>
     <row r="24" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="68"/>
       <c r="B24" s="69" t="s">
         <v>58</v>
       </c>
       <c r="C24" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D24" s="71"/>
       <c r="E24" s="71">
-        <v>23122.487000000001</v>
+        <v>26356.064999999999</v>
       </c>
       <c r="F24" s="72">
-        <v>4.5609724853698976</v>
+        <v>4.8172293481659567</v>
       </c>
       <c r="G24" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H24" s="71"/>
       <c r="I24" s="71">
-        <v>20394.238000000001</v>
+        <v>23480.669000000002</v>
       </c>
       <c r="J24" s="72">
-        <v>3.7010512601449754</v>
+        <v>3.9461105722289718</v>
       </c>
       <c r="K24" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L24" s="74">
-        <v>-11.799115726608472</v>
+        <v>-10.909807666660395</v>
       </c>
     </row>
     <row r="25" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="68"/>
       <c r="B25" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C25" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D25" s="71"/>
       <c r="E25" s="71">
-        <v>120323.94700000004</v>
+        <v>128404.54699999996</v>
       </c>
       <c r="F25" s="72">
-        <v>23.734220786808354</v>
+        <v>23.469138972238639</v>
       </c>
       <c r="G25" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H25" s="75"/>
       <c r="I25" s="71">
-        <v>128078.40999999997</v>
+        <v>138107.658</v>
       </c>
       <c r="J25" s="72">
-        <v>23.243072907546964</v>
+        <v>23.210075034045367</v>
       </c>
       <c r="K25" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L25" s="74">
-        <v>6.4446547784872186</v>
+        <v>7.5566724284304634</v>
       </c>
     </row>
     <row r="26" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="76">
         <v>4403</v>
       </c>
       <c r="B26" s="39" t="s">
         <v>62</v>
       </c>
       <c r="C26" s="77">
-        <v>1081.1010000000001</v>
+        <v>1188.0709999999999</v>
       </c>
       <c r="D26" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E26" s="79">
-        <v>103611.724</v>
+        <v>114385.19899999999</v>
       </c>
       <c r="F26" s="80">
         <v>100</v>
       </c>
       <c r="G26" s="77">
-        <v>1082.0450000000001</v>
+        <v>1169.8050000000001</v>
       </c>
       <c r="H26" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I26" s="79">
-        <v>113046.769</v>
+        <v>122808.47100000001</v>
       </c>
       <c r="J26" s="80">
         <v>100</v>
       </c>
       <c r="K26" s="81">
-        <v>8.7318391158639194E-2</v>
+        <v>-1.5374502028919022</v>
       </c>
       <c r="L26" s="82">
-        <v>9.1061557859996611</v>
+        <v>7.3639527435713186</v>
       </c>
     </row>
     <row r="27" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="76"/>
       <c r="B27" s="39" t="s">
         <v>63</v>
       </c>
       <c r="C27" s="77">
-        <v>956.69</v>
+        <v>1054.8240000000001</v>
       </c>
       <c r="D27" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E27" s="79">
-        <v>94005.349000000002</v>
+        <v>104189.774</v>
       </c>
       <c r="F27" s="80">
-        <v>90.728486479001162</v>
+        <v>91.086762020670179</v>
       </c>
       <c r="G27" s="77">
-        <v>961.27099999999996</v>
+        <v>1033.414</v>
       </c>
       <c r="H27" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I27" s="79">
-        <v>104736.876</v>
+        <v>113161.67600000001</v>
       </c>
       <c r="J27" s="80">
-        <v>92.649154793623509</v>
+        <v>92.144845610853679</v>
       </c>
       <c r="K27" s="81">
-        <v>0.47883849522832928</v>
+        <v>-2.0297224939895262</v>
       </c>
       <c r="L27" s="82">
-        <v>11.415868473612074</v>
+        <v>8.6111157127569946</v>
       </c>
     </row>
     <row r="28" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="68"/>
       <c r="B28" s="83" t="s">
         <v>55</v>
       </c>
       <c r="C28" s="70">
-        <v>650.72699999999998</v>
+        <v>698.29399999999998</v>
       </c>
       <c r="D28" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E28" s="71">
-        <v>58899.997000000003</v>
+        <v>63398.082000000002</v>
       </c>
       <c r="F28" s="72">
-        <v>56.84684582605729</v>
+        <v>55.425074707436586</v>
       </c>
       <c r="G28" s="70">
-        <v>738.98900000000003</v>
+        <v>782.62599999999998</v>
       </c>
       <c r="H28" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I28" s="71">
-        <v>75419.156000000003</v>
+        <v>80067.823999999993</v>
       </c>
       <c r="J28" s="72">
-        <v>66.715003592893481</v>
+        <v>65.197313628308265</v>
       </c>
       <c r="K28" s="85">
-        <v>13.563598867113253</v>
+        <v>12.076861608434269</v>
       </c>
       <c r="L28" s="74">
-        <v>28.046111785031158</v>
+        <v>26.29376390282594</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="68"/>
       <c r="B29" s="69" t="s">
         <v>52</v>
       </c>
       <c r="C29" s="70">
-        <v>89.069000000000003</v>
+        <v>103.116</v>
       </c>
       <c r="D29" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E29" s="71">
-        <v>8945.0220000000008</v>
+        <v>9994.6360000000004</v>
       </c>
       <c r="F29" s="72">
-        <v>8.6332141331805285</v>
+        <v>8.7377004082494985</v>
       </c>
       <c r="G29" s="70">
-        <v>58.058</v>
+        <v>61.566000000000003</v>
       </c>
       <c r="H29" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I29" s="71">
-        <v>7494.7250000000004</v>
+        <v>8175.1350000000002</v>
       </c>
       <c r="J29" s="72">
-        <v>6.6297560437131988</v>
+        <v>6.6568168575276871</v>
       </c>
       <c r="K29" s="85">
-        <v>-34.816827403473717</v>
+        <v>-40.294425695333409</v>
       </c>
       <c r="L29" s="74">
-        <v>-16.213453695250838</v>
+        <v>-18.204775041332173</v>
       </c>
     </row>
     <row r="30" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="68"/>
       <c r="B30" s="83" t="s">
         <v>58</v>
       </c>
       <c r="C30" s="70">
-        <v>151.678</v>
+        <v>176.303</v>
       </c>
       <c r="D30" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E30" s="71">
-        <v>18572.743999999999</v>
+        <v>21726.819</v>
       </c>
       <c r="F30" s="72">
-        <v>17.925330534988493</v>
+        <v>18.994432138025129</v>
       </c>
       <c r="G30" s="70">
-        <v>135.59399999999999</v>
+        <v>159.59399999999999</v>
       </c>
       <c r="H30" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I30" s="71">
-        <v>17227.664000000001</v>
+        <v>20093.839</v>
       </c>
       <c r="J30" s="72">
-        <v>15.239412990211155</v>
+        <v>16.361932394712415</v>
       </c>
       <c r="K30" s="85">
-        <v>-10.60404277482562</v>
+        <v>-9.4774337362381829</v>
       </c>
       <c r="L30" s="74">
-        <v>-7.2422254891361142</v>
+        <v>-7.5159644861035542</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="68"/>
       <c r="B31" s="83" t="s">
         <v>54</v>
       </c>
       <c r="C31" s="70">
-        <v>12.685</v>
+        <v>12.775</v>
       </c>
       <c r="D31" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E31" s="71">
-        <v>1461.3109999999999</v>
+        <v>1484.6479999999999</v>
       </c>
       <c r="F31" s="72">
-        <v>1.4103722470634692</v>
+        <v>1.297937157061728</v>
       </c>
       <c r="G31" s="70">
-        <v>5.2130000000000001</v>
+        <v>5.7779999999999996</v>
       </c>
       <c r="H31" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I31" s="71">
-        <v>1184.5070000000001</v>
+        <v>1318.357</v>
       </c>
       <c r="J31" s="72">
-        <v>1.0478026134475369</v>
+        <v>1.0735065661716447</v>
       </c>
       <c r="K31" s="85">
-        <v>-58.904217579818685</v>
+        <v>-54.771037181996093</v>
       </c>
       <c r="L31" s="74">
-        <v>-18.942169052309872</v>
+        <v>-11.200702119290225</v>
       </c>
     </row>
     <row r="32" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="68"/>
       <c r="B32" s="69" t="s">
         <v>65</v>
       </c>
       <c r="C32" s="70">
-        <v>38.377000000000002</v>
+        <v>49.215000000000003</v>
       </c>
       <c r="D32" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E32" s="71">
-        <v>5001.03</v>
+        <v>6395.951</v>
       </c>
       <c r="F32" s="72">
-        <v>4.8267028159863452</v>
+        <v>5.591589695096828</v>
       </c>
       <c r="G32" s="70">
-        <v>21.465</v>
+        <v>21.898</v>
       </c>
       <c r="H32" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I32" s="71">
-        <v>3148.8420000000001</v>
+        <v>3244.5390000000002</v>
       </c>
       <c r="J32" s="72">
-        <v>2.7854329918973622</v>
+        <v>2.6419504889039782</v>
       </c>
       <c r="K32" s="85">
-        <v>-44.068061599395477</v>
+        <v>-55.505435334755674</v>
       </c>
       <c r="L32" s="74">
-        <v>-37.036130557105231</v>
+        <v>-49.271984729088757</v>
       </c>
     </row>
     <row r="33" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="68"/>
       <c r="B33" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="70">
-        <v>14.154000000000224</v>
+        <v>15.121000000000095</v>
       </c>
       <c r="D33" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E33" s="71">
-        <v>1125.2449999999953</v>
+        <v>1189.6379999999917</v>
       </c>
       <c r="F33" s="72">
-        <v>1.0860209217250312</v>
+        <v>1.0400279148004032</v>
       </c>
       <c r="G33" s="70">
-        <v>1.9519999999998845</v>
+        <v>1.9519999999999982</v>
       </c>
       <c r="H33" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I33" s="71">
-        <v>261.98199999998906</v>
+        <v>261.98200000001816</v>
       </c>
       <c r="J33" s="72">
-        <v>0.23174656146076056</v>
+        <v>0.21332567522969825</v>
       </c>
       <c r="K33" s="85">
-        <v>-86.208845556027597</v>
+        <v>-87.090800872958226</v>
       </c>
       <c r="L33" s="74">
-        <v>-76.717781460927156</v>
+        <v>-77.978006754994382</v>
       </c>
     </row>
     <row r="34" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="76"/>
       <c r="B34" s="39" t="s">
         <v>66</v>
       </c>
       <c r="C34" s="77">
-        <v>124.411</v>
+        <v>133.24700000000001</v>
       </c>
       <c r="D34" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E34" s="79">
-        <v>9606.375</v>
+        <v>10195.424999999999</v>
       </c>
       <c r="F34" s="80">
-        <v>9.2715135209988393</v>
+        <v>8.9132379793298249</v>
       </c>
       <c r="G34" s="77">
-        <v>120.774</v>
+        <v>136.39099999999999</v>
       </c>
       <c r="H34" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I34" s="79">
-        <v>8309.893</v>
+        <v>9646.7950000000001</v>
       </c>
       <c r="J34" s="80">
-        <v>7.3508452063764871</v>
+        <v>7.8551543891463318</v>
       </c>
       <c r="K34" s="81">
-        <v>-2.9233749427301445</v>
+        <v>2.3595277942467572</v>
       </c>
       <c r="L34" s="82">
-        <v>-13.49605860691468</v>
+        <v>-5.3811390893464397</v>
       </c>
     </row>
     <row r="35" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="68"/>
       <c r="B35" s="83" t="s">
         <v>55</v>
       </c>
       <c r="C35" s="70">
-        <v>100.191</v>
+        <v>108.258</v>
       </c>
       <c r="D35" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E35" s="71">
-        <v>7259.6880000000001</v>
+        <v>7752.2920000000004</v>
       </c>
       <c r="F35" s="72">
-        <v>7.006627937201392</v>
+        <v>6.7773558710161446</v>
       </c>
       <c r="G35" s="70">
-        <v>98.84</v>
+        <v>111.26300000000001</v>
       </c>
       <c r="H35" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I35" s="71">
-        <v>5803.0870000000004</v>
+        <v>6662.6229999999996</v>
       </c>
       <c r="J35" s="72">
-        <v>5.1333506046510724</v>
+        <v>5.4252145196075272</v>
       </c>
       <c r="K35" s="85">
-        <v>-1.3484245091874509</v>
+        <v>2.7757763860407634</v>
       </c>
       <c r="L35" s="74">
-        <v>-20.064236920374533</v>
+        <v>-14.056088186564706</v>
       </c>
     </row>
     <row r="36" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="68"/>
       <c r="B36" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C36" s="70">
-        <v>22.34</v>
+        <v>23.109000000000002</v>
       </c>
       <c r="D36" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E36" s="71">
-        <v>1873.7349999999999</v>
+        <v>1970.087</v>
       </c>
       <c r="F36" s="72">
-        <v>1.8084198656901027</v>
+        <v>1.7223268545434798</v>
       </c>
       <c r="G36" s="70">
-        <v>5.944</v>
+        <v>6.15</v>
       </c>
       <c r="H36" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I36" s="71">
-        <v>511.58199999999999</v>
+        <v>571.37699999999995</v>
       </c>
       <c r="J36" s="72">
-        <v>0.45254013407495092</v>
+        <v>0.46525862210270486</v>
       </c>
       <c r="K36" s="85">
-        <v>-73.39301700984781</v>
+        <v>-73.386992081007406</v>
       </c>
       <c r="L36" s="74">
-        <v>-72.697206381905659</v>
+        <v>-70.997372197268447</v>
       </c>
     </row>
     <row r="37" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="68"/>
       <c r="B37" s="69" t="s">
         <v>54</v>
       </c>
       <c r="C37" s="70">
         <v>1.079</v>
       </c>
       <c r="D37" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E37" s="71">
         <v>213.559</v>
       </c>
       <c r="F37" s="72">
-        <v>0.20611470570647006</v>
+        <v>0.18670160288832474</v>
       </c>
       <c r="G37" s="70">
-        <v>12.942</v>
+        <v>15.923999999999999</v>
       </c>
       <c r="H37" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I37" s="71">
-        <v>1357.6130000000001</v>
+        <v>1758.0730000000001</v>
       </c>
       <c r="J37" s="72">
-        <v>1.2009303866083958</v>
+        <v>1.4315567856878537</v>
       </c>
       <c r="K37" s="85">
-        <v>1099.4439295644115</v>
+        <v>1375.8109360518999</v>
       </c>
       <c r="L37" s="74">
-        <v>535.70863321143111</v>
+        <v>723.22590010254783</v>
       </c>
     </row>
     <row r="38" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" s="68"/>
       <c r="B38" s="69" t="s">
         <v>53</v>
       </c>
       <c r="C38" s="70">
         <v>8.6999999999999994E-2</v>
       </c>
       <c r="D38" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E38" s="71">
         <v>45.491</v>
       </c>
       <c r="F38" s="72">
-        <v>4.3905263076213265E-2</v>
+        <v>3.9770005558149177E-2</v>
       </c>
       <c r="G38" s="70">
         <v>6.0000000000000001E-3</v>
       </c>
       <c r="H38" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I38" s="71">
         <v>12.218</v>
       </c>
       <c r="J38" s="72">
-        <v>1.0807916146634851E-2</v>
+        <v>9.9488251099551592E-3</v>
       </c>
       <c r="K38" s="85">
         <v>-93.103448275862064</v>
       </c>
       <c r="L38" s="74">
         <v>-73.141940163988465</v>
       </c>
     </row>
     <row r="39" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="68"/>
       <c r="B39" s="83" t="s">
         <v>60</v>
       </c>
       <c r="C39" s="70">
         <v>2.7E-2</v>
       </c>
       <c r="D39" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E39" s="71">
-        <v>3.7650000000000001</v>
+        <v>3.859</v>
       </c>
       <c r="F39" s="72">
-        <v>3.6337586661524908E-3</v>
+        <v>3.3736882339121515E-3</v>
       </c>
       <c r="G39" s="70">
         <v>1.2999999999999999E-2</v>
       </c>
       <c r="H39" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I39" s="71">
-        <v>2.1280000000000001</v>
+        <v>2.2450000000000001</v>
       </c>
       <c r="J39" s="72">
-        <v>1.8824067408773093E-3</v>
+        <v>1.8280497930798275E-3</v>
       </c>
       <c r="K39" s="85">
         <v>-51.851851851851848</v>
       </c>
       <c r="L39" s="74">
-        <v>-43.479415670650731</v>
+        <v>-41.824306815237108</v>
       </c>
     </row>
     <row r="40" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A40" s="68"/>
       <c r="B40" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C40" s="70">
-        <v>0.68699999999999761</v>
+        <v>0.68700000000004025</v>
       </c>
       <c r="D40" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E40" s="71">
-        <v>210.13700000000063</v>
+        <v>210.13699999999881</v>
       </c>
       <c r="F40" s="72">
-        <v>0.20281199065850947</v>
+        <v>0.18370995708981439</v>
       </c>
       <c r="G40" s="70">
-        <v>3.0289999999999964</v>
+        <v>3.0349999999999682</v>
       </c>
       <c r="H40" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I40" s="71">
-        <v>623.26499999999942</v>
+        <v>640.2589999999982</v>
       </c>
       <c r="J40" s="72">
-        <v>0.55133375815455588</v>
+        <v>0.52134758684520888</v>
       </c>
       <c r="K40" s="85">
-        <v>340.90247452692972</v>
+        <v>341.77583697231302</v>
       </c>
       <c r="L40" s="74">
-        <v>196.5993613690105</v>
+        <v>204.68646644807998</v>
       </c>
     </row>
     <row r="41" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="76">
         <v>4407</v>
       </c>
       <c r="B41" s="39" t="s">
         <v>67</v>
       </c>
       <c r="C41" s="77">
-        <v>428.392</v>
+        <v>460.82900000000001</v>
       </c>
       <c r="D41" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E41" s="79">
-        <v>107370.841</v>
+        <v>115665.893</v>
       </c>
       <c r="F41" s="80">
         <v>100</v>
       </c>
       <c r="G41" s="77">
-        <v>507.53100000000001</v>
+        <v>537.55499999999995</v>
       </c>
       <c r="H41" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I41" s="79">
-        <v>133522.70800000001</v>
+        <v>141828.739</v>
       </c>
       <c r="J41" s="80">
         <v>100</v>
       </c>
       <c r="K41" s="81">
-        <v>18.473500905712527</v>
+        <v>16.64955981502899</v>
       </c>
       <c r="L41" s="82">
-        <v>24.356582063094777</v>
+        <v>22.619326511402981</v>
       </c>
     </row>
     <row r="42" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="76"/>
       <c r="B42" s="39" t="s">
         <v>63</v>
       </c>
       <c r="C42" s="77">
-        <v>407.589</v>
+        <v>439.15100000000001</v>
       </c>
       <c r="D42" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E42" s="79">
-        <v>98168.945000000007</v>
+        <v>105873.792</v>
       </c>
       <c r="F42" s="80">
-        <v>91.429799828055735</v>
+        <v>91.534150002196412</v>
       </c>
       <c r="G42" s="77">
-        <v>487.358</v>
+        <v>516.91700000000003</v>
       </c>
       <c r="H42" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I42" s="79">
-        <v>125440.28</v>
+        <v>133243.09400000001</v>
       </c>
       <c r="J42" s="80">
-        <v>93.946776453934703</v>
+        <v>93.946470186130611</v>
       </c>
       <c r="K42" s="81">
-        <v>19.570940334503632</v>
+        <v>17.708259801298418</v>
       </c>
       <c r="L42" s="82">
-        <v>27.780002117777663</v>
+        <v>25.850875351663998</v>
       </c>
     </row>
     <row r="43" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" s="68"/>
       <c r="B43" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C43" s="70">
-        <v>114.319</v>
+        <v>121.381</v>
       </c>
       <c r="D43" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E43" s="71">
-        <v>27054.431</v>
+        <v>28821.984</v>
       </c>
       <c r="F43" s="72">
-        <v>25.197186450276568</v>
+        <v>24.918308459348513</v>
       </c>
       <c r="G43" s="70">
-        <v>108.51900000000001</v>
+        <v>113.41500000000001</v>
       </c>
       <c r="H43" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I43" s="71">
-        <v>27649.787</v>
+        <v>28847.764999999999</v>
       </c>
       <c r="J43" s="72">
-        <v>20.707928571969944</v>
+        <v>20.339858623434559</v>
       </c>
       <c r="K43" s="85">
-        <v>-5.0735223366194573</v>
+        <v>-6.5628063700249584</v>
       </c>
       <c r="L43" s="74">
-        <v>2.2005859225056321</v>
+        <v>8.9449081645451747E-2</v>
       </c>
     </row>
     <row r="44" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A44" s="68"/>
       <c r="B44" s="83" t="s">
         <v>65</v>
       </c>
       <c r="C44" s="70">
-        <v>158.804</v>
+        <v>173.25</v>
       </c>
       <c r="D44" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E44" s="71">
-        <v>39206.597000000002</v>
+        <v>42851.775000000001</v>
       </c>
       <c r="F44" s="72">
-        <v>36.51512518189179</v>
+        <v>37.047891896706318</v>
       </c>
       <c r="G44" s="70">
-        <v>210.32900000000001</v>
+        <v>227.06200000000001</v>
       </c>
       <c r="H44" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I44" s="71">
-        <v>55661.387999999999</v>
+        <v>60179.122000000003</v>
       </c>
       <c r="J44" s="72">
-        <v>41.686832774541983</v>
+        <v>42.430837659777822</v>
       </c>
       <c r="K44" s="85">
-        <v>32.445656280698223</v>
+        <v>31.060317460317467</v>
       </c>
       <c r="L44" s="74">
-        <v>41.969444580971917</v>
+        <v>40.435540884829166</v>
       </c>
     </row>
     <row r="45" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A45" s="68"/>
       <c r="B45" s="83" t="s">
         <v>54</v>
       </c>
       <c r="C45" s="70">
-        <v>74.694000000000003</v>
+        <v>80.751000000000005</v>
       </c>
       <c r="D45" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E45" s="71">
-        <v>18102.817999999999</v>
+        <v>19459.213</v>
       </c>
       <c r="F45" s="72">
-        <v>16.860087740208719</v>
+        <v>16.823639618638488</v>
       </c>
       <c r="G45" s="70">
-        <v>96.201999999999998</v>
+        <v>101.626</v>
       </c>
       <c r="H45" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I45" s="71">
-        <v>23359.401000000002</v>
+        <v>24776.631000000001</v>
       </c>
       <c r="J45" s="72">
-        <v>17.494702848597107</v>
+        <v>17.469400894835566</v>
       </c>
       <c r="K45" s="85">
-        <v>28.794816183361444</v>
+        <v>25.851073051726914</v>
       </c>
       <c r="L45" s="74">
-        <v>29.037374181191034</v>
+        <v>27.325966368732391</v>
       </c>
     </row>
     <row r="46" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A46" s="68"/>
       <c r="B46" s="83" t="s">
         <v>73</v>
       </c>
       <c r="C46" s="70">
-        <v>33.148000000000003</v>
+        <v>35.095999999999997</v>
       </c>
       <c r="D46" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E46" s="71">
-        <v>7190.2169999999996</v>
+        <v>7609.0780000000004</v>
       </c>
       <c r="F46" s="72">
-        <v>6.6966198020186862</v>
+        <v>6.5784976043024201</v>
       </c>
       <c r="G46" s="70">
-        <v>29.148</v>
+        <v>30.382000000000001</v>
       </c>
       <c r="H46" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I46" s="71">
-        <v>7224.393</v>
+        <v>7551.3940000000002</v>
       </c>
       <c r="J46" s="72">
-        <v>5.4106100065016651</v>
+        <v>5.3243045473315522</v>
       </c>
       <c r="K46" s="85">
-        <v>-12.067093037287327</v>
+        <v>-13.431730111693627</v>
       </c>
       <c r="L46" s="74">
-        <v>0.47531249752268101</v>
+        <v>-0.75809447609815794</v>
       </c>
     </row>
     <row r="47" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A47" s="68"/>
       <c r="B47" s="69" t="s">
         <v>55</v>
       </c>
       <c r="C47" s="70">
-        <v>18.722000000000001</v>
+        <v>20.268000000000001</v>
       </c>
       <c r="D47" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E47" s="71">
-        <v>4139.942</v>
+        <v>4463.3109999999997</v>
       </c>
       <c r="F47" s="72">
-        <v>3.8557414298356849</v>
+        <v>3.8587961275671812</v>
       </c>
       <c r="G47" s="70">
-        <v>24.233000000000001</v>
+        <v>25.335999999999999</v>
       </c>
       <c r="H47" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I47" s="71">
-        <v>5513.308</v>
+        <v>5817.2340000000004</v>
       </c>
       <c r="J47" s="72">
-        <v>4.1291163747218187</v>
+        <v>4.1015904400024308</v>
       </c>
       <c r="K47" s="85">
-        <v>29.435957696827259</v>
+        <v>25.004933885928548</v>
       </c>
       <c r="L47" s="74">
-        <v>33.173556537748595</v>
+        <v>30.33449831302369</v>
       </c>
     </row>
     <row r="48" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A48" s="68"/>
       <c r="B48" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C48" s="70">
-        <v>7.9019999999999868</v>
+        <v>8.4050000000000296</v>
       </c>
       <c r="D48" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E48" s="71">
-        <v>2474.9400000000023</v>
+        <v>2668.4309999999969</v>
       </c>
       <c r="F48" s="72">
-        <v>2.3050392238242803</v>
+        <v>2.3070162956334905</v>
       </c>
       <c r="G48" s="70">
-        <v>18.926999999999964</v>
+        <v>19.095999999999947</v>
       </c>
       <c r="H48" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I48" s="71">
-        <v>6032.002999999997</v>
+        <v>6070.948000000004</v>
       </c>
       <c r="J48" s="72">
-        <v>4.5175858776021798</v>
+        <v>4.2804780207486743</v>
       </c>
       <c r="K48" s="85">
-        <v>139.52164009111613</v>
+        <v>127.19809637120618</v>
       </c>
       <c r="L48" s="74">
-        <v>143.72320137053794</v>
+        <v>127.51002368058275</v>
       </c>
     </row>
     <row r="49" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A49" s="76"/>
       <c r="B49" s="39" t="s">
         <v>66</v>
       </c>
       <c r="C49" s="77">
-        <v>20.803000000000001</v>
+        <v>21.678000000000001</v>
       </c>
       <c r="D49" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E49" s="79">
-        <v>9201.8960000000006</v>
+        <v>9792.1010000000006</v>
       </c>
       <c r="F49" s="80">
-        <v>8.5702001719442631</v>
+        <v>8.4658499978035895</v>
       </c>
       <c r="G49" s="77">
-        <v>20.172999999999998</v>
+        <v>20.638000000000002</v>
       </c>
       <c r="H49" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I49" s="79">
-        <v>8082.4279999999999</v>
+        <v>8585.6450000000004</v>
       </c>
       <c r="J49" s="80">
-        <v>6.0532235460652881</v>
+        <v>6.053529813869388</v>
       </c>
       <c r="K49" s="81">
-        <v>-3.0284093640340455</v>
+        <v>-4.7974905434080597</v>
       </c>
       <c r="L49" s="82">
-        <v>-12.165623258511079</v>
+        <v>-12.32070625088528</v>
       </c>
     </row>
     <row r="50" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A50" s="68"/>
       <c r="B50" s="83" t="s">
         <v>55</v>
       </c>
       <c r="C50" s="70">
-        <v>2.7519999999999998</v>
+        <v>2.8380000000000001</v>
       </c>
       <c r="D50" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E50" s="71">
-        <v>1249.2280000000001</v>
+        <v>1308.4580000000001</v>
       </c>
       <c r="F50" s="72">
-        <v>1.1634704435257244</v>
+        <v>1.1312392668770563</v>
       </c>
       <c r="G50" s="70">
-        <v>1.294</v>
+        <v>1.36</v>
       </c>
       <c r="H50" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I50" s="71">
-        <v>709.44899999999996</v>
+        <v>807.91300000000001</v>
       </c>
       <c r="J50" s="72">
-        <v>0.53133209371397705</v>
+        <v>0.56963983865075463</v>
       </c>
       <c r="K50" s="85">
-        <v>-52.979651162790695</v>
+        <v>-52.078928823114865</v>
       </c>
       <c r="L50" s="74">
-        <v>-43.209005882032756</v>
+        <v>-38.254571411539388</v>
       </c>
     </row>
     <row r="51" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A51" s="68"/>
       <c r="B51" s="83" t="s">
         <v>73</v>
       </c>
       <c r="C51" s="70">
-        <v>5.16</v>
+        <v>5.734</v>
       </c>
       <c r="D51" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E51" s="71">
-        <v>3272.2719999999999</v>
+        <v>3633.4659999999999</v>
       </c>
       <c r="F51" s="72">
-        <v>3.0476356239027691</v>
+        <v>3.141346083758676</v>
       </c>
       <c r="G51" s="70">
-        <v>3.1619999999999999</v>
+        <v>3.4129999999999998</v>
       </c>
       <c r="H51" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I51" s="71">
-        <v>2214.4830000000002</v>
+        <v>2398.0610000000001</v>
       </c>
       <c r="J51" s="72">
-        <v>1.6585066564108333</v>
+        <v>1.6908145816624656</v>
       </c>
       <c r="K51" s="85">
-        <v>-38.720930232558146</v>
+        <v>-40.477851412626443</v>
       </c>
       <c r="L51" s="74">
-        <v>-32.325827437327945</v>
+        <v>-34.000730982483383</v>
       </c>
     </row>
     <row r="52" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A52" s="68"/>
       <c r="B52" s="83" t="s">
         <v>77</v>
       </c>
       <c r="C52" s="70">
         <v>7.0640000000000001</v>
       </c>
       <c r="D52" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E52" s="71">
         <v>533.05999999999995</v>
       </c>
       <c r="F52" s="72">
-        <v>0.49646626126361437</v>
+        <v>0.4608618722201886</v>
       </c>
       <c r="G52" s="70">
-        <v>8.6519999999999992</v>
+        <v>8.6539999999999999</v>
       </c>
       <c r="H52" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I52" s="71">
-        <v>725.16300000000001</v>
+        <v>727.62900000000002</v>
       </c>
       <c r="J52" s="72">
-        <v>0.54310087839141197</v>
+        <v>0.51303353969747978</v>
       </c>
       <c r="K52" s="85">
-        <v>22.480181200452989</v>
+        <v>22.508493771234424</v>
       </c>
       <c r="L52" s="74">
-        <v>36.037781863204913</v>
+        <v>36.500393951900364</v>
       </c>
     </row>
     <row r="53" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A53" s="68"/>
       <c r="B53" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C53" s="70">
-        <v>1.2430000000000001</v>
+        <v>1.256</v>
       </c>
       <c r="D53" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E53" s="71">
-        <v>923.41800000000001</v>
+        <v>951.58299999999997</v>
       </c>
       <c r="F53" s="72">
-        <v>0.86002679256279646</v>
+        <v>0.82269973915301042</v>
       </c>
       <c r="G53" s="70">
-        <v>1.93</v>
+        <v>1.958</v>
       </c>
       <c r="H53" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I53" s="71">
-        <v>835.78599999999994</v>
+        <v>888.44500000000005</v>
       </c>
       <c r="J53" s="72">
-        <v>0.62595045630740198</v>
+        <v>0.62642099638212256</v>
       </c>
       <c r="K53" s="85">
-        <v>55.269509251810121</v>
+        <v>55.891719745222922</v>
       </c>
       <c r="L53" s="74">
-        <v>-9.4899601263999678</v>
+        <v>-6.635049175952064</v>
       </c>
     </row>
     <row r="54" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A54" s="68"/>
       <c r="B54" s="83" t="s">
         <v>60</v>
       </c>
       <c r="C54" s="70">
         <v>0.159</v>
       </c>
       <c r="D54" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E54" s="71">
         <v>203.298</v>
       </c>
       <c r="F54" s="72">
-        <v>0.18934190894527875</v>
+        <v>0.17576313529174936</v>
       </c>
       <c r="G54" s="70">
         <v>5.7000000000000002E-2</v>
       </c>
       <c r="H54" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I54" s="71">
         <v>182.386</v>
       </c>
       <c r="J54" s="72">
-        <v>0.13659549205667698</v>
+        <v>0.12859593992441826</v>
       </c>
       <c r="K54" s="85">
         <v>-64.150943396226424</v>
       </c>
       <c r="L54" s="74">
         <v>-10.28637763283456</v>
       </c>
     </row>
     <row r="55" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A55" s="68"/>
       <c r="B55" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C55" s="70">
-        <v>4.4250000000000043</v>
+        <v>4.6270000000000024</v>
       </c>
       <c r="D55" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E55" s="71">
-        <v>3020.6200000000017</v>
+        <v>3162.2360000000008</v>
       </c>
       <c r="F55" s="72">
-        <v>2.8132591417440809</v>
+        <v>2.733939900502909</v>
       </c>
       <c r="G55" s="70">
-        <v>5.0779999999999994</v>
+        <v>5.1960000000000015</v>
       </c>
       <c r="H55" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I55" s="71">
-        <v>3415.1609999999991</v>
+        <v>3581.2110000000002</v>
       </c>
       <c r="J55" s="72">
-        <v>2.5577379691849864</v>
+        <v>2.5250249175521473</v>
       </c>
       <c r="K55" s="85">
-        <v>14.75706214689253</v>
+        <v>12.297384914631484</v>
       </c>
       <c r="L55" s="74">
-        <v>13.061590004700928</v>
+        <v>13.249327374680428</v>
       </c>
     </row>
     <row r="56" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A56" s="76">
         <v>4412</v>
       </c>
       <c r="B56" s="39" t="s">
         <v>30</v>
       </c>
       <c r="C56" s="77">
-        <v>34.752000000000002</v>
+        <v>37.646000000000001</v>
       </c>
       <c r="D56" s="78" t="s">
         <v>76</v>
       </c>
       <c r="E56" s="79">
-        <v>26887.348999999998</v>
+        <v>28873.792000000001</v>
       </c>
       <c r="F56" s="80">
         <v>100</v>
       </c>
       <c r="G56" s="77">
-        <v>39.799999999999997</v>
+        <v>42.58</v>
       </c>
       <c r="H56" s="78" t="s">
         <v>76</v>
       </c>
       <c r="I56" s="79">
-        <v>27628.605</v>
+        <v>29602.563999999998</v>
       </c>
       <c r="J56" s="80">
         <v>100</v>
       </c>
       <c r="K56" s="81">
-        <v>14.525782688766098</v>
+        <v>13.106306114859473</v>
       </c>
       <c r="L56" s="82">
-        <v>2.7568950735901905</v>
+        <v>2.5239913067185533</v>
       </c>
     </row>
     <row r="57" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A57" s="76"/>
       <c r="B57" s="83" t="s">
         <v>52</v>
       </c>
       <c r="C57" s="70">
-        <v>15.196999999999999</v>
+        <v>16.510000000000002</v>
       </c>
       <c r="D57" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E57" s="71">
-        <v>13868.359</v>
+        <v>14817.838</v>
       </c>
       <c r="F57" s="72">
-        <v>51.579495620784343</v>
+        <v>51.319334848709858</v>
       </c>
       <c r="G57" s="70">
-        <v>15.195</v>
+        <v>16.338000000000001</v>
       </c>
       <c r="H57" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I57" s="71">
-        <v>12628.761</v>
+        <v>13527.887000000001</v>
       </c>
       <c r="J57" s="72">
-        <v>45.70900702369881</v>
+        <v>45.698362479682501</v>
       </c>
       <c r="K57" s="85">
-        <v>-1.3160492202401078E-2</v>
+        <v>-1.0417928528164784</v>
       </c>
       <c r="L57" s="74">
-        <v>-8.9383177923213548</v>
+        <v>-8.7053927840215231</v>
       </c>
     </row>
     <row r="58" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A58" s="76"/>
       <c r="B58" s="83" t="s">
         <v>60</v>
       </c>
       <c r="C58" s="70">
-        <v>1.3089999999999999</v>
+        <v>1.3740000000000001</v>
       </c>
       <c r="D58" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E58" s="71">
-        <v>1774.413</v>
+        <v>1856.0029999999999</v>
       </c>
       <c r="F58" s="72">
-        <v>6.5994345519151034</v>
+        <v>6.4279849352658625</v>
       </c>
       <c r="G58" s="70">
-        <v>1.3440000000000001</v>
+        <v>1.5089999999999999</v>
       </c>
       <c r="H58" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I58" s="71">
-        <v>1815.4649999999999</v>
+        <v>2018.046</v>
       </c>
       <c r="J58" s="72">
-        <v>6.5709615089144027</v>
+        <v>6.8171324619043139</v>
       </c>
       <c r="K58" s="85">
-        <v>2.6737967914438614</v>
+        <v>9.8253275109170151</v>
       </c>
       <c r="L58" s="74">
-        <v>2.3135538344229842</v>
+        <v>8.7307509740016656</v>
       </c>
     </row>
     <row r="59" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A59" s="76"/>
       <c r="B59" s="83" t="s">
         <v>78</v>
       </c>
       <c r="C59" s="70">
-        <v>4.1449999999999996</v>
+        <v>4.2990000000000004</v>
       </c>
       <c r="D59" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E59" s="71">
-        <v>1499.0409999999999</v>
+        <v>1552.857</v>
       </c>
       <c r="F59" s="72">
-        <v>5.5752651553710262</v>
+        <v>5.3780847351120356</v>
       </c>
       <c r="G59" s="70">
-        <v>4.7279999999999998</v>
+        <v>5.0170000000000003</v>
       </c>
       <c r="H59" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I59" s="71">
-        <v>1566.6120000000001</v>
+        <v>1634.652</v>
       </c>
       <c r="J59" s="72">
-        <v>5.6702537098778611</v>
+        <v>5.5219946488419049</v>
       </c>
       <c r="K59" s="85">
-        <v>14.065138721351031</v>
+        <v>16.7015585019772</v>
       </c>
       <c r="L59" s="74">
-        <v>4.5076152019858124</v>
+        <v>5.2673877890881178</v>
       </c>
     </row>
     <row r="60" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A60" s="76"/>
       <c r="B60" s="83" t="s">
         <v>73</v>
       </c>
       <c r="C60" s="70">
-        <v>1.282</v>
+        <v>1.3120000000000001</v>
       </c>
       <c r="D60" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E60" s="71">
-        <v>1156.107</v>
+        <v>1182.335</v>
       </c>
       <c r="F60" s="72">
-        <v>4.2998177321237581</v>
+        <v>4.0948379762519584</v>
       </c>
       <c r="G60" s="70">
-        <v>1.6679999999999999</v>
+        <v>1.792</v>
       </c>
       <c r="H60" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I60" s="71">
-        <v>1206.2360000000001</v>
+        <v>1293.2139999999999</v>
       </c>
       <c r="J60" s="72">
-        <v>4.365895418896466</v>
+        <v>4.3685878020566058</v>
       </c>
       <c r="K60" s="85">
-        <v>30.109204368174719</v>
+        <v>36.585365853658537</v>
       </c>
       <c r="L60" s="74">
-        <v>4.3360173409554763</v>
+        <v>9.3779681731488864</v>
       </c>
     </row>
     <row r="61" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A61" s="76"/>
       <c r="B61" s="83" t="s">
         <v>55</v>
       </c>
       <c r="C61" s="70">
-        <v>1.569</v>
+        <v>1.698</v>
       </c>
       <c r="D61" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E61" s="71">
-        <v>961.24099999999999</v>
+        <v>1032.845</v>
       </c>
       <c r="F61" s="72">
-        <v>3.575067962259872</v>
+        <v>3.5771020307966475</v>
       </c>
       <c r="G61" s="70">
-        <v>1.1850000000000001</v>
+        <v>1.1859999999999999</v>
       </c>
       <c r="H61" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I61" s="71">
-        <v>944.27099999999996</v>
+        <v>948.43100000000004</v>
       </c>
       <c r="J61" s="72">
-        <v>3.4177295596357467</v>
+        <v>3.2038812583936989</v>
       </c>
       <c r="K61" s="85">
-        <v>-24.474187380497124</v>
+        <v>-30.153121319199062</v>
       </c>
       <c r="L61" s="74">
-        <v>-1.7654261522344581</v>
+        <v>-8.1729591565046036</v>
       </c>
     </row>
     <row r="62" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A62" s="68"/>
       <c r="B62" s="69" t="s">
         <v>61</v>
       </c>
       <c r="C62" s="70">
-        <v>11.250000000000004</v>
+        <v>12.452999999999999</v>
       </c>
       <c r="D62" s="84" t="s">
         <v>76</v>
       </c>
       <c r="E62" s="71">
-        <v>7628.1879999999983</v>
+        <v>8431.9140000000007</v>
       </c>
       <c r="F62" s="72">
-        <v>28.370918977545902</v>
+        <v>29.202655473863633</v>
       </c>
       <c r="G62" s="70">
-        <v>15.679999999999996</v>
+        <v>16.737999999999996</v>
       </c>
       <c r="H62" s="84" t="s">
         <v>76</v>
       </c>
       <c r="I62" s="71">
-        <v>9467.2599999999984</v>
+        <v>10180.333999999999</v>
       </c>
       <c r="J62" s="72">
-        <v>34.266152778976711</v>
+        <v>34.39004134912097</v>
       </c>
       <c r="K62" s="85">
-        <v>39.377777777777702</v>
+        <v>34.409379266040283</v>
       </c>
       <c r="L62" s="74">
-        <v>24.108897158801025</v>
+        <v>20.735742798135728</v>
       </c>
     </row>
     <row r="63" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A63" s="61" t="s">
         <v>69</v>
       </c>
       <c r="B63" s="103" t="s">
         <v>43</v>
       </c>
       <c r="C63" s="62" t="s">
         <v>74</v>
       </c>
       <c r="D63" s="63"/>
       <c r="E63" s="63">
-        <v>81357.251999999993</v>
+        <v>88553.481</v>
       </c>
       <c r="F63" s="64">
         <v>100</v>
       </c>
       <c r="G63" s="62" t="s">
         <v>74</v>
       </c>
       <c r="H63" s="63"/>
       <c r="I63" s="63">
-        <v>77797.754000000001</v>
+        <v>85153.755999999994</v>
       </c>
       <c r="J63" s="64">
         <v>100</v>
       </c>
       <c r="K63" s="65" t="s">
         <v>74</v>
       </c>
       <c r="L63" s="66">
-        <v>-4.3751453158717712</v>
+        <v>-3.83917714087378</v>
       </c>
     </row>
     <row r="64" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A64" s="68"/>
       <c r="B64" s="69" t="s">
         <v>60</v>
       </c>
       <c r="C64" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D64" s="71"/>
       <c r="E64" s="71">
-        <v>25168.478999999999</v>
+        <v>27374.833999999999</v>
       </c>
       <c r="F64" s="72">
-        <v>30.935753582237513</v>
+        <v>30.91333473384293</v>
       </c>
       <c r="G64" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H64" s="71"/>
       <c r="I64" s="71">
-        <v>26105.567999999999</v>
+        <v>28704.843000000001</v>
       </c>
       <c r="J64" s="72">
-        <v>33.555683368442743</v>
+        <v>33.709426745662284</v>
       </c>
       <c r="K64" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L64" s="74">
-        <v>3.7232643259848959</v>
+        <v>4.8585098269454416</v>
       </c>
     </row>
     <row r="65" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A65" s="68"/>
       <c r="B65" s="69" t="s">
         <v>72</v>
       </c>
       <c r="C65" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D65" s="71"/>
       <c r="E65" s="71">
-        <v>7556.64</v>
+        <v>8332.4419999999991</v>
       </c>
       <c r="F65" s="72">
-        <v>9.2882193218620515</v>
+        <v>9.4095024903651154</v>
       </c>
       <c r="G65" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H65" s="71"/>
       <c r="I65" s="71">
-        <v>4284.8729999999996</v>
+        <v>4410.2950000000001</v>
       </c>
       <c r="J65" s="72">
-        <v>5.5077078446249219</v>
+        <v>5.1792137037384469</v>
       </c>
       <c r="K65" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L65" s="74">
-        <v>-43.296584196150675</v>
+        <v>-47.070798692628159</v>
       </c>
     </row>
     <row r="66" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A66" s="68"/>
       <c r="B66" s="69" t="s">
         <v>55</v>
       </c>
       <c r="C66" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D66" s="71"/>
       <c r="E66" s="71">
-        <v>13860.822</v>
+        <v>14870.833000000001</v>
       </c>
       <c r="F66" s="72">
-        <v>17.036983992527183</v>
+        <v>16.793053002625612</v>
       </c>
       <c r="G66" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H66" s="71"/>
       <c r="I66" s="71">
-        <v>11826.300999999999</v>
+        <v>13038.234</v>
       </c>
       <c r="J66" s="72">
-        <v>15.201339874156263</v>
+        <v>15.311402118304684</v>
       </c>
       <c r="K66" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L66" s="74">
-        <v>-14.678213168021353</v>
+        <v>-12.323445498984489</v>
       </c>
     </row>
     <row r="67" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A67" s="94"/>
       <c r="B67" s="69" t="s">
         <v>64</v>
       </c>
       <c r="C67" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D67" s="71"/>
       <c r="E67" s="71">
-        <v>7762.3789999999999</v>
+        <v>8424.9580000000005</v>
       </c>
       <c r="F67" s="72">
-        <v>9.5411027402941304</v>
+        <v>9.5139772088688428</v>
       </c>
       <c r="G67" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H67" s="71"/>
       <c r="I67" s="71">
-        <v>7116.9319999999998</v>
+        <v>8054.6639999999998</v>
       </c>
       <c r="J67" s="72">
-        <v>9.1479915988320162</v>
+        <v>9.4589650279196142</v>
       </c>
       <c r="K67" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L67" s="74">
-        <v>-8.3150668113473998</v>
+        <v>-4.3952029197059588</v>
       </c>
     </row>
     <row r="68" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A68" s="94"/>
       <c r="B68" s="69" t="s">
         <v>52</v>
       </c>
       <c r="C68" s="70" t="s">
         <v>74</v>
       </c>
       <c r="D68" s="71"/>
       <c r="E68" s="71">
-        <v>3021.069</v>
+        <v>3427.011</v>
       </c>
       <c r="F68" s="72">
-        <v>3.7133370728893356</v>
+        <v>3.8699901588284256</v>
       </c>
       <c r="G68" s="70" t="s">
         <v>74</v>
       </c>
       <c r="H68" s="71"/>
       <c r="I68" s="71">
-        <v>3842.3209999999999</v>
+        <v>3938.8009999999999</v>
       </c>
       <c r="J68" s="72">
-        <v>4.9388585176893409</v>
+        <v>4.6255164598963789</v>
       </c>
       <c r="K68" s="73" t="s">
         <v>74</v>
       </c>
       <c r="L68" s="74">
-        <v>27.184152364610011</v>
+        <v>14.934005172437438</v>
       </c>
     </row>
     <row r="69" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A69" s="95"/>
       <c r="B69" s="96" t="s">
         <v>61</v>
       </c>
       <c r="C69" s="97" t="s">
         <v>74</v>
       </c>
       <c r="D69" s="98"/>
       <c r="E69" s="98">
-        <v>23987.86299999999</v>
+        <v>26123.403000000006</v>
       </c>
       <c r="F69" s="99">
-        <v>29.484603290189781</v>
+        <v>29.500142405469084</v>
       </c>
       <c r="G69" s="97" t="s">
         <v>74</v>
       </c>
       <c r="H69" s="98"/>
       <c r="I69" s="98">
-        <v>24621.759000000005</v>
+        <v>27006.918999999994</v>
       </c>
       <c r="J69" s="99">
-        <v>31.648418796254713</v>
+        <v>31.715475944478591</v>
       </c>
       <c r="K69" s="100" t="s">
         <v>74</v>
       </c>
       <c r="L69" s="101">
-        <v>2.6425697028535451</v>
+        <v>3.3820861700138707</v>
       </c>
     </row>
     <row r="71" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="L71" s="3" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:F4"/>
     <mergeCell ref="G4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="G5:H5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">