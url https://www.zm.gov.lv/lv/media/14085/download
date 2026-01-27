--- v0 (2025-10-11)
+++ v1 (2026-01-27)
@@ -1,3403 +1,3467 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="589BCE66" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00A83638" w:rsidRDefault="000D35B2" w:rsidP="00D4051F">
+    <w:p w14:paraId="589BCE66" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00F4337F" w:rsidRDefault="000D35B2" w:rsidP="00D4051F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00F4337F">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>PIEKĻŪSTAMĪBAS I</w:t>
-[...9 lines deleted...]
-        <w:t>ZVĒRTĒŠANAS PROTOKOLA VEIDLAPA</w:t>
+        <w:t>PIEKĻŪSTAMĪBAS IZVĒRTĒŠANAS PROTOKOLA VEIDLAPA</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2997"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2794"/>
+        <w:gridCol w:w="3015"/>
+        <w:gridCol w:w="3732"/>
+        <w:gridCol w:w="531"/>
+        <w:gridCol w:w="4344"/>
+        <w:gridCol w:w="2778"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000D35B2" w:rsidRPr="00924338" w14:paraId="6DAB5F27" w14:textId="77777777" w:rsidTr="00B872D9">
+      <w:tr w:rsidR="000D35B2" w:rsidRPr="000F11C6" w14:paraId="6DAB5F27" w14:textId="77777777" w:rsidTr="00B872D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3077" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C4A02EF" w14:textId="72B4DE4D" w:rsidR="000D35B2" w:rsidRPr="00CB73F9" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6C4A02EF" w14:textId="32588B19" w:rsidR="000D35B2" w:rsidRPr="00F4337F" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-                <w:lang w:val="lv-LV"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F4337F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-                <w:lang w:val="lv-LV"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tīmekļvietnes atbilstība piekļūstamības prasībām veikta (veikšanas datums): </w:t>
+            </w:r>
+            <w:r w:rsidR="00F86A7D" w:rsidRPr="00F4337F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-                <w:lang w:val="lv-LV"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="000F11C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-                <w:lang w:val="lv-LV"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F4337F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="007A3D00">
-              <w:rPr>
+            <w:r w:rsidR="007A3D00" w:rsidRPr="00F4337F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="00C1173D">
-              <w:rPr>
+            <w:r w:rsidR="00F86A7D" w:rsidRPr="00F4337F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-                <w:lang w:val="lv-LV"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F4337F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.20</w:t>
             </w:r>
-            <w:r w:rsidR="007A3D00">
-              <w:rPr>
+            <w:r w:rsidR="007A3D00" w:rsidRPr="00F4337F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00C1173D">
-              <w:rPr>
+            <w:r w:rsidR="00F86A7D" w:rsidRPr="00F4337F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-                <w:lang w:val="lv-LV"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F4337F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4006" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E5F8089" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00CB73F9" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6E5F8089" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00F4337F" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60D2EF65" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00CB73F9" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="60D2EF65" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00F4337F" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1736D7A0" w14:textId="75BE70A8" w:rsidR="007A3D00" w:rsidRPr="00CB73F9" w:rsidRDefault="000D35B2" w:rsidP="007A3D00">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1736D7A0" w14:textId="16B204B1" w:rsidR="007A3D00" w:rsidRPr="00F4337F" w:rsidRDefault="000D35B2" w:rsidP="007A3D00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-                <w:lang w:val="lv-LV"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F4337F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-                <w:lang w:val="lv-LV"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Tīmekļvietnes piekļūstamības pārbaudi</w:t>
+            </w:r>
+            <w:r w:rsidR="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F4337F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>veica</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F4337F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:br/>
-              <w:t>(vārds, uzvārds, amats</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">(vārds, uzvārds, amats): Dace Ikere, Administratīvā departamenta Informācijas tehnoloģiju nodaļas </w:t>
+            </w:r>
+            <w:r w:rsidR="007A3D00" w:rsidRPr="00F4337F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-                <w:lang w:val="lv-LV"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>datu pārvaldniece</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DFAD81D" w14:textId="0A81017D" w:rsidR="000D35B2" w:rsidRPr="00F4337F" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-                <w:lang w:val="lv-LV"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3078" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B4192DA" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00F4337F" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D35B2" w:rsidRPr="00F4337F" w14:paraId="0F4D84CC" w14:textId="77777777" w:rsidTr="00B872D9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="626E5094" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00F4337F" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-                <w:lang w:val="lv-LV"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F4337F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-                <w:lang w:val="lv-LV"/>
-[...41 lines deleted...]
-                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Iestādes nosaukums:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4006" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D162FE2" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00CB73F9" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
-[...6 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3D162FE2" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00F4337F" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F4337F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Zemkopības ministrija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1737BD15" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00CB73F9" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1737BD15" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00F4337F" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="505D8926" w14:textId="4FE7CBC4" w:rsidR="000D35B2" w:rsidRPr="00CB73F9" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="505D8926" w14:textId="4FE7CBC4" w:rsidR="000D35B2" w:rsidRPr="00F4337F" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3078" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F634B53" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00CB73F9" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="2F634B53" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00F4337F" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D35B2" w:rsidRPr="007A3D00" w14:paraId="120E1CAD" w14:textId="77777777" w:rsidTr="00B872D9">
+      <w:tr w:rsidR="000D35B2" w:rsidRPr="00F4337F" w14:paraId="120E1CAD" w14:textId="77777777" w:rsidTr="00B872D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3077" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D03AD65" w14:textId="0A5FD8BC" w:rsidR="000D35B2" w:rsidRPr="003C1F35" w:rsidRDefault="000D35B2" w:rsidP="003C1F35">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3D03AD65" w14:textId="0A5FD8BC" w:rsidR="000D35B2" w:rsidRPr="00F4337F" w:rsidRDefault="000D35B2" w:rsidP="003C1F35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F4337F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Tīmekļvietnes domēna nosaukums (URL):</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F4337F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId7" w:history="1">
-              <w:r w:rsidRPr="00A56368">
+              <w:r w:rsidRPr="00F4337F">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
                   <w:lang w:val="lv-LV"/>
                 </w:rPr>
                 <w:t>https://www.zm.gov.lv/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4006" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="511FC066" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00CB73F9" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="511FC066" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00F4337F" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A24F88C" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00CB73F9" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4A24F88C" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00F4337F" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="075FF77E" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00CB73F9" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="075FF77E" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00F4337F" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3078" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07A64E14" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00CB73F9" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="07A64E14" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00F4337F" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="426ED04B" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00CB73F9" w:rsidRDefault="000D35B2" w:rsidP="000D35B2">
+    <w:p w14:paraId="426ED04B" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00F4337F" w:rsidRDefault="000D35B2" w:rsidP="000D35B2">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="5000" w:type="pct"/>
+        <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2102"/>
         <w:gridCol w:w="1117"/>
         <w:gridCol w:w="1116"/>
         <w:gridCol w:w="1117"/>
         <w:gridCol w:w="1210"/>
         <w:gridCol w:w="1024"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1117"/>
         <w:gridCol w:w="1117"/>
         <w:gridCol w:w="1117"/>
         <w:gridCol w:w="1117"/>
         <w:gridCol w:w="1118"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000D35B2" w:rsidRPr="004D7434" w14:paraId="0A4F38F3" w14:textId="77777777" w:rsidTr="00B872D9">
-[...17 lines deleted...]
-              <w:rPr>
+      <w:tr w:rsidR="000D35B2" w:rsidRPr="007040AC" w14:paraId="0A4F38F3" w14:textId="77777777" w:rsidTr="007040AC">
+        <w:trPr>
+          <w:trHeight w:val="1834"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2113" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3039B6F9" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="007040AC" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Novērtētās lapas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...14 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="312D2D40" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="007040AC" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Galvenā navigācija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1116" w:type="dxa"/>
-[...14 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D2DABF8" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="007040AC" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Pamatstruk-tūras pārbaude</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...14 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C2B1A04" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="007040AC" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Tastatūras piekļuve un vizuālais fokuss</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1210" w:type="dxa"/>
-[...14 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C91EBE3" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="007040AC" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Formu lauki un kļūdu paziņojumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
-[...14 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75133489" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="007040AC" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Attēlu tekstuālā alternatīva</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
-[...14 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CD35A23" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="007040AC" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Virsraksti</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...14 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5335DFFC" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="007040AC" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Krāsu kontrasti</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...14 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54DE9658" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="007040AC" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Teksta izmēra tālummaiņa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...14 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A3A98F7" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="007040AC" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Lapu nosaukumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...14 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="350B2442" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="007040AC" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Saturs, kas kustas, mirgo un zibsnī</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
-[...14 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="077ABA71" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="007040AC" w:rsidRDefault="000D35B2" w:rsidP="00B872D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Multimediju (audio, video) satura alternatīvas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D35B2" w:rsidRPr="00D143DF" w14:paraId="68DEE643" w14:textId="77777777" w:rsidTr="008A7550">
-[...7 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:tr w:rsidR="002D5322" w:rsidRPr="007040AC" w14:paraId="68DEE643" w14:textId="77777777" w:rsidTr="007040AC">
+        <w:trPr>
+          <w:trHeight w:val="916"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2113" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A41549F" w14:textId="780EFBDB" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="002D5322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidR="00D4051F" w:rsidRPr="00EB42A6">
+              <w:r w:rsidRPr="007040AC">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaite"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="lv-LV"/>
                 </w:rPr>
                 <w:t>https://zm.gov.lv/lv</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="25BFDD6C" w14:textId="66BA9C10" w:rsidR="00D4051F" w:rsidRPr="005163A5" w:rsidRDefault="00D4051F" w:rsidP="002A2D74">
-[...12 lines deleted...]
-            <w:tcW w:w="1117" w:type="dxa"/>
+          <w:p w14:paraId="25BFDD6C" w14:textId="66BA9C10" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="002D5322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C9224AE" w14:textId="668AFB9C" w:rsidR="000D35B2" w:rsidRPr="005163A5" w:rsidRDefault="004811B7" w:rsidP="00B872D9">
-[...12 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="6C9224AE" w14:textId="668AFB9C" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1116" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D962577" w14:textId="7CE3739F" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52C4DFD0" w14:textId="3CD7A6CE" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1210" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AFC92D9" w14:textId="18F02E76" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69DFC07C" w14:textId="3826F30B" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="OLE_LINK6"/>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36355445" w14:textId="6BA88061" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C37D5A0" w14:textId="3A5203AC" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="444444"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="444444"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="050B5A6F" w14:textId="7763AFD4" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F98F8D1" w14:textId="6051B5AD" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BAE4BB3" w14:textId="16584BF8" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="789AE20C" w14:textId="25A23F58" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Nav attiecināms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk218501018"/>
+      <w:tr w:rsidR="002D5322" w:rsidRPr="007040AC" w14:paraId="1A5460EF" w14:textId="77777777" w:rsidTr="007040AC">
+        <w:trPr>
+          <w:trHeight w:val="916"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2113" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29223C3A" w14:textId="1BD6BAE2" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="002D5322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "https://www.zm.gov.lv/lv/jaunumi"</w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rStyle w:val="Hipersaite"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>https://www.zm.gov.lv/lv/jaunumi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59691C3E" w14:textId="4DB59F1C" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="002D5322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="306D657E" w14:textId="23A980B7" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FDB6CFC" w14:textId="11C3425E" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF0F40F" w14:textId="473451FC" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69CFCEAB" w14:textId="2F6AC2F4" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6438738D" w14:textId="3B998A0B" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64B5C49B" w14:textId="3113D36D" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C446D17" w14:textId="60C486F9" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="444444"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5819CBB8" w14:textId="7A8384DF" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70A92CCE" w14:textId="18327C88" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Neatbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2528C84F" w14:textId="5BC54C33" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
-[...106 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="289940B6" w14:textId="77777777" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="OLE_LINK1"/>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Nav attiecināms</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="1"/>
+      <w:tr w:rsidR="002D5322" w:rsidRPr="007040AC" w14:paraId="564F450F" w14:textId="77777777" w:rsidTr="007040AC">
+        <w:trPr>
+          <w:trHeight w:val="905"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2113" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B12BB57" w14:textId="297ADF18" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="002D5322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "https://www.zm.gov.lv/lv/darbinieki"</w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rStyle w:val="Hipersaite"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>https://www.zm.gov.lv/lv/darbinieki</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="474A25D1" w14:textId="3F9702C2" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="002D5322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02999606" w14:textId="5BD229B3" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="591D2883" w14:textId="34B9F410" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA81C9B" w14:textId="6A3A7CDC" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="225E502F" w14:textId="1A42E6B9" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1736E7CE" w14:textId="5315A07D" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30677D50" w14:textId="06999E2D" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D3F37BD" w14:textId="4F707DE0" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D4A00B0" w14:textId="0C60DFD0" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B092E2A" w14:textId="1B48E59E" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A3CCD03" w14:textId="733E6AFF" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2991B812" w14:textId="77777777" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Nav attiecināms</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C010F" w:rsidRPr="00D143DF" w14:paraId="1A5460EF" w14:textId="77777777" w:rsidTr="008A7550">
-[...7 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:tr w:rsidR="002D5322" w:rsidRPr="007040AC" w14:paraId="66C48FFD" w14:textId="77777777" w:rsidTr="007040AC">
+        <w:trPr>
+          <w:trHeight w:val="659"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2113" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="197F1773" w14:textId="77777777" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="002D5322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="760F5A85" w14:textId="30A91318" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="002D5322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidR="00D4051F" w:rsidRPr="00EB42A6">
+              <w:r w:rsidRPr="007040AC">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaite"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
-[...725 lines deleted...]
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>https://www.zm.gov.lv/lv/vadiba</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="71AC13BC" w14:textId="2E020559" w:rsidR="00D4051F" w:rsidRPr="005163A5" w:rsidRDefault="00D4051F" w:rsidP="004062B4">
-[...11 lines deleted...]
-            <w:tcW w:w="1117" w:type="dxa"/>
+          <w:p w14:paraId="71AC13BC" w14:textId="2E020559" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="002D5322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="717E04BC" w14:textId="649CE9A2" w:rsidR="004062B4" w:rsidRPr="005163A5" w:rsidRDefault="004062B4" w:rsidP="004062B4">
-[...12 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="717E04BC" w14:textId="649CE9A2" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1116" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A88A0CD" w14:textId="2CDA7817" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="368D9FBB" w14:textId="61DBCCB3" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1210" w:type="dxa"/>
-[...44 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="723598CE" w14:textId="16974D36" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
-[...45 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D3408CE" w14:textId="3BFE58DC" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="204284F4" w14:textId="1A18D76C" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32F34E5F" w14:textId="68C2AB43" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005163A5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B126229" w14:textId="6C2A8A22" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B4C9BF5" w14:textId="668B2503" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5507D068" w14:textId="4B0E491E" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27D30DC9" w14:textId="3EA73D73" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Nav attiecināms</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004062B4" w:rsidRPr="00D143DF" w14:paraId="2BD36B42" w14:textId="77777777" w:rsidTr="008A7550">
-[...13 lines deleted...]
-              <w:r w:rsidR="00D4051F" w:rsidRPr="00EB42A6">
+      <w:tr w:rsidR="002D5322" w:rsidRPr="007040AC" w14:paraId="2BD36B42" w14:textId="77777777" w:rsidTr="007040AC">
+        <w:trPr>
+          <w:trHeight w:val="916"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2113" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA58E43" w14:textId="41EC3027" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="002D5322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidRPr="007040AC">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaite"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>https://www.zm.gov.lv/lv/lzikis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="0864A808" w14:textId="7A24197B" w:rsidR="00D4051F" w:rsidRPr="005163A5" w:rsidRDefault="00D4051F" w:rsidP="004062B4">
-[...11 lines deleted...]
-            <w:tcW w:w="1117" w:type="dxa"/>
+          <w:p w14:paraId="0864A808" w14:textId="7A24197B" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="002D5322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="188EF940" w14:textId="0641BA20" w:rsidR="004062B4" w:rsidRPr="005163A5" w:rsidRDefault="004062B4" w:rsidP="004062B4">
-[...12 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="188EF940" w14:textId="0641BA20" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1116" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FFCC485" w14:textId="41F8E42D" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F0C0BF7" w14:textId="7F5F4330" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1210" w:type="dxa"/>
-[...44 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C33E0EA" w14:textId="6F3BB229" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D485736" w14:textId="068B4655" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="OLE_LINK5"/>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
-          </w:p>
-[...9 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:bookmarkEnd w:id="3"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B468329" w14:textId="67961689" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B22C636" w14:textId="783B4FC8" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005163A5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="601AEB71" w14:textId="77DD725D" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03C7487D" w14:textId="19AF458E" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F348F3F" w14:textId="72D3A227" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="OLE_LINK4"/>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
-          </w:p>
-[...19 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:bookmarkEnd w:id="4"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E682153" w14:textId="77777777" w:rsidR="002D5322" w:rsidRPr="007040AC" w:rsidRDefault="002D5322" w:rsidP="00325A24">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Nav attiecināms</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0022375E" w:rsidRPr="00D143DF" w14:paraId="22185748" w14:textId="77777777" w:rsidTr="008A7550">
-[...4 lines deleted...]
-          <w:p w14:paraId="7D13F834" w14:textId="5440880E" w:rsidR="002F28E3" w:rsidRPr="005163A5" w:rsidRDefault="002F28E3" w:rsidP="002F28E3">
+      <w:tr w:rsidR="000E5CD6" w:rsidRPr="007040AC" w14:paraId="22185748" w14:textId="77777777" w:rsidTr="007040AC">
+        <w:trPr>
+          <w:trHeight w:val="1007"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2113" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D13F834" w14:textId="5440880E" w:rsidR="000E5CD6" w:rsidRPr="007040AC" w:rsidRDefault="000E5CD6" w:rsidP="000E5CD6">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...42 lines deleted...]
-            <w:tcW w:w="1117" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>“Neatbilst” šūnu komentārs. (skatīt zemāk)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07F60E7D" w14:textId="77777777" w:rsidR="000E5CD6" w:rsidRPr="007040AC" w:rsidRDefault="000E5CD6" w:rsidP="000E5CD6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0596765B" w14:textId="77777777" w:rsidR="0022375E" w:rsidRPr="005163A5" w:rsidRDefault="0022375E" w:rsidP="004062B4">
-[...215 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="0596765B" w14:textId="77777777" w:rsidR="000E5CD6" w:rsidRPr="007040AC" w:rsidRDefault="000E5CD6" w:rsidP="000E5CD6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78472339" w14:textId="77777777" w:rsidR="000E5CD6" w:rsidRPr="007040AC" w:rsidRDefault="000E5CD6" w:rsidP="000E5CD6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C1F3B50" w14:textId="77777777" w:rsidR="000E5CD6" w:rsidRPr="007040AC" w:rsidRDefault="000E5CD6" w:rsidP="000E5CD6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="353364C6" w14:textId="240D89F5" w:rsidR="000E5CD6" w:rsidRPr="007040AC" w:rsidRDefault="000E5CD6" w:rsidP="000E5CD6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FADCB50" w14:textId="2111F415" w:rsidR="000E5CD6" w:rsidRPr="007040AC" w:rsidRDefault="000E5CD6" w:rsidP="000E5CD6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="195D6533" w14:textId="77777777" w:rsidR="000E5CD6" w:rsidRPr="007040AC" w:rsidRDefault="000E5CD6" w:rsidP="000E5CD6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F0024A7" w14:textId="77777777" w:rsidR="000E5CD6" w:rsidRPr="007040AC" w:rsidRDefault="000E5CD6" w:rsidP="000E5CD6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="338AED51" w14:textId="77777777" w:rsidR="000E5CD6" w:rsidRPr="007040AC" w:rsidRDefault="000E5CD6" w:rsidP="000E5CD6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73BEFD50" w14:textId="55AB5252" w:rsidR="000E5CD6" w:rsidRPr="007040AC" w:rsidRDefault="00617C70" w:rsidP="000E5CD6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="000E5CD6" w:rsidRPr="007040AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0108CB72" w14:textId="77777777" w:rsidR="000E5CD6" w:rsidRPr="007040AC" w:rsidRDefault="000E5CD6" w:rsidP="000E5CD6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49717EC0" w14:textId="77777777" w:rsidR="000E5CD6" w:rsidRPr="007040AC" w:rsidRDefault="000E5CD6" w:rsidP="000E5CD6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="30481EC4" w14:textId="77777777" w:rsidR="00A6339B" w:rsidRDefault="00A6339B" w:rsidP="000D35B2">
+    <w:p w14:paraId="30481EC4" w14:textId="77777777" w:rsidR="00A6339B" w:rsidRPr="007040AC" w:rsidRDefault="00A6339B" w:rsidP="000D35B2">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk58338469"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk58338469"/>
     </w:p>
-    <w:p w14:paraId="4DA43F29" w14:textId="77777777" w:rsidR="00A6339B" w:rsidRDefault="00A6339B" w:rsidP="00A6339B">
+    <w:p w14:paraId="7FD44E7C" w14:textId="206FFF34" w:rsidR="00DA537E" w:rsidRPr="001A760C" w:rsidRDefault="00A6339B" w:rsidP="00617C70">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001A760C">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Komentārs šūnām, kurās norādīts “Neatbilst”. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3117D7FE" w14:textId="77777777" w:rsidR="00A6339B" w:rsidRDefault="00A6339B" w:rsidP="00A6339B">
+    <w:p w14:paraId="4E4D54FA" w14:textId="7E056D3D" w:rsidR="000705D4" w:rsidRPr="000F11C6" w:rsidRDefault="006B7C3B" w:rsidP="00495EF2">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="Sarakstaaizzme"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A760C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Lapai /lv/jaunumi lapas nosaukums pārlūkprogrammas cilnē ir “Jaunumi”, bet galvenais virsraksts lapā ir “Aktualitātes”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44C39023" w14:textId="77777777" w:rsidR="00A6339B" w:rsidRPr="00F4337F" w:rsidRDefault="00A6339B" w:rsidP="000D35B2">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AC60BC7" w14:textId="38453C3E" w:rsidR="00A6339B" w:rsidRDefault="00A6339B" w:rsidP="00A6339B">
-[...202 lines deleted...]
-    <w:p w14:paraId="44C39023" w14:textId="77777777" w:rsidR="00A6339B" w:rsidRDefault="00A6339B" w:rsidP="000D35B2">
+    <w:p w14:paraId="1315B17E" w14:textId="59D1129A" w:rsidR="000D35B2" w:rsidRPr="00F4337F" w:rsidRDefault="000D35B2" w:rsidP="000D35B2">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00F4337F">
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Aizpildot tabulu, rīkoties šādi: 1) ja pārbaudāmais elements atbilst noteiktajām piekļūstamības prasībām, atzīmējiet tabulā konkrētajā ailē “Atbilst”; 3) ja pārbaudāmais aspekts neatbilst noteiktajām piekļūstamības prasībām, atzīmējiet “Neatbilst”; 3) ja pārbaudāmais elements neatrodas izvēlētajā lapā, atzīmējiet “Nav attiecināms”. Šūnām, kurās norādīts “Neatbilst”, ieteicams pievienot komentāru , kas tieši neatbilst. Šī informācija būs nepieciešama, aizpildot piekļūstamības paziņojuma formu.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="4246EADE" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00CB73F9" w:rsidRDefault="000D35B2" w:rsidP="000D35B2">
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="4246EADE" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00F4337F" w:rsidRDefault="000D35B2" w:rsidP="000D35B2">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35AD140D" w14:textId="66E5A411" w:rsidR="000D35B2" w:rsidRDefault="000D35B2" w:rsidP="000D35B2">
+    <w:p w14:paraId="35AD140D" w14:textId="396106C1" w:rsidR="000D35B2" w:rsidRPr="00F4337F" w:rsidRDefault="000D35B2" w:rsidP="000D35B2">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB73F9">
+      <w:r w:rsidRPr="00F4337F">
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Pārbaudi apstiprināja (vārds, uzvārds, amats):</w:t>
+        <w:t xml:space="preserve">Pārbaudi apstiprināja (vārds, uzvārds, amats):  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB73F9">
+      <w:r w:rsidR="00D75CA5" w:rsidRPr="00F4337F">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t>Ģirts Krūmiņš</w:t>
       </w:r>
-      <w:r w:rsidR="003C1F35">
+      <w:r w:rsidRPr="00F4337F">
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>, Valsts sekretār</w:t>
       </w:r>
-      <w:r w:rsidR="003C1F35">
+      <w:r w:rsidR="003C1F35" w:rsidRPr="00F4337F">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BE7028D" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00CB73F9" w:rsidRDefault="000D35B2" w:rsidP="000D35B2">
+    <w:p w14:paraId="4BE7028D" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00F4337F" w:rsidRDefault="000D35B2" w:rsidP="000D35B2">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7859AE2A" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00CB73F9" w:rsidRDefault="000D35B2" w:rsidP="000D35B2">
+    <w:p w14:paraId="7859AE2A" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00F4337F" w:rsidRDefault="000D35B2" w:rsidP="000D35B2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB73F9">
+      <w:r w:rsidRPr="00F4337F">
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">* Pārbaudes protokolu </w:t>
-[...17 lines deleted...]
-        <w:t>atbilstoši iestādē noteiktajai iekšējai dokumentu aprites kārtībai.</w:t>
+        <w:t>* Pārbaudes protokolu apstiprina atbilstoši iestādē noteiktajai iekšējai dokumentu aprites kārtībai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="237B8462" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00CB73F9" w:rsidRDefault="000D35B2" w:rsidP="000D35B2">
+    <w:p w14:paraId="30D05CDE" w14:textId="1141AC56" w:rsidR="00082331" w:rsidRPr="00F4337F" w:rsidRDefault="000D35B2" w:rsidP="001A760C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB73F9">
+      <w:r w:rsidRPr="00F4337F">
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>ŠIS DOKUMENTS IR ELEKTRONISKI PARAKSTĪTS AR DROŠU ELEKTRONISKO PARAKSTU UN SATUR LAIKA ZĪMOGU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="549278A5" w14:textId="77777777" w:rsidR="000D35B2" w:rsidRPr="00CB73F9" w:rsidRDefault="000D35B2" w:rsidP="000D35B2">
-[...16 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId17"/>
+    <w:sectPr w:rsidR="00082331" w:rsidRPr="00F4337F" w:rsidSect="00CA453C">
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6C6A0E19" w14:textId="77777777" w:rsidR="00141CAC" w:rsidRDefault="00141CAC">
+    <w:p w14:paraId="4D80FCDE" w14:textId="77777777" w:rsidR="00A77F0A" w:rsidRDefault="00A77F0A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="459BB74F" w14:textId="77777777" w:rsidR="00141CAC" w:rsidRDefault="00141CAC">
+    <w:p w14:paraId="69FFC217" w14:textId="77777777" w:rsidR="00A77F0A" w:rsidRDefault="00A77F0A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1931039397"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="72CF5755" w14:textId="77777777" w:rsidR="002A7D33" w:rsidRDefault="009570EA">
         <w:pPr>
           <w:pStyle w:val="Kjene"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -3406,95 +3470,202 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="1756589C" w14:textId="77777777" w:rsidR="002A7D33" w:rsidRDefault="002A7D33">
     <w:pPr>
       <w:pStyle w:val="Kjene"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="317FD025" w14:textId="77777777" w:rsidR="00141CAC" w:rsidRDefault="00141CAC">
+    <w:p w14:paraId="76133F52" w14:textId="77777777" w:rsidR="00A77F0A" w:rsidRDefault="00A77F0A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="153E81E0" w14:textId="77777777" w:rsidR="00141CAC" w:rsidRDefault="00141CAC">
+    <w:p w14:paraId="1CA782C0" w14:textId="77777777" w:rsidR="00A77F0A" w:rsidRDefault="00A77F0A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="122B3201" w14:textId="77777777" w:rsidR="002A7D33" w:rsidRDefault="002A7D33">
     <w:pPr>
       <w:pStyle w:val="Galvene"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1E29FE99" w14:textId="77777777" w:rsidR="002A7D33" w:rsidRPr="001348EA" w:rsidRDefault="002A7D33">
     <w:pPr>
       <w:pStyle w:val="Galvene"/>
       <w:rPr>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="7FC05916"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Sarakstaaizzme"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34CF3575"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0EE2419E"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3DED79BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8CD8A360"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3537,196 +3708,223 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="56322411">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
+  <w:num w:numId="2" w16cid:durableId="2112629067">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1966933228">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="984814223">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00861E87"/>
     <w:rsid w:val="00015E4A"/>
     <w:rsid w:val="000705D4"/>
     <w:rsid w:val="00082331"/>
     <w:rsid w:val="000D35B2"/>
+    <w:rsid w:val="000E5CD6"/>
+    <w:rsid w:val="000F11C6"/>
     <w:rsid w:val="001324B0"/>
     <w:rsid w:val="00141CAC"/>
     <w:rsid w:val="0018562D"/>
     <w:rsid w:val="00190608"/>
+    <w:rsid w:val="001A760C"/>
     <w:rsid w:val="001D7982"/>
     <w:rsid w:val="0022375E"/>
     <w:rsid w:val="00232727"/>
     <w:rsid w:val="00240371"/>
+    <w:rsid w:val="00294AE8"/>
     <w:rsid w:val="002A2D74"/>
     <w:rsid w:val="002A7D33"/>
+    <w:rsid w:val="002D5322"/>
     <w:rsid w:val="002E66B9"/>
     <w:rsid w:val="002F28E3"/>
     <w:rsid w:val="002F75C8"/>
+    <w:rsid w:val="00325A24"/>
     <w:rsid w:val="003276F0"/>
     <w:rsid w:val="003722BD"/>
     <w:rsid w:val="00374A04"/>
+    <w:rsid w:val="00374DC6"/>
     <w:rsid w:val="003A4AB3"/>
     <w:rsid w:val="003C010F"/>
     <w:rsid w:val="003C1F35"/>
     <w:rsid w:val="003F5D35"/>
     <w:rsid w:val="004062B4"/>
     <w:rsid w:val="004811B7"/>
     <w:rsid w:val="00486276"/>
     <w:rsid w:val="00495EF2"/>
     <w:rsid w:val="0050753C"/>
     <w:rsid w:val="005163A5"/>
+    <w:rsid w:val="00617C70"/>
     <w:rsid w:val="00685E13"/>
+    <w:rsid w:val="006B7C3B"/>
+    <w:rsid w:val="007040AC"/>
     <w:rsid w:val="00755D2C"/>
     <w:rsid w:val="00773856"/>
     <w:rsid w:val="007A3D00"/>
     <w:rsid w:val="00804876"/>
     <w:rsid w:val="0083392C"/>
     <w:rsid w:val="00861E87"/>
     <w:rsid w:val="008A7382"/>
     <w:rsid w:val="008A7550"/>
     <w:rsid w:val="008E27DC"/>
     <w:rsid w:val="008F4BA5"/>
     <w:rsid w:val="00924338"/>
     <w:rsid w:val="009570EA"/>
     <w:rsid w:val="00A033A5"/>
     <w:rsid w:val="00A40AE8"/>
     <w:rsid w:val="00A6339B"/>
+    <w:rsid w:val="00A77F0A"/>
+    <w:rsid w:val="00AF12C0"/>
+    <w:rsid w:val="00B143D1"/>
     <w:rsid w:val="00B557AB"/>
+    <w:rsid w:val="00B56435"/>
     <w:rsid w:val="00B81435"/>
     <w:rsid w:val="00BF1A46"/>
     <w:rsid w:val="00C1173D"/>
     <w:rsid w:val="00C252B5"/>
     <w:rsid w:val="00C25D43"/>
+    <w:rsid w:val="00C44B33"/>
     <w:rsid w:val="00C6421E"/>
     <w:rsid w:val="00D4051F"/>
+    <w:rsid w:val="00D75CA5"/>
     <w:rsid w:val="00DA537E"/>
     <w:rsid w:val="00E31207"/>
+    <w:rsid w:val="00F4337F"/>
+    <w:rsid w:val="00F86A7D"/>
     <w:rsid w:val="00FE1AD1"/>
     <w:rsid w:val="00FF0EC9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="283D1B6B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{4F1983F0-2D2A-45F8-BFD2-5B04ABE50BD0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4228,103 +4426,121 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00A6339B"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Neatrisintapieminana">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D4051F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Sarakstaaizzme">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006B7C3B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="958754211">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1248274332">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1878271561">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zm.gov.lv/lv" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zm.gov.lv/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zm.gov.lv/lv/lzikis" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zm.gov.lv/lv/vadiba" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zm.gov.lv/lv/jaunumi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zm.gov.lv/lv/darbinieki" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zm.gov.lv/lv/jaunumi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zm.gov.lv/lv" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zm.gov.lv/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zm.gov.lv/lv/lzikis" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zm.gov.lv/lv/vadiba" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4582,55 +4798,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2364</Characters>
+  <Pages>2</Pages>
+  <Words>1683</Words>
+  <Characters>960</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
+  <Lines>8</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2773</CharactersWithSpaces>
+  <CharactersWithSpaces>2638</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Dace Ikere</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>